--- v0 (2025-11-28)
+++ v1 (2026-01-13)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="745">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="746">
   <si>
     <t>NOTE: DO NOT MODIFY THE HIDDEN DATA IN ROW #2 OR IT WILL FAIL TO LOAD.</t>
   </si>
   <si>
     <t>Male</t>
   </si>
   <si>
     <t>13th Round Fight for Life</t>
   </si>
   <si>
     <t>XS</t>
   </si>
   <si>
     <t>1018646:typeValue:102</t>
   </si>
   <si>
     <t>1018646:typeValue:103</t>
   </si>
   <si>
     <t>1018646:typeValue:104</t>
   </si>
   <si>
     <t>1018646:typeValue:105</t>
   </si>
   <si>
@@ -185,50 +185,53 @@
   <si>
     <t>Ajax Boxing Club</t>
   </si>
   <si>
     <t>AK Boxing &amp; World Fitness</t>
   </si>
   <si>
     <t>Albion Boxing Club</t>
   </si>
   <si>
     <t>Alexander Boxing</t>
   </si>
   <si>
     <t>Ali Combat Club</t>
   </si>
   <si>
     <t>All Canadian Boxing</t>
   </si>
   <si>
     <t>All For One Boxing Club</t>
   </si>
   <si>
     <t>Alliance Boxing Club</t>
   </si>
   <si>
+    <t>Alliance Boxing Club SASKATOON (ABC S)</t>
+  </si>
+  <si>
     <t>Amazing Fitness</t>
   </si>
   <si>
     <t>Ambitions boxing club</t>
   </si>
   <si>
     <t>Ambush Boxing Club</t>
   </si>
   <si>
     <t>Amoring Boxing Club</t>
   </si>
   <si>
     <t>Amplified Athletics Inc. (AMPLIFIED ATHLETICS)</t>
   </si>
   <si>
     <t>ANIMO BOXING &amp; MMA</t>
   </si>
   <si>
     <t>Apex Combatives</t>
   </si>
   <si>
     <t>Arts Martiaux Apex</t>
   </si>
   <si>
     <t>Arts Martiaux Evolution</t>
@@ -911,50 +914,53 @@
   <si>
     <t>Eastside Boxing</t>
   </si>
   <si>
     <t>Ecole de boxe Commando</t>
   </si>
   <si>
     <t>Ecole de boxe les Apprentis Champions</t>
   </si>
   <si>
     <t>Ecole de boxe olympique RDL</t>
   </si>
   <si>
     <t>Ecole de boxe olympique Sorel-Tracy</t>
   </si>
   <si>
     <t>Ecole de kickboxing de l'Estrie</t>
   </si>
   <si>
     <t>Ecole Shao-Lin Boxe Matane</t>
   </si>
   <si>
     <t>Eldorado Boxing</t>
   </si>
   <si>
+    <t>Elite fight club</t>
+  </si>
+  <si>
     <t>Empire Boxing</t>
   </si>
   <si>
     <t>Empire Mixed Martial Arts &amp; Fitness</t>
   </si>
   <si>
     <t>EnergyBox</t>
   </si>
   <si>
     <t>Equipe oneXone</t>
   </si>
   <si>
     <t>Eskasoni Red Tribe Boxing Club</t>
   </si>
   <si>
     <t>Evangeline Trail Boxing Club</t>
   </si>
   <si>
     <t>Evolve MMA</t>
   </si>
   <si>
     <t>Face Off Boxing Club</t>
   </si>
   <si>
     <t>Farrell Boxing Nonprofit</t>
@@ -1031,50 +1037,53 @@
   <si>
     <t>Girls Just Wanna Box</t>
   </si>
   <si>
     <t>Gladiateur Gym</t>
   </si>
   <si>
     <t>Glory MMA</t>
   </si>
   <si>
     <t>Gloves Up Boxing</t>
   </si>
   <si>
     <t>Go Boxe 3R</t>
   </si>
   <si>
     <t>Gold City Boxing</t>
   </si>
   <si>
     <t>Gold Sport Life Inc.</t>
   </si>
   <si>
     <t>Golden Tiger</t>
   </si>
   <si>
+    <t>Goldenstars Boxing Club</t>
+  </si>
+  <si>
     <t>GPG Boxing Club</t>
   </si>
   <si>
     <t>Grant Boxing Gym</t>
   </si>
   <si>
     <t>Grants</t>
   </si>
   <si>
     <t>Griffins Boxing Club</t>
   </si>
   <si>
     <t>Grizzly Cage Boxing Club (GRIZZLY CAGE BOXING)</t>
   </si>
   <si>
     <t>Guelph MMA</t>
   </si>
   <si>
     <t>Gym le Local</t>
   </si>
   <si>
     <t>Hadaway Boxing</t>
   </si>
   <si>
     <t>Hampton Golden Gloves</t>
@@ -1109,50 +1118,53 @@
   <si>
     <t>HitFit Organization</t>
   </si>
   <si>
     <t>House of Champions Martial Arts</t>
   </si>
   <si>
     <t>House of Five</t>
   </si>
   <si>
     <t>Hubtown Boxing Club</t>
   </si>
   <si>
     <t>HUF Boxing</t>
   </si>
   <si>
     <t>HUF Delgado Boxing Club</t>
   </si>
   <si>
     <t>Humble Boxing Academy</t>
   </si>
   <si>
     <t>Hustle Believe Achieve Boxing and Fitness</t>
   </si>
   <si>
+    <t>Impact Boxing Club</t>
+  </si>
+  <si>
     <t>In This Corner Boxing Fitness Centre</t>
   </si>
   <si>
     <t>Independant</t>
   </si>
   <si>
     <t>Independant Alberta</t>
   </si>
   <si>
     <t>Infinite Martial Arts and Fitness</t>
   </si>
   <si>
     <t>Inside the Ropes</t>
   </si>
   <si>
     <t>Insight x Boxing</t>
   </si>
   <si>
     <t>InsightX Boxing</t>
   </si>
   <si>
     <t>Instinct Boxing Club</t>
   </si>
   <si>
     <t>Iron Cat Boxing</t>
@@ -1238,59 +1250,53 @@
   <si>
     <t>King Solo boxing (5555)</t>
   </si>
   <si>
     <t>Kingsman Boxing</t>
   </si>
   <si>
     <t>Kingston Youth Boxing Club</t>
   </si>
   <si>
     <t>Kingsway Boxing Club</t>
   </si>
   <si>
     <t>Kingways Boxing Club (KBC)</t>
   </si>
   <si>
     <t>Knockout Brampton Boxing</t>
   </si>
   <si>
     <t>KO-ED Boxing Academy</t>
   </si>
   <si>
     <t>Kokon Jiu-Jitsu and the House of 5 Martial Arts</t>
   </si>
   <si>
-    <t>Kombat Arts Boxing</t>
-[...1 lines deleted...]
-  <si>
     <t>Kombat Arts Training Academy</t>
   </si>
   <si>
-    <t>Kombat Arts Traning</t>
-[...1 lines deleted...]
-  <si>
     <t>Komoka Kilworth School of Boxing Muay Thai Fitness</t>
   </si>
   <si>
     <t>Kopas Boxing Club</t>
   </si>
   <si>
     <t>Kubicki Boxing Team</t>
   </si>
   <si>
     <t>KV Golden Gloves</t>
   </si>
   <si>
     <t>La Zone TR</t>
   </si>
   <si>
     <t>Lac La Biche Boxing Club</t>
   </si>
   <si>
     <t>Lahave Boxing Club</t>
   </si>
   <si>
     <t>Le Kick Club</t>
   </si>
   <si>
     <t>Le Stage Boxing</t>
@@ -1796,90 +1802,87 @@
   <si>
     <t>Shore Boxing Club</t>
   </si>
   <si>
     <t>Short Sleeve Boxing</t>
   </si>
   <si>
     <t>Shortsleeves School of Boxing</t>
   </si>
   <si>
     <t>Siberia Boxing Club Ltd.</t>
   </si>
   <si>
     <t>Silvertooth Gym</t>
   </si>
   <si>
     <t>Simcoe Martial Arts (Gray Cat Boxing)</t>
   </si>
   <si>
     <t>SK Boxing</t>
   </si>
   <si>
     <t>Sooke Boxing Club</t>
   </si>
   <si>
-    <t>Soul Martial Arts</t>
-[...1 lines deleted...]
-  <si>
     <t>South Side Legion Boxing Club</t>
   </si>
   <si>
     <t>SouthPaw Boxing Club</t>
   </si>
   <si>
-    <t>Southpaw/Goldenstars Boxing</t>
-[...1 lines deleted...]
-  <si>
     <t>Southside Boxing</t>
   </si>
   <si>
     <t>Southside Boxing Club</t>
   </si>
   <si>
     <t>Southside Legion boxing club (SSLC)</t>
   </si>
   <si>
     <t>Sovereign Boxing</t>
   </si>
   <si>
     <t>Sparta Bando club</t>
   </si>
   <si>
     <t>Spartan Striking Academy</t>
   </si>
   <si>
     <t>SpeakEasy Boxing &amp; Training Academy Ltd.</t>
   </si>
   <si>
     <t>Special T Boxing</t>
   </si>
   <si>
     <t>Special T Boxing UFC Gym</t>
   </si>
   <si>
     <t>Speedy Gym APB</t>
+  </si>
+  <si>
+    <t>SpeedyGym Waterloo (SGW)</t>
   </si>
   <si>
     <t>Sponagles east west boxing club</t>
   </si>
   <si>
     <t>Spooners Boxing Academy</t>
   </si>
   <si>
     <t>St Catharines Boxing Club</t>
   </si>
   <si>
     <t>St-John Golden Gloves Amateur Boxing Club</t>
   </si>
   <si>
     <t>Steeltown Boxing Club</t>
   </si>
   <si>
     <t>Stockyards Boxing and Fitness</t>
   </si>
   <si>
     <t>Stratford Brazilian Jiu Jitsu Academy</t>
   </si>
   <si>
     <t>Striking Tactics MMA &amp; Fitness</t>
   </si>
@@ -3135,57 +3138,57 @@
       <c r="DB33" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="34" spans="1:107">
       <c r="D34" s="2"/>
       <c r="DB34" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="35" spans="1:107">
       <c r="D35" s="2"/>
       <c r="DB35" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="36" spans="1:107">
       <c r="D36" s="2"/>
       <c r="DB36" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="37" spans="1:107">
       <c r="D37" s="2"/>
       <c r="DB37" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="38" spans="1:107">
       <c r="D38" s="2"/>
       <c r="DB38" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
     </row>
     <row r="39" spans="1:107">
       <c r="D39" s="2"/>
       <c r="DB39" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="40" spans="1:107">
       <c r="D40" s="2"/>
       <c r="DB40" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="41" spans="1:107">
       <c r="D41" s="2"/>
       <c r="DB41" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="42" spans="1:107">
       <c r="D42" s="2"/>
       <c r="DB42" t="s">
         <v>62</v>
       </c>
@@ -3813,51 +3816,51 @@
       <c r="DB146" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="147" spans="1:107">
       <c r="D147" s="2"/>
       <c r="DB147" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="148" spans="1:107">
       <c r="D148" s="2"/>
       <c r="DB148" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="149" spans="1:107">
       <c r="D149" s="2"/>
       <c r="DB149" t="s">
         <v>169</v>
       </c>
     </row>
     <row r="150" spans="1:107">
       <c r="D150" s="2"/>
       <c r="DB150" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
     </row>
     <row r="151" spans="1:107">
       <c r="D151" s="2"/>
       <c r="DB151" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="152" spans="1:107">
       <c r="D152" s="2"/>
       <c r="DB152" t="s">
         <v>171</v>
       </c>
     </row>
     <row r="153" spans="1:107">
       <c r="D153" s="2"/>
       <c r="DB153" t="s">
         <v>172</v>
       </c>
     </row>
     <row r="154" spans="1:107">
       <c r="D154" s="2"/>
       <c r="DB154" t="s">
         <v>173</v>
       </c>
@@ -4425,57 +4428,57 @@
       <c r="DB248" t="s">
         <v>267</v>
       </c>
     </row>
     <row r="249" spans="1:107">
       <c r="D249" s="2"/>
       <c r="DB249" t="s">
         <v>268</v>
       </c>
     </row>
     <row r="250" spans="1:107">
       <c r="D250" s="2"/>
       <c r="DB250" t="s">
         <v>269</v>
       </c>
     </row>
     <row r="251" spans="1:107">
       <c r="D251" s="2"/>
       <c r="DB251" t="s">
         <v>270</v>
       </c>
     </row>
     <row r="252" spans="1:107">
       <c r="D252" s="2"/>
       <c r="DB252" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
     </row>
     <row r="253" spans="1:107">
       <c r="D253" s="2"/>
       <c r="DB253" t="s">
-        <v>271</v>
+        <v>270</v>
       </c>
     </row>
     <row r="254" spans="1:107">
       <c r="D254" s="2"/>
       <c r="DB254" t="s">
         <v>272</v>
       </c>
     </row>
     <row r="255" spans="1:107">
       <c r="D255" s="2"/>
       <c r="DB255" t="s">
         <v>273</v>
       </c>
     </row>
     <row r="256" spans="1:107">
       <c r="D256" s="2"/>
       <c r="DB256" t="s">
         <v>274</v>
       </c>
     </row>
     <row r="257" spans="1:107">
       <c r="D257" s="2"/>
       <c r="DB257" t="s">
         <v>275</v>
       </c>
@@ -7011,51 +7014,51 @@
       <c r="DB679" t="s">
         <v>697</v>
       </c>
     </row>
     <row r="680" spans="1:107">
       <c r="D680" s="2"/>
       <c r="DB680" t="s">
         <v>698</v>
       </c>
     </row>
     <row r="681" spans="1:107">
       <c r="D681" s="2"/>
       <c r="DB681" t="s">
         <v>699</v>
       </c>
     </row>
     <row r="682" spans="1:107">
       <c r="D682" s="2"/>
       <c r="DB682" t="s">
         <v>700</v>
       </c>
     </row>
     <row r="683" spans="1:107">
       <c r="D683" s="2"/>
       <c r="DB683" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
     </row>
     <row r="684" spans="1:107">
       <c r="D684" s="2"/>
       <c r="DB684" t="s">
         <v>701</v>
       </c>
     </row>
     <row r="685" spans="1:107">
       <c r="D685" s="2"/>
       <c r="DB685" t="s">
         <v>702</v>
       </c>
     </row>
     <row r="686" spans="1:107">
       <c r="D686" s="2"/>
       <c r="DB686" t="s">
         <v>703</v>
       </c>
     </row>
     <row r="687" spans="1:107">
       <c r="D687" s="2"/>
       <c r="DB687" t="s">
         <v>704</v>
       </c>
@@ -7280,50 +7283,53 @@
       <c r="D724" s="2"/>
       <c r="DB724" t="s">
         <v>741</v>
       </c>
     </row>
     <row r="725" spans="1:107">
       <c r="D725" s="2"/>
       <c r="DB725" t="s">
         <v>742</v>
       </c>
     </row>
     <row r="726" spans="1:107">
       <c r="D726" s="2"/>
       <c r="DB726" t="s">
         <v>743</v>
       </c>
     </row>
     <row r="727" spans="1:107">
       <c r="D727" s="2"/>
       <c r="DB727" t="s">
         <v>744</v>
       </c>
     </row>
     <row r="728" spans="1:107">
       <c r="D728" s="2"/>
+      <c r="DB728" t="s">
+        <v>745</v>
+      </c>
     </row>
     <row r="729" spans="1:107">
       <c r="D729" s="2"/>
     </row>
     <row r="730" spans="1:107">
       <c r="D730" s="2"/>
     </row>
     <row r="731" spans="1:107">
       <c r="D731" s="2"/>
     </row>
     <row r="732" spans="1:107">
       <c r="D732" s="2"/>
     </row>
     <row r="733" spans="1:107">
       <c r="D733" s="2"/>
     </row>
     <row r="734" spans="1:107">
       <c r="D734" s="2"/>
     </row>
     <row r="735" spans="1:107">
       <c r="D735" s="2"/>
     </row>
     <row r="736" spans="1:107">
       <c r="D736" s="2"/>
     </row>
@@ -8108,51 +8114,51 @@
       <c r="D996" s="2"/>
     </row>
     <row r="997" spans="1:107">
       <c r="D997" s="2"/>
     </row>
     <row r="998" spans="1:107">
       <c r="D998" s="2"/>
     </row>
     <row r="999" spans="1:107">
       <c r="D999" s="2"/>
     </row>
     <row r="1000" spans="1:107">
       <c r="D1000" s="2"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:CZ1"/>
     <mergeCell ref="A3:CZ3"/>
   </mergeCells>
   <dataValidations count="3">
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="C5:C1000">
       <formula1>'Worksheet'!$DA$1:$DA$3</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="F5:F1000">
-      <formula1>'Worksheet'!$DB$1:$DB$727</formula1>
+      <formula1>'Worksheet'!$DB$1:$DB$728</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="G5:G1000">
       <formula1>'Worksheet'!$DC$1:$DC$5</formula1>
     </dataValidation>
   </dataValidations>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>