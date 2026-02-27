--- v0 (2025-12-02)
+++ v1 (2026-02-27)
@@ -9,352 +9,373 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="809">
-[...4 lines deleted...]
-    <t>Male</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="845">
+  <si>
+    <t>REMARQUE : NE MODIFIEZ PAS LES DONNÉES CACHÉES DANS LA LIGNE #2 OU ELLES NE SE CHARGERONT PAS.</t>
   </si>
   <si>
     <t>13th Round Fight for Life</t>
   </si>
   <si>
+    <t>Oui</t>
+  </si>
+  <si>
+    <t>Best Western Premier Hotel &amp; Conference Centre-Calgary</t>
+  </si>
+  <si>
+    <t>Hommes U17 (Juvénile) ouvert</t>
+  </si>
+  <si>
+    <t>W42kg</t>
+  </si>
+  <si>
+    <t>1018601:typeValue:6:295515</t>
+  </si>
+  <si>
+    <t>1018601:typeValue:102</t>
+  </si>
+  <si>
+    <t>1018601:typeValue:103</t>
+  </si>
+  <si>
+    <t>1018601:typeValue:104</t>
+  </si>
+  <si>
+    <t>1018601:typeValue:105</t>
+  </si>
+  <si>
+    <t>1018601:typeValue:106</t>
+  </si>
+  <si>
+    <t>1018601:typeValue:9:295514</t>
+  </si>
+  <si>
+    <t>1018601:typeValue:14:295768</t>
+  </si>
+  <si>
+    <t>1018601:typeValue-2:14</t>
+  </si>
+  <si>
+    <t>1018601:typeValue:0:295895</t>
+  </si>
+  <si>
+    <t>1018601:typeValue:6:295521</t>
+  </si>
+  <si>
+    <t>1018601:typeValue:0:295769</t>
+  </si>
+  <si>
+    <t>1018601:typeValue:14:295770</t>
+  </si>
+  <si>
+    <t>1018601:typeValue:0:295516</t>
+  </si>
+  <si>
+    <t>1018601:typeValue:3:295803</t>
+  </si>
+  <si>
+    <t>1018601:typeValue:6:295804</t>
+  </si>
+  <si>
+    <t>1018601:age_category</t>
+  </si>
+  <si>
+    <t>1018601:reg_event:1</t>
+  </si>
+  <si>
+    <t>161 Boxing Club</t>
+  </si>
+  <si>
+    <t>Non</t>
+  </si>
+  <si>
+    <t>Homewood Suites-Calgary Airport</t>
+  </si>
+  <si>
+    <t>Hommes U17 (Juvénile) ouvert WILDCARD</t>
+  </si>
+  <si>
+    <t>W44kg</t>
+  </si>
+  <si>
+    <t>Inscription à l'événement - Championnats nationaux de boxe du Canada 2026 - U17/U19/U23</t>
+  </si>
+  <si>
+    <t>1MR One More Round</t>
+  </si>
+  <si>
+    <t>Femmes U17 (Juvénile) ouverte</t>
+  </si>
+  <si>
+    <t>W46kg</t>
+  </si>
+  <si>
+    <t>Numéro d'adhérent</t>
+  </si>
+  <si>
+    <t>Prénom</t>
+  </si>
+  <si>
+    <t>Nom</t>
+  </si>
+  <si>
+    <t>Sexe</t>
+  </si>
+  <si>
+    <t>Date de naissance (YYYY-MM-DD)</t>
+  </si>
+  <si>
+    <t>Club</t>
+  </si>
+  <si>
+    <t>Province</t>
+  </si>
+  <si>
+    <t>Parent/Guardian Email (if athlete is under 18 years)</t>
+  </si>
+  <si>
+    <t>Choisissez l'option de recevoir des courriels</t>
+  </si>
+  <si>
+    <t>Athlete Email (if 18 &amp; older)</t>
+  </si>
+  <si>
+    <t>Nombre de combats dans le livre (y compris les combats précédemment déclarés)</t>
+  </si>
+  <si>
+    <t>Coach Name</t>
+  </si>
+  <si>
+    <t>Coach Email</t>
+  </si>
+  <si>
+    <t>NCCP Number</t>
+  </si>
+  <si>
+    <t>Which Host Hotel are you staying at?</t>
+  </si>
+  <si>
+    <t>Hotel Reservation Confirmation #</t>
+  </si>
+  <si>
+    <t>Age Category</t>
+  </si>
+  <si>
+    <t>Poids #1</t>
+  </si>
+  <si>
+    <t>2-rivers-boxing-club</t>
+  </si>
+  <si>
+    <t>Femmes U17 (Juvénile) ouverte WILDCARD</t>
+  </si>
+  <si>
+    <t>W48kg</t>
+  </si>
+  <si>
     <t>Yes</t>
   </si>
   <si>
-    <t>Men U17 (Junior C) Open NATIONALS</t>
-[...130 lines deleted...]
-  <si>
     <t>2B Extreme Evolution Laval</t>
   </si>
   <si>
-    <t>Men U19 (Youth) Open NATIONALS</t>
+    <t>Hommes U19 (Junior) ouvert</t>
   </si>
   <si>
     <t>W50kg</t>
   </si>
   <si>
     <t>2KO Mentor sportif</t>
   </si>
   <si>
-    <t>Men U19 (Youth) Open NATIONALS WILDCARD</t>
+    <t>Hommes U19 (Junior) ouvert WILDCARD</t>
   </si>
   <si>
     <t>W51kg</t>
   </si>
   <si>
+    <t>3rd-space-boxing-club</t>
+  </si>
+  <si>
+    <t>Femmes U19 (Junior) ouverte</t>
+  </si>
+  <si>
+    <t>W52kg</t>
+  </si>
+  <si>
     <t>4 Corner Boxing Fitness</t>
   </si>
   <si>
-    <t>Women U19 (Youth) Open NATIONALS</t>
-[...8 lines deleted...]
-    <t>Women U19 (Youth) Open NATIONALS WILDCARD</t>
+    <t>Femmes U19 (Junior) ouverte WILDCARD</t>
   </si>
   <si>
     <t>W54kg</t>
   </si>
   <si>
+    <t>abbotsford-boxing-and-fitness</t>
+  </si>
+  <si>
+    <t>Hommes U23 ouvert</t>
+  </si>
+  <si>
+    <t>W57kg</t>
+  </si>
+  <si>
     <t>Abomb Boxing</t>
   </si>
   <si>
-    <t>Men U23 Open NATIONALS</t>
-[...2 lines deleted...]
-    <t>W57kg</t>
+    <t>Hommes U23 ouvert WILDCARD</t>
+  </si>
+  <si>
+    <t>W60kg</t>
   </si>
   <si>
     <t>Academie Boxe Frontenac</t>
   </si>
   <si>
-    <t>Men U23 Open NATIONALS WILDCARD</t>
-[...2 lines deleted...]
-    <t>W60kg</t>
+    <t>Femmes U23 ouverte</t>
+  </si>
+  <si>
+    <t>W63kg</t>
   </si>
   <si>
     <t>Academie d'Arts Martiaux de Matane</t>
   </si>
   <si>
-    <t>Women U23 Open NATIONALS</t>
-[...2 lines deleted...]
-    <t>W63kg</t>
+    <t>Femmes U23 ouverte WILDCARD</t>
+  </si>
+  <si>
+    <t>W65kg</t>
   </si>
   <si>
     <t>Academie de boxe Atlas</t>
   </si>
   <si>
-    <t>Women U23 Open NATIONALS WILDCARD</t>
-[...2 lines deleted...]
-    <t>W65kg</t>
+    <t>Entraîneur / Gestionnaire</t>
+  </si>
+  <si>
+    <t>W66kg</t>
   </si>
   <si>
     <t>Academie de boxe BSL</t>
   </si>
   <si>
-    <t>Coach / Manager</t>
-[...2 lines deleted...]
-    <t>W66kg</t>
+    <t>W70kg</t>
   </si>
   <si>
     <t>Academie de boxe le Pugiliste</t>
   </si>
   <si>
-    <t>W70kg</t>
+    <t>W75kg</t>
   </si>
   <si>
     <t>Academie de boxe le Ring</t>
   </si>
   <si>
-    <t>W75kg</t>
+    <t>W80kg</t>
   </si>
   <si>
     <t>Academie de boxe olympique KO-96</t>
   </si>
   <si>
-    <t>W80kg</t>
+    <t>W80+kg</t>
   </si>
   <si>
     <t>Academie de boxe Val Belair</t>
   </si>
   <si>
-    <t>W80+kg</t>
+    <t>M42kg</t>
   </si>
   <si>
     <t>Academie de Kung-Fu et de Kick-Boxing Rive-Sud</t>
   </si>
   <si>
-    <t>M42kg</t>
+    <t>M44kg</t>
   </si>
   <si>
     <t>Academie Fighter's Pride</t>
   </si>
   <si>
-    <t>M44kg</t>
+    <t>M46kg</t>
   </si>
   <si>
     <t>Academie Impak</t>
   </si>
   <si>
-    <t>M46kg</t>
+    <t>M48kg</t>
   </si>
   <si>
     <t>Academie Martial</t>
   </si>
   <si>
-    <t>M48kg</t>
+    <t>M50kg</t>
   </si>
   <si>
     <t>Academie Sparmax</t>
   </si>
   <si>
-    <t>M50kg</t>
+    <t>M52kg</t>
   </si>
   <si>
     <t>Academie Sportive de Montreal</t>
   </si>
   <si>
-    <t>M52kg</t>
+    <t>M54kg</t>
   </si>
   <si>
     <t>Academix Academy</t>
   </si>
   <si>
-    <t>M54kg</t>
+    <t>M55kg</t>
   </si>
   <si>
     <t>Adams Boxing Club</t>
   </si>
   <si>
-    <t>M55kg</t>
-[...4 lines deleted...]
-  <si>
     <t>M57kg</t>
   </si>
   <si>
     <t>AFT Boxing Academy Brantford (AFT TOP BOXING ACADEMY BRANTFORD)</t>
   </si>
   <si>
     <t>M60kg</t>
   </si>
   <si>
     <t>Ajax Boxing Club</t>
   </si>
   <si>
     <t>M63kg</t>
   </si>
   <si>
     <t>AK Boxing &amp; World Fitness</t>
   </si>
   <si>
     <t>M65kg</t>
   </si>
   <si>
     <t>Albion Boxing Club</t>
   </si>
   <si>
     <t>M66kg</t>
@@ -371,72 +392,78 @@
   <si>
     <t>M75kg</t>
   </si>
   <si>
     <t>All Canadian Boxing</t>
   </si>
   <si>
     <t>M80kg</t>
   </si>
   <si>
     <t>All For One Boxing Club</t>
   </si>
   <si>
     <t>M80+kg</t>
   </si>
   <si>
     <t>Alliance Boxing Club</t>
   </si>
   <si>
     <t>M85kg</t>
   </si>
   <si>
     <t>M90kg</t>
   </si>
   <si>
+    <t>Alliance Boxing Club SASKATOON (ABC S)</t>
+  </si>
+  <si>
     <t>M90+kg</t>
   </si>
   <si>
+    <t>Coach/Manager</t>
+  </si>
+  <si>
     <t>Amazing Fitness</t>
   </si>
   <si>
-    <t>Coach/Manager</t>
-[...2 lines deleted...]
-    <t>Ambitions boxing club</t>
+    <t>ambitions-boxing</t>
   </si>
   <si>
     <t>Ambush Boxing Club</t>
   </si>
   <si>
     <t>Amoring Boxing Club</t>
   </si>
   <si>
     <t>Amplified Athletics Inc. (AMPLIFIED ATHLETICS)</t>
   </si>
   <si>
-    <t>ANIMO BOXING &amp; MMA</t>
+    <t>animo-boxing-and-mma-gym</t>
+  </si>
+  <si>
+    <t>anvil-boxing</t>
   </si>
   <si>
     <t>Apex Combatives</t>
   </si>
   <si>
     <t>Arts Martiaux Apex</t>
   </si>
   <si>
     <t>Arts Martiaux Evolution</t>
   </si>
   <si>
     <t>Ashukian's Academy of Boxing</t>
   </si>
   <si>
     <t>Athena's Den</t>
   </si>
   <si>
     <t>Atlas Boxing Club</t>
   </si>
   <si>
     <t>Avenue Boxing Club</t>
   </si>
   <si>
     <t>B.A.M Niagara</t>
   </si>
@@ -473,248 +500,266 @@
   <si>
     <t>Bay Area Athletic Club</t>
   </si>
   <si>
     <t>Bay Shore Boxing</t>
   </si>
   <si>
     <t>Beaver Boxing Club</t>
   </si>
   <si>
     <t>Bell Boxing Fitness</t>
   </si>
   <si>
     <t>Bell City</t>
   </si>
   <si>
     <t>Bell City Boxing Club</t>
   </si>
   <si>
     <t>Berwick Amateur Boxing Club</t>
   </si>
   <si>
     <t>Between the ropes boxing club</t>
   </si>
   <si>
-    <t>Beyond Boxing</t>
-[...1 lines deleted...]
-  <si>
     <t>Beyond Boxing Fitness Society</t>
   </si>
   <si>
+    <t>beyond-boxing-club</t>
+  </si>
+  <si>
     <t>BiagioBoxe</t>
   </si>
   <si>
     <t>BigTyme</t>
   </si>
   <si>
+    <t>bisla-martial-arts</t>
+  </si>
+  <si>
     <t>Black Dog Boxing Club</t>
   </si>
   <si>
     <t>Black Eagle Martial Arts</t>
   </si>
   <si>
     <t>Black Rock Boxing Club</t>
   </si>
   <si>
+    <t>Black Tide Combat and Athletics</t>
+  </si>
+  <si>
     <t>Black Tigers Gym</t>
   </si>
   <si>
     <t>Blands Boxing Club</t>
   </si>
   <si>
     <t>Blaze Performance Training Inc.</t>
   </si>
   <si>
     <t>Bloor Street Boxing</t>
   </si>
   <si>
     <t>Bloor Street Boxing Club</t>
   </si>
   <si>
     <t>Blue Collar Boxing Academy</t>
   </si>
   <si>
     <t>Bluewater Boxing Club</t>
   </si>
   <si>
     <t>Body By Chosen</t>
   </si>
   <si>
     <t>Body by Dex Studio</t>
   </si>
   <si>
     <t>Body Head</t>
   </si>
   <si>
     <t>Bolton Boxing</t>
   </si>
   <si>
     <t>Boomerz Boxing</t>
   </si>
   <si>
     <t>Border City Boxing</t>
   </si>
   <si>
     <t>Bowmont Boxing Club</t>
   </si>
   <si>
     <t>Box 117</t>
   </si>
   <si>
     <t>Box and Lift</t>
   </si>
   <si>
-    <t>BOX2FIT</t>
+    <t>box2fit</t>
   </si>
   <si>
     <t>Boxe 376</t>
   </si>
   <si>
     <t>Boxe 3HB</t>
   </si>
   <si>
     <t>Boxe Elite Gatineau</t>
   </si>
   <si>
     <t>Boxe Fit</t>
   </si>
   <si>
     <t>Boxe Matthew Carrier inc.</t>
   </si>
   <si>
     <t>Boxe Pit Bull</t>
   </si>
   <si>
     <t>Boxe Rimouski</t>
   </si>
   <si>
     <t>Boxe St-Emile</t>
   </si>
   <si>
     <t>Boxe Temis</t>
   </si>
   <si>
     <t>Boxemontreal.com</t>
   </si>
   <si>
+    <t>Boxing New Brunswick (BNB!)</t>
+  </si>
+  <si>
+    <t>Boxing Newfoundland &amp; Labrador (BNFL)</t>
+  </si>
+  <si>
+    <t>Boxing Saskatchewan (N/A)</t>
+  </si>
+  <si>
+    <t>Boxing Saskatchewan Provincial Team (BSPT)</t>
+  </si>
+  <si>
     <t>Boxing Without Barriers</t>
   </si>
   <si>
     <t>Bramalea Boxing Club</t>
   </si>
   <si>
     <t>Brampton Boxing</t>
   </si>
   <si>
     <t>Brampton Boxing Gym</t>
   </si>
   <si>
     <t>Brandon Fitness Combat Academy</t>
   </si>
   <si>
     <t>Brantford Black Eye</t>
   </si>
   <si>
     <t>Brantford Blackeye Boxing Club</t>
   </si>
   <si>
     <t>Brave Boxing Club</t>
   </si>
   <si>
     <t>Brave Boxing</t>
   </si>
   <si>
     <t>Brickhouse 24/7</t>
   </si>
   <si>
     <t>Budo Canada</t>
   </si>
   <si>
     <t>Built By Mack</t>
   </si>
   <si>
     <t>Bull Training</t>
   </si>
   <si>
     <t>Bulldog Boxing &amp; MMA Academy</t>
   </si>
   <si>
     <t>Bulldog Boxing Academy</t>
   </si>
   <si>
     <t>Bulldog Boxing Club</t>
   </si>
   <si>
-    <t>Bulldogs Fitness &amp; Boxing Centre</t>
+    <t>bulldogs-fitness-boxing-centre</t>
   </si>
   <si>
     <t>Burlington Training Centre</t>
   </si>
   <si>
     <t>Bushido Boxing</t>
   </si>
   <si>
     <t>C.O.A.D.E.S. Boxing</t>
   </si>
   <si>
     <t>C4 Delgado</t>
   </si>
   <si>
     <t>C4 MMA &amp; Fitness/TW Boxing</t>
   </si>
   <si>
     <t>Cabbagetown Boxing Club</t>
   </si>
   <si>
     <t>Caged Dragon Boxing</t>
   </si>
   <si>
     <t>Calgary Boxing Club</t>
   </si>
   <si>
+    <t>campbell-river-boxing-club</t>
+  </si>
+  <si>
     <t>Campbellton Boxing Club</t>
   </si>
   <si>
     <t>Canadian Fighting Centre</t>
   </si>
   <si>
     <t>Cardio-Boxe Sow</t>
   </si>
   <si>
     <t>Cardoso Boxing</t>
   </si>
   <si>
     <t>Cardoso Boxing Club</t>
   </si>
   <si>
     <t>Carrefour Multisports</t>
   </si>
   <si>
-    <t>Cave Athletics / Sanctum</t>
-[...1 lines deleted...]
-  <si>
     <t>CBS Boxing Club</t>
   </si>
   <si>
     <t>CCCCBoxing</t>
   </si>
   <si>
     <t>Celtic Hammer</t>
   </si>
   <si>
     <t>Celtic Hammer Boxing Club</t>
   </si>
   <si>
     <t>Central Boxing</t>
   </si>
   <si>
     <t>Central Park Athletics</t>
   </si>
   <si>
     <t>Centre d'arts martiaux Kaizen</t>
   </si>
   <si>
     <t>Centre regional boxe erable</t>
   </si>
   <si>
     <t>Centre Ring</t>
@@ -731,51 +776,51 @@
   <si>
     <t>Champion</t>
   </si>
   <si>
     <t>Champion Boxing Club</t>
   </si>
   <si>
     <t>Champion Gym</t>
   </si>
   <si>
     <t>Championship City Boxing Club</t>
   </si>
   <si>
     <t>Champs Eastside Boxing</t>
   </si>
   <si>
     <t>champs eastside boxing club</t>
   </si>
   <si>
     <t>Cheriki Academy</t>
   </si>
   <si>
     <t>Chestermere Boxing Club</t>
   </si>
   <si>
-    <t>Chilliwack Boxing Club</t>
+    <t>chilliwack-boxing-club</t>
   </si>
   <si>
     <t>Citadel Boxing Club</t>
   </si>
   <si>
     <t>City Boxing Club</t>
   </si>
   <si>
     <t>City of Lakes Boxing Club</t>
   </si>
   <si>
     <t>CJ boxing</t>
   </si>
   <si>
     <t>Clancy's Boxing Academy</t>
   </si>
   <si>
     <t>Club 201</t>
   </si>
   <si>
     <t>Club de boxe Abitemis</t>
   </si>
   <si>
     <t>Club de boxe Action Plus</t>
   </si>
@@ -971,992 +1016,1034 @@
   <si>
     <t>Club sportif Yasabdes</t>
   </si>
   <si>
     <t>Club X-Boxe Shawinigan</t>
   </si>
   <si>
     <t>Clubb Canada</t>
   </si>
   <si>
     <t>College sportif Bergeron boxe et kick boxing</t>
   </si>
   <si>
     <t>Combative Concepts Academy Of Martial Arts</t>
   </si>
   <si>
     <t>Combative Concepts Boxing Club</t>
   </si>
   <si>
     <t>Come Train With Nat</t>
   </si>
   <si>
     <t>Comodus boxing club ltd</t>
   </si>
   <si>
-    <t>Comox valley boxing club</t>
-[...2 lines deleted...]
-    <t>Contenders Boxing Studio</t>
+    <t>comox-valley-boxing-club</t>
+  </si>
+  <si>
+    <t>contenders-boxing-studio</t>
   </si>
   <si>
     <t>Cookstown Boxing</t>
   </si>
   <si>
     <t>Corcoran's Boxing Club &amp; Fitness Centre</t>
   </si>
   <si>
     <t>Cougar Boxing Club</t>
   </si>
   <si>
     <t>Coult45Fitness</t>
   </si>
   <si>
     <t>Counter Punch</t>
   </si>
   <si>
     <t>Counterpunch Promotions</t>
   </si>
   <si>
-    <t>Cranbrook eagles boxing club</t>
+    <t>cranbrook-eagles-boxing-club</t>
   </si>
   <si>
     <t>Crandall University</t>
   </si>
   <si>
     <t>Crew Boxe + Fitness</t>
   </si>
   <si>
     <t>Crown Boxing</t>
   </si>
   <si>
-    <t>Crushers Boxing</t>
+    <t>crusher-combat-sports</t>
   </si>
   <si>
     <t>DC Boxing</t>
   </si>
   <si>
     <t>DC Boxing Academy</t>
   </si>
   <si>
     <t>De Concept Plus</t>
   </si>
   <si>
     <t>Delgado Boxing Battle Arts Academy</t>
   </si>
   <si>
     <t>Demers Boxing Club</t>
   </si>
   <si>
     <t>Derrick Boxing Club</t>
   </si>
   <si>
     <t>Destiny Boxing</t>
   </si>
   <si>
     <t>Dewith Frazer Boxing and fitness inc (DEWITH FRAZER BOXING AND FITNESS INC)</t>
   </si>
   <si>
     <t>Diamond Fitness Mixed Martial Arts</t>
   </si>
   <si>
-    <t>Diaz Boxing Club</t>
+    <t>diaz-boxing-club</t>
+  </si>
+  <si>
+    <t>dk-boxing</t>
   </si>
   <si>
     <t>DMC Boxing Club</t>
   </si>
   <si>
     <t>Dog Pound Boxing and Fitness</t>
   </si>
   <si>
     <t>Doggpound MMA</t>
   </si>
   <si>
     <t>Doghouse Boxing Club</t>
   </si>
   <si>
     <t>DogPound boxing academy</t>
   </si>
   <si>
     <t>Donnybrook Boxing Gym</t>
   </si>
   <si>
+    <t>Down North Boxing Club</t>
+  </si>
+  <si>
     <t>Dukes Up Boxing Club</t>
   </si>
   <si>
     <t>Durham Boxing Academy</t>
   </si>
   <si>
     <t>Dynamik Saguenay</t>
   </si>
   <si>
     <t>Dynamite Boxing Club</t>
   </si>
   <si>
     <t>East Coast Amateur Boxing Academy</t>
   </si>
   <si>
     <t>Eastman Boxing Club</t>
   </si>
   <si>
-    <t>Eastside Boxing Club</t>
-[...1 lines deleted...]
-  <si>
     <t>Eastside Boxing</t>
   </si>
   <si>
+    <t>eastside-boxing-club</t>
+  </si>
+  <si>
     <t>Ecole de boxe Commando</t>
   </si>
   <si>
     <t>Ecole de boxe les Apprentis Champions</t>
   </si>
   <si>
     <t>Ecole de boxe olympique RDL</t>
   </si>
   <si>
     <t>Ecole de boxe olympique Sorel-Tracy</t>
   </si>
   <si>
     <t>Ecole de kickboxing de l'Estrie</t>
   </si>
   <si>
     <t>Ecole Shao-Lin Boxe Matane</t>
   </si>
   <si>
     <t>Eldorado Boxing</t>
   </si>
   <si>
-    <t>Empire Boxing</t>
+    <t>Elite fight club</t>
   </si>
   <si>
     <t>Empire Mixed Martial Arts &amp; Fitness</t>
   </si>
   <si>
+    <t>empire-boxing</t>
+  </si>
+  <si>
     <t>EnergyBox</t>
   </si>
   <si>
     <t>Equipe oneXone</t>
   </si>
   <si>
     <t>Eskasoni Red Tribe Boxing Club</t>
   </si>
   <si>
     <t>Evangeline Trail Boxing Club</t>
   </si>
   <si>
     <t>Evolve MMA</t>
   </si>
   <si>
     <t>Face Off Boxing Club</t>
   </si>
   <si>
     <t>Farrell Boxing Nonprofit</t>
   </si>
   <si>
     <t>Father and Son Boxing</t>
   </si>
   <si>
     <t>Favela Training Center</t>
   </si>
   <si>
     <t>FBFN</t>
   </si>
   <si>
     <t>Fearless Boxing Club</t>
   </si>
   <si>
     <t>Fearless MMA</t>
   </si>
   <si>
-    <t>Fernie Old School Boxing Club</t>
+    <t>fernie-old-school-boxing-club</t>
   </si>
   <si>
     <t>FFTC Boxing Club</t>
   </si>
   <si>
     <t>Fierce N Fit Boxing</t>
   </si>
   <si>
     <t>Fight Club 1947</t>
   </si>
   <si>
     <t>Fighting Island Boxing Club</t>
   </si>
   <si>
     <t>FIIT co</t>
   </si>
   <si>
     <t>Final Round Boxing</t>
   </si>
   <si>
     <t>Final Round Boxing Inc.</t>
   </si>
   <si>
     <t>First Strike Boxing</t>
   </si>
   <si>
     <t>FISTS Boxing Club</t>
   </si>
   <si>
-    <t>Fivestar Boxing Academy</t>
+    <t>fivestar-boxing-academy</t>
+  </si>
+  <si>
+    <t>force-boxing-and-fitness</t>
   </si>
   <si>
     <t>Fredericton Boxing Club</t>
   </si>
   <si>
     <t>Free Fitness – Assassin Boxing Club</t>
   </si>
   <si>
     <t>G3 Gym Unis-Boxe Val-Belair</t>
   </si>
   <si>
     <t>Garden Warrior Leadership</t>
   </si>
   <si>
     <t>Get Enhanced Inc.</t>
   </si>
   <si>
     <t>Gideon Boxing Academy</t>
   </si>
   <si>
     <t>Gideon's Guard Faith Based Boxing</t>
   </si>
   <si>
     <t>Girls Just Wanna Box</t>
   </si>
   <si>
     <t>Gladiateur Gym</t>
   </si>
   <si>
+    <t>Gladiators Boxing Team (1625)</t>
+  </si>
+  <si>
     <t>Glory MMA</t>
   </si>
   <si>
     <t>Gloves Up Boxing</t>
   </si>
   <si>
     <t>Go Boxe 3R</t>
   </si>
   <si>
     <t>Gold City Boxing</t>
   </si>
   <si>
     <t>Gold Sport Life Inc.</t>
   </si>
   <si>
     <t>Golden Tiger</t>
   </si>
   <si>
+    <t>Goldenstars Boxing Club</t>
+  </si>
+  <si>
     <t>GPG Boxing Club</t>
   </si>
   <si>
     <t>Grant Boxing Gym</t>
   </si>
   <si>
     <t>Grants</t>
   </si>
   <si>
-    <t>Griffins Boxing Club</t>
+    <t>griffins-boxing-club</t>
   </si>
   <si>
     <t>Grizzly Cage Boxing Club (GRIZZLY CAGE BOXING)</t>
   </si>
   <si>
     <t>Guelph MMA</t>
   </si>
   <si>
     <t>Gym le Local</t>
   </si>
   <si>
     <t>Hadaway Boxing</t>
   </si>
   <si>
     <t>Hampton Golden Gloves</t>
   </si>
   <si>
     <t>Hants County Boxing Academy</t>
   </si>
   <si>
     <t>Hard Knocks</t>
   </si>
   <si>
     <t>Hard Knox Gym</t>
   </si>
   <si>
     <t>Hardknocks Boxing Club</t>
   </si>
   <si>
-    <t>HeavyMetal Boxing</t>
-[...2 lines deleted...]
-    <t>Hero Academy</t>
+    <t>heavy-metal-boxing-club</t>
   </si>
   <si>
     <t>HFBC</t>
   </si>
   <si>
     <t>High Performance National Training Centre</t>
   </si>
   <si>
     <t>Hinton Boxing Club</t>
   </si>
   <si>
     <t>HitFit Organization</t>
   </si>
   <si>
     <t>House of Champions Martial Arts</t>
   </si>
   <si>
     <t>House of Five</t>
   </si>
   <si>
     <t>Hubtown Boxing Club</t>
   </si>
   <si>
     <t>HUF Boxing</t>
   </si>
   <si>
     <t>HUF Delgado Boxing Club</t>
   </si>
   <si>
     <t>Humble Boxing Academy</t>
   </si>
   <si>
     <t>Hustle Believe Achieve Boxing and Fitness</t>
   </si>
   <si>
+    <t>hyperoo-performance-centre</t>
+  </si>
+  <si>
+    <t>Impact Boxing Club</t>
+  </si>
+  <si>
     <t>In This Corner Boxing Fitness Centre</t>
   </si>
   <si>
     <t>Independant</t>
   </si>
   <si>
     <t>Independant Alberta</t>
   </si>
   <si>
+    <t>Independent (N/A)</t>
+  </si>
+  <si>
     <t>Infinite Martial Arts and Fitness</t>
   </si>
   <si>
+    <t>innercity-boxing-club</t>
+  </si>
+  <si>
     <t>Inside the Ropes</t>
   </si>
   <si>
     <t>Insight x Boxing</t>
   </si>
   <si>
     <t>InsightX Boxing</t>
   </si>
   <si>
     <t>Instinct Boxing Club</t>
   </si>
   <si>
     <t>Iron Cat Boxing</t>
   </si>
   <si>
-    <t>Iron Forge Fight and Fitness Ltd.</t>
-[...1 lines deleted...]
-  <si>
     <t>Iron Lady Boxing Club</t>
   </si>
   <si>
     <t>Irwins Boxing Club</t>
   </si>
   <si>
-    <t>Island Boxing</t>
+    <t>island-boxing-club</t>
   </si>
   <si>
     <t>Jaguar BC</t>
   </si>
   <si>
     <t>James Town Boxing</t>
   </si>
   <si>
     <t>Jamestown Boxing Club</t>
   </si>
   <si>
     <t>JCC Boxing club</t>
   </si>
   <si>
     <t>Journey Boxing</t>
   </si>
   <si>
     <t>JTI Boxing</t>
   </si>
   <si>
     <t>Just Train It</t>
   </si>
   <si>
     <t>K.A. Boxing</t>
   </si>
   <si>
     <t>K.O. Club Martial Arts Fitness</t>
   </si>
   <si>
     <t>K1 Academy</t>
   </si>
   <si>
     <t>Kalsamrit Gym Inc</t>
   </si>
   <si>
     <t>Kamikaze Punishment Foundation</t>
   </si>
   <si>
+    <t>kamloops-boxing-academy</t>
+  </si>
+  <si>
     <t>Kashechewan</t>
   </si>
   <si>
     <t>Kashechewan Boxing Club</t>
   </si>
   <si>
     <t>KAYO</t>
   </si>
   <si>
-    <t>Kelowna Boxing Club</t>
+    <t>kelowna-boxing-club</t>
   </si>
   <si>
     <t>Kent Athletic Youth Orgaization (KAYO)</t>
   </si>
   <si>
     <t>Kent Athletic Youth Organization</t>
   </si>
   <si>
     <t>Khalsa Boxing Club</t>
   </si>
   <si>
     <t>Kickboxing Jiu-Jitsu Academie</t>
   </si>
   <si>
-    <t>Kids N Play Boxing and Empowerment</t>
+    <t>kidsnplay-boxing-empowerment</t>
   </si>
   <si>
     <t>King of the ring</t>
   </si>
   <si>
     <t>King Solo boxing (5555)</t>
   </si>
   <si>
     <t>Kingsman Boxing</t>
   </si>
   <si>
     <t>Kingston Youth Boxing Club</t>
   </si>
   <si>
     <t>Kingsway Boxing Club</t>
   </si>
   <si>
     <t>Kingways Boxing Club (KBC)</t>
   </si>
   <si>
     <t>Knockout Brampton Boxing</t>
   </si>
   <si>
     <t>KO-ED Boxing Academy</t>
   </si>
   <si>
     <t>Kokon Jiu-Jitsu and the House of 5 Martial Arts</t>
   </si>
   <si>
-    <t>Kombat Arts Boxing</t>
-[...1 lines deleted...]
-  <si>
     <t>Kombat Arts Training Academy</t>
   </si>
   <si>
-    <t>Kombat Arts Traning</t>
-[...1 lines deleted...]
-  <si>
     <t>Komoka Kilworth School of Boxing Muay Thai Fitness</t>
   </si>
   <si>
     <t>Kopas Boxing Club</t>
   </si>
   <si>
     <t>Kubicki Boxing Team</t>
   </si>
   <si>
     <t>KV Golden Gloves</t>
   </si>
   <si>
     <t>La Zone TR</t>
   </si>
   <si>
     <t>Lac La Biche Boxing Club</t>
   </si>
   <si>
     <t>Lahave Boxing Club</t>
   </si>
   <si>
     <t>Le Kick Club</t>
   </si>
   <si>
-    <t>Le Stage Boxing</t>
-[...1 lines deleted...]
-  <si>
     <t>Le Studio Hotbox</t>
   </si>
   <si>
+    <t>le-stage-boxing-club</t>
+  </si>
+  <si>
     <t>Leading Edge Boxing</t>
   </si>
   <si>
+    <t>Legacy Boxing (12345)</t>
+  </si>
+  <si>
     <t>Legacy Boxing Club</t>
   </si>
   <si>
     <t>Legends Boxing Academy</t>
   </si>
   <si>
     <t>Legends MMA Inc</t>
   </si>
   <si>
     <t>Leone Gym Inc.</t>
   </si>
   <si>
     <t>Les etoiles sportives de Montreal</t>
   </si>
   <si>
     <t>Les Promotions Alexandre</t>
   </si>
   <si>
     <t>Lethbridge Boxing Club</t>
   </si>
   <si>
     <t>Lethbridge Dopamine Boxing Club</t>
   </si>
   <si>
     <t>Lewis Boxing Elite</t>
   </si>
   <si>
     <t>LFG Fitness and Athletic Performance Ltd.</t>
   </si>
   <si>
     <t>Lifestyle Boxing (LBT)</t>
   </si>
   <si>
+    <t>lillooet-boxing-club</t>
+  </si>
+  <si>
     <t>Lions Boxing and Fitness</t>
   </si>
   <si>
     <t>Liverpool Boxing Club</t>
   </si>
   <si>
     <t>Lloydminster Boxing</t>
   </si>
   <si>
     <t>London Boxing</t>
   </si>
   <si>
     <t>London Warriors Boxing</t>
   </si>
   <si>
     <t>Lonsdale BC</t>
   </si>
   <si>
+    <t>los-gatos-locos-madkatz</t>
+  </si>
+  <si>
     <t>Lux Boxing</t>
   </si>
   <si>
     <t>Lynx Pro Boxe</t>
   </si>
   <si>
     <t>M.A.F.A 1991</t>
   </si>
   <si>
     <t>M.P.T Fitness and Boxing</t>
   </si>
   <si>
     <t>M1 Thai</t>
   </si>
   <si>
     <t>Mad Boxe et Fitness Inc</t>
   </si>
   <si>
-    <t>Madkatz Boxing / Los Gatos Locos</t>
-[...1 lines deleted...]
-  <si>
     <t>Main Event Boxing Club</t>
   </si>
   <si>
     <t>Manx Boxing @ Studio 4</t>
   </si>
   <si>
-    <t>Maple Ridge Amateur Boxing Club</t>
+    <t>maple-ridge-amateur-boxing-club</t>
   </si>
   <si>
     <t>Marshall Boxing</t>
   </si>
   <si>
     <t>Martial Arts Fitness Academy (MAFA)</t>
   </si>
   <si>
+    <t>matrix-boxing-club</t>
+  </si>
+  <si>
     <t>Maulers Boxing Club</t>
   </si>
   <si>
     <t>Maximus Boxing Club</t>
   </si>
   <si>
     <t>MBF Boxing Club</t>
   </si>
   <si>
     <t>McEwans Pro Street Gym</t>
   </si>
   <si>
     <t>McGrory's Boxing Club</t>
   </si>
   <si>
     <t>McGrorys Boxing Club</t>
   </si>
   <si>
     <t>Mecha Martial Arts &amp; Athletics [Boxing]</t>
   </si>
   <si>
     <t>Medicine Hat Boxing Club</t>
   </si>
   <si>
     <t>Membertou ABC</t>
   </si>
   <si>
-    <t>Mendoza Boxing Club</t>
+    <t>mendoza-boxing-club</t>
   </si>
   <si>
     <t>Midtown Boxing Toronto</t>
   </si>
   <si>
     <t>Minegoziibe Boxing</t>
   </si>
   <si>
     <t>MJKO Boxing</t>
   </si>
   <si>
     <t>Mohawk Boxing Grand River Territory   ( Formally known as Wolves Den )</t>
   </si>
   <si>
-    <t>Monarc Boxing (MNRC)</t>
+    <t>monarc-boxing-and-fitness</t>
   </si>
   <si>
     <t>Motor City Boxing</t>
   </si>
   <si>
     <t>Motor City Boxing Club</t>
   </si>
   <si>
     <t>N-1 Thai Boxing Academy</t>
   </si>
   <si>
     <t>N1 Thai Boxing Academy</t>
   </si>
   <si>
-    <t>Nanaimo Boxing Club</t>
+    <t>nanaimo-boxing-club</t>
   </si>
   <si>
     <t>Napper's Boxing Club</t>
   </si>
   <si>
     <t>Nationals 2025 - Team Manitoba (NTLS)</t>
   </si>
   <si>
     <t>Neak Ta Martial Arts</t>
   </si>
   <si>
-    <t>Nelson Boxing Club</t>
+    <t>nelson-boxing-and-athletics-club</t>
   </si>
   <si>
     <t>New Line BA</t>
   </si>
   <si>
     <t>New Waterford Boxing Club</t>
   </si>
   <si>
     <t>Niagara Falls Boxing Club</t>
   </si>
   <si>
     <t>Nightmare Boxing</t>
   </si>
   <si>
     <t>No Excuse Boxing and Fitness</t>
   </si>
   <si>
     <t>No Excuse Fitness</t>
   </si>
   <si>
     <t>Nordik Fight Club</t>
   </si>
   <si>
-    <t>Nunez Art of Striking</t>
+    <t>Nunez House of Combat</t>
   </si>
   <si>
     <t>Oakville Boxing Academy</t>
   </si>
   <si>
     <t>OBFT Inc</t>
   </si>
   <si>
-    <t>Obsidian Athletic Club</t>
-[...2 lines deleted...]
-    <t>Ocean City Boxing</t>
+    <t>Obsidian boxing club (2026)</t>
+  </si>
+  <si>
+    <t>ocean-city-boxing-club</t>
   </si>
   <si>
     <t>Officials Commission</t>
   </si>
   <si>
     <t>OGM Boxing &amp; Fitness</t>
   </si>
   <si>
     <t>Old School Boxing &amp; Fitness</t>
   </si>
   <si>
     <t>Olympus Boxing Club</t>
   </si>
   <si>
     <t>Ontario Top Team: Brazilian Jiu Jitsu - Muay Thai - Boxing</t>
   </si>
   <si>
     <t>Oromocto BC</t>
   </si>
   <si>
     <t>Ottawa Fight &amp; Fitness</t>
   </si>
   <si>
     <t>Ottawa Valley Boxing</t>
   </si>
   <si>
     <t>Out of Province</t>
   </si>
   <si>
+    <t>pack-of-wild-dogs-powd</t>
+  </si>
+  <si>
     <t>Pacome Training</t>
   </si>
   <si>
     <t>Pan Am Boxing Club</t>
   </si>
   <si>
     <t>Panther Boxing Club</t>
   </si>
   <si>
     <t>Paqtnkek Red Tribe Boxing Club</t>
   </si>
   <si>
-    <t>Paradise Boxing Club</t>
+    <t>paradise-boxing-club</t>
   </si>
   <si>
     <t>Pasch-Time Boxing</t>
   </si>
   <si>
     <t>Pasqua BC</t>
   </si>
   <si>
     <t>Paul Brown Box Fit</t>
   </si>
   <si>
-    <t>Peachland Boxing</t>
-[...1 lines deleted...]
-  <si>
     <t>Pegasus Amateur Boxing</t>
   </si>
   <si>
     <t>Pegasus Boxing Club</t>
   </si>
   <si>
     <t>Pelea Boxing Club</t>
   </si>
   <si>
     <t>Pembroke Boxing Club</t>
   </si>
   <si>
+    <t>PhDBoxer</t>
+  </si>
+  <si>
     <t>Philo-Boxe</t>
   </si>
   <si>
     <t>Phoenician Boxing Club</t>
   </si>
   <si>
     <t>Phoenix MMA &amp; Fitness</t>
   </si>
   <si>
     <t>Pinnacle Boxing</t>
   </si>
   <si>
     <t>PIVOT Boxing Club</t>
   </si>
   <si>
     <t>Pivotal Boxing Club</t>
   </si>
   <si>
     <t>Platinum Training Facility</t>
   </si>
   <si>
-    <t>Port Kells Boxing Club</t>
+    <t>port-kells-boxing-club</t>
   </si>
   <si>
     <t>Posteraro's Boxing Gym</t>
   </si>
   <si>
     <t>Pound4Pound</t>
   </si>
   <si>
     <t>Power Boxing Club</t>
   </si>
   <si>
     <t>Primal MMA Academy</t>
   </si>
   <si>
     <t>Prime Time BC</t>
   </si>
   <si>
     <t>Primetime</t>
   </si>
   <si>
     <t>Pro Boxe Charlevoix</t>
   </si>
   <si>
     <t>Pro Elite Boxing Gym</t>
   </si>
   <si>
     <t>Programme de boxe amateur des Freres Grant</t>
   </si>
   <si>
     <t>PuncHIIT Fitness Inc</t>
   </si>
   <si>
     <t>Queen City Boxing</t>
   </si>
   <si>
     <t>Queensberry Rules Boxing Studio</t>
   </si>
   <si>
-    <t>Queensborough Boxing Club</t>
-[...2 lines deleted...]
-    <t>Quinit Boxing Port Coquitlam</t>
+    <t>queensborough-boxing-club</t>
+  </si>
+  <si>
+    <t>quinit-boxing-club-east-van</t>
   </si>
   <si>
     <t>Quinte Bay Boxing</t>
   </si>
   <si>
     <t>Quinte Bay Boxing Club</t>
   </si>
   <si>
     <t>R.I.T.C. - ABomb Boxing</t>
   </si>
   <si>
     <t>Ragnarök Boxing Club</t>
   </si>
   <si>
-    <t>Raincity Boxing Club</t>
+    <t>raincity-boxing-club</t>
   </si>
   <si>
     <t>Rashad's Boxing Academy</t>
   </si>
   <si>
+    <t>Razor Sharpe Boxing</t>
+  </si>
+  <si>
     <t>RDD Boxing</t>
   </si>
   <si>
     <t>Real Deal Boxing Club</t>
   </si>
   <si>
-    <t>Rebels Boxing</t>
+    <t>rebels-boxing-club</t>
   </si>
   <si>
     <t>Red Deer Boxing Club</t>
   </si>
   <si>
     <t>Red Glove</t>
   </si>
   <si>
     <t>Red Owl Boxing</t>
   </si>
   <si>
     <t>Red Owl Boxing [Scarborough]</t>
   </si>
   <si>
     <t>Red Owl Boxing Brampton</t>
   </si>
   <si>
     <t>Red Owl Boxing Burlington</t>
   </si>
   <si>
     <t>Red Warrior (RWB)</t>
   </si>
   <si>
     <t>Red Wolf Boxing Club</t>
   </si>
   <si>
     <t>Redemption Boxing</t>
   </si>
   <si>
     <t>Regency Boxing</t>
   </si>
   <si>
     <t>Relentless Boxing</t>
   </si>
   <si>
-    <t>Revelstoke Boxing Club</t>
-[...1 lines deleted...]
-  <si>
     <t>Revolution MMA</t>
   </si>
   <si>
+    <t>revolution-martial-arts</t>
+  </si>
+  <si>
     <t>Rexdale/Jane-Finch Boxing Club (Youth Unlimited)</t>
   </si>
   <si>
     <t>Richmond Warriors Boxing Club</t>
   </si>
   <si>
     <t>Ring 73 Amateur Boxing Society</t>
   </si>
   <si>
     <t>Ring Fit</t>
   </si>
   <si>
     <t>Ring London</t>
   </si>
   <si>
     <t>RingFit</t>
   </si>
   <si>
     <t>Ringfit Boxing &amp; Fitness</t>
   </si>
   <si>
     <t>Rival Boxing Gym Rive-Nord</t>
   </si>
   <si>
     <t>River City</t>
   </si>
   <si>
+    <t>river-city-boxing-club</t>
+  </si>
+  <si>
     <t>RJF Boxing Club (Youth Unlimited)</t>
   </si>
   <si>
     <t>RND Boxing Club (Relentless and Driven)</t>
   </si>
   <si>
     <t>Rock Athletics Boxing Club</t>
   </si>
   <si>
     <t>Rockland Academy of Martial Arts</t>
   </si>
   <si>
     <t>Rogelio Boxing Club</t>
   </si>
   <si>
     <t>Rough Boxing</t>
   </si>
   <si>
     <t>Rough Boxing Gym</t>
   </si>
   <si>
+    <t>roundhouse-martial-arts-fitness</t>
+  </si>
+  <si>
     <t>Royal City</t>
   </si>
   <si>
     <t>Royal City Youth Boxing</t>
   </si>
   <si>
     <t>Saint John Golden Gloves</t>
   </si>
   <si>
     <t>Saliwan (SALIWAN BOXING CLUB)</t>
   </si>
   <si>
     <t>Sandhills Boxing Club</t>
   </si>
   <si>
     <t>Sandman Boxing System</t>
   </si>
   <si>
     <t>Sault Boxing</t>
   </si>
   <si>
     <t>SBT - Boxe</t>
   </si>
   <si>
     <t>Scarberian Boxing Club</t>
@@ -1985,164 +2072,170 @@
   <si>
     <t>Shipyards Boxing</t>
   </si>
   <si>
     <t>Shore Boxing Club</t>
   </si>
   <si>
     <t>Short Sleeve Boxing</t>
   </si>
   <si>
     <t>Shortsleeves School of Boxing</t>
   </si>
   <si>
     <t>Siberia Boxing Club Ltd.</t>
   </si>
   <si>
     <t>Silvertooth Gym</t>
   </si>
   <si>
     <t>Simcoe Martial Arts (Gray Cat Boxing)</t>
   </si>
   <si>
     <t>SK Boxing</t>
   </si>
   <si>
-    <t>Sooke Boxing Club</t>
-[...2 lines deleted...]
-    <t>Soul Martial Arts</t>
+    <t>sooke-boxing-club</t>
   </si>
   <si>
     <t>South Side Legion Boxing Club</t>
   </si>
   <si>
     <t>SouthPaw Boxing Club</t>
   </si>
   <si>
-    <t>Southpaw/Goldenstars Boxing</t>
-[...1 lines deleted...]
-  <si>
     <t>Southside Boxing</t>
   </si>
   <si>
     <t>Southside Boxing Club</t>
   </si>
   <si>
     <t>Southside Legion boxing club (SSLC)</t>
   </si>
   <si>
     <t>Sovereign Boxing</t>
   </si>
   <si>
     <t>Sparta Bando club</t>
   </si>
   <si>
     <t>Spartan Striking Academy</t>
   </si>
   <si>
     <t>SpeakEasy Boxing &amp; Training Academy Ltd.</t>
   </si>
   <si>
     <t>Special T Boxing</t>
   </si>
   <si>
     <t>Special T Boxing UFC Gym</t>
   </si>
   <si>
     <t>Speedy Gym APB</t>
   </si>
   <si>
-    <t>Sponagles east west boxing club</t>
+    <t>SpeedyGym Waterloo (SGW)</t>
+  </si>
+  <si>
+    <t>sponagles-boxing-club</t>
   </si>
   <si>
     <t>Spooners Boxing Academy</t>
   </si>
   <si>
     <t>St Catharines Boxing Club</t>
   </si>
   <si>
     <t>St-John Golden Gloves Amateur Boxing Club</t>
   </si>
   <si>
+    <t>Steelcity MMA &amp; Boxing</t>
+  </si>
+  <si>
     <t>Steeltown Boxing Club</t>
   </si>
   <si>
     <t>Stockyards Boxing and Fitness</t>
   </si>
   <si>
     <t>Stratford Brazilian Jiu Jitsu Academy</t>
   </si>
   <si>
     <t>Striking Tactics MMA &amp; Fitness</t>
   </si>
   <si>
     <t>Studio de boxe Empire</t>
   </si>
   <si>
     <t>Studio de boxe Laurentien</t>
   </si>
   <si>
-    <t>Sugarrays</t>
+    <t>studio-4</t>
+  </si>
+  <si>
+    <t>sugarrays-boxing-club</t>
   </si>
   <si>
     <t>Sully's Boxing Gym</t>
   </si>
   <si>
     <t>Sullys Gym</t>
   </si>
   <si>
     <t>Sunshine Boxing (SUNBX)</t>
   </si>
   <si>
-    <t>Sunshine Coast Boxing</t>
+    <t>sunshine-coast-boxing-club</t>
   </si>
   <si>
     <t>Super Panda Fitness</t>
   </si>
   <si>
-    <t>Surrey School of Boxing</t>
+    <t>surrey-school-of-boxing</t>
   </si>
   <si>
     <t>Swan City Boxing Club</t>
   </si>
   <si>
     <t>Team Baska</t>
   </si>
   <si>
     <t>Team Bujold Boxing</t>
   </si>
   <si>
     <t>Team Impact</t>
   </si>
   <si>
     <t>Team Los Reyes</t>
   </si>
   <si>
     <t>Team Lumberjack</t>
   </si>
   <si>
+    <t>teddys-boxing-and-fitness</t>
+  </si>
+  <si>
     <t>Temis Fight Club</t>
   </si>
   <si>
     <t>Ten Eight Boxing Club</t>
   </si>
   <si>
     <t>Teofista Boxing Club</t>
   </si>
   <si>
     <t>The Boxer's Club</t>
   </si>
   <si>
     <t>The Boxing Club Spruce Grove</t>
   </si>
   <si>
     <t>The Boxing Factory</t>
   </si>
   <si>
     <t>The Boxing Lab</t>
   </si>
   <si>
     <t>The Boxing Loft</t>
   </si>
   <si>
     <t>The Catalyst Club</t>
@@ -2153,104 +2246,110 @@
   <si>
     <t>The Counterpunch Boxing Club</t>
   </si>
   <si>
     <t>The Factory Martial Arts  Boxing &amp; Fitness - TW Boxing</t>
   </si>
   <si>
     <t>The Pitt</t>
   </si>
   <si>
     <t>The Scarpyards</t>
   </si>
   <si>
     <t>The Scrapyard Boxing Club</t>
   </si>
   <si>
     <t>The Shadowbox</t>
   </si>
   <si>
     <t>The Whip Boxing</t>
   </si>
   <si>
     <t>The Whip Boxing &amp; Fitness</t>
   </si>
   <si>
+    <t>the-vancouver-club</t>
+  </si>
+  <si>
+    <t>thistletown-boxing-club</t>
+  </si>
+  <si>
     <t>Thomas Settee BC</t>
   </si>
   <si>
     <t>Thousand Island</t>
   </si>
   <si>
     <t>Thousand Islands Youth Boxing Club</t>
   </si>
   <si>
     <t>Thunder Boxing Club</t>
   </si>
   <si>
     <t>Timmins Boxing Club</t>
   </si>
   <si>
     <t>Titans Boxing Club</t>
   </si>
   <si>
     <t>TNT Boxing</t>
   </si>
   <si>
     <t>TNT Boxing Academy</t>
   </si>
   <si>
     <t>Tomines Boxing</t>
   </si>
   <si>
-    <t>Tondo Boxing Club</t>
-[...1 lines deleted...]
-  <si>
     <t>Top Dog BC</t>
   </si>
   <si>
     <t>Top Glove Boxing Academy</t>
   </si>
   <si>
     <t>Top Tier Club de boxe</t>
   </si>
   <si>
     <t>Toronto Boxing Academy</t>
   </si>
   <si>
     <t>Toronto Kickboxing &amp; Muay Thai Academy Inc.</t>
   </si>
   <si>
     <t>Toronto Newsgirls Boxing Club</t>
   </si>
   <si>
     <t>Toronto Striking Academy</t>
   </si>
   <si>
     <t>Toronto Warriors</t>
   </si>
   <si>
+    <t>totem-fitness-inc</t>
+  </si>
+  <si>
     <t>Train with Nat</t>
   </si>
   <si>
     <t>TRC Boxing Club</t>
   </si>
   <si>
     <t>Tri-Town Boxing Club</t>
   </si>
   <si>
     <t>Tribal Boxing Club</t>
   </si>
   <si>
     <t>Tristar Gym</t>
   </si>
   <si>
     <t>Tristar Gym Repentigny</t>
   </si>
   <si>
     <t>Tristar Gym Rive Nord</t>
   </si>
   <si>
     <t>Turtle River BC</t>
   </si>
   <si>
     <t>Twin Cities Boxing Club</t>
@@ -2306,177 +2405,186 @@
   <si>
     <t>Underdog Boxing</t>
   </si>
   <si>
     <t>Underdogs Boxing Club</t>
   </si>
   <si>
     <t>Underground Boxing</t>
   </si>
   <si>
     <t>Undisputed Boxing Club</t>
   </si>
   <si>
     <t>Unis boxe Beauce</t>
   </si>
   <si>
     <t>Unis Boxe Quebec</t>
   </si>
   <si>
     <t>United Athletics</t>
   </si>
   <si>
     <t>United Boxing Club</t>
   </si>
   <si>
+    <t>United Boxing Winnipeg (UBYWG)</t>
+  </si>
+  <si>
     <t>United Fighter</t>
   </si>
   <si>
     <t>Unity Boxing Club</t>
   </si>
   <si>
     <t>Univeristy of Toronto</t>
   </si>
   <si>
     <t>Uppercut Boxing Club</t>
   </si>
   <si>
     <t>Uptown Boxing</t>
   </si>
   <si>
     <t>Uptown Boxing Club</t>
   </si>
   <si>
     <t>Valhalla MMA</t>
   </si>
   <si>
     <t>Valley East Boxing Club</t>
   </si>
   <si>
     <t>Van Jango Studio Of Martial Arts</t>
   </si>
   <si>
-    <t>Vancouver Club</t>
-[...2 lines deleted...]
-    <t>Vernon Amateur Boxing Club</t>
+    <t>vernon-boxing-club</t>
+  </si>
+  <si>
+    <t>victoria-martial-arts-boxing-academy</t>
   </si>
   <si>
     <t>Victory Training Center</t>
   </si>
   <si>
     <t>Vision Boxe</t>
   </si>
   <si>
-    <t>VMA Boxing Academy</t>
-[...1 lines deleted...]
-  <si>
     <t>Wainwright Boxing Club</t>
   </si>
   <si>
     <t>Wamma NexGen</t>
   </si>
   <si>
     <t>Warden MMA and Fitness</t>
   </si>
   <si>
     <t>Warriors Boxing</t>
   </si>
   <si>
     <t xml:space="preserve">Warriors Boxing </t>
   </si>
   <si>
     <t>Waterloo Boxing</t>
   </si>
   <si>
     <t>Waterloo Regional Boxing Academy</t>
   </si>
   <si>
     <t>West End Athletic Club</t>
   </si>
   <si>
+    <t>West Side Boxing Club</t>
+  </si>
+  <si>
     <t>West Windsor Boxing Club</t>
   </si>
   <si>
     <t>Westchester Boxing Club</t>
   </si>
   <si>
     <t>Westville Boxing Club</t>
   </si>
   <si>
     <t>Weyburn Soo Line</t>
   </si>
   <si>
-    <t>Whistler Boxing Club</t>
+    <t>whistler-boxing-club</t>
   </si>
   <si>
     <t>Whitall's Martial Arts and Boxing Club</t>
   </si>
   <si>
     <t>White Rabbit Boxing Club</t>
   </si>
   <si>
-    <t>Whizbang Boxing</t>
+    <t>whizbang-boxing-club</t>
   </si>
   <si>
     <t>Willett Boxing Club</t>
   </si>
   <si>
+    <t>williams-lake-boxing-club</t>
+  </si>
+  <si>
     <t>Wilson's Boxing</t>
   </si>
   <si>
     <t>Windsor Amateur Boxing Club</t>
   </si>
   <si>
     <t>Wismer Boxing Club and Fitness Centre</t>
   </si>
   <si>
     <t>Wolfhouse Boxing</t>
   </si>
   <si>
-    <t>Wolverine Boxing Academy</t>
-[...1 lines deleted...]
-  <si>
     <t>Woodstock Boxing Club</t>
   </si>
   <si>
+    <t>xtreme couture</t>
+  </si>
+  <si>
     <t>Xtreme Couture Clinic</t>
   </si>
   <si>
     <t>Yamaji Sussex Boxing Club</t>
   </si>
   <si>
     <t>YGK Boxing</t>
   </si>
   <si>
     <t>YMM Boxing Club</t>
   </si>
   <si>
     <t>York Martial Arts</t>
   </si>
   <si>
     <t>Yukon Boxing</t>
+  </si>
+  <si>
+    <t>Yuli Boxeo x M.P.T</t>
   </si>
   <si>
     <t>Zaya's Boxing Club</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -2497,58 +2605,55 @@
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFcccccc"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="2">
     <border/>
     <border>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="5">
+  <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
-[...1 lines deleted...]
-    <xf xfId="0" fontId="0" numFmtId="49" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="2" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="2" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -2832,11714 +2937,10820 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:DF1000"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A3" sqref="A3:CZ4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="1" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="31" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="25" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="25" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="25" bestFit="true" customWidth="true" style="0"/>
-    <col min="105" max="105" width="8" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="31" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="36" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="25" bestFit="true" customWidth="true" style="0"/>
-    <col min="106" max="106" width="89" bestFit="true" customWidth="true" style="0"/>
+    <col min="105" max="105" width="89" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="31" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="32" bestFit="true" customWidth="true" style="0"/>
-    <col min="9" max="9" width="26" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="62" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="54" bestFit="true" customWidth="true" style="0"/>
+    <col min="106" max="106" width="4" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="35" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="91" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="31" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="32" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="54" bestFit="true" customWidth="true" style="0"/>
     <col min="107" max="107" width="4" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="72" bestFit="true" customWidth="true" style="0"/>
-[...6 lines deleted...]
-    <col min="15" max="15" width="24" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="31" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="43" bestFit="true" customWidth="true" style="0"/>
+    <col min="108" max="108" width="64" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="38" bestFit="true" customWidth="true" style="0"/>
+    <col min="109" max="109" width="45" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="24" bestFit="true" customWidth="true" style="0"/>
     <col min="110" max="110" width="16" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="23" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="23" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:110" hidden="true" outlineLevel="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="DA1" t="s">
         <v>1</v>
       </c>
       <c r="DB1" t="s">
         <v>2</v>
       </c>
       <c r="DC1" t="s">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="DD1" t="s">
         <v>3</v>
       </c>
       <c r="DE1" t="s">
         <v>4</v>
       </c>
       <c r="DF1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:110" hidden="true" collapsed="true" outlineLevel="1">
       <c r="A2" t="s">
         <v>6</v>
       </c>
       <c r="B2" t="s">
         <v>7</v>
       </c>
       <c r="C2" t="s">
         <v>8</v>
       </c>
       <c r="D2" t="s">
         <v>9</v>
       </c>
       <c r="E2" t="s">
         <v>10</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
         <v>12</v>
       </c>
       <c r="H2" t="s">
         <v>13</v>
       </c>
       <c r="I2" t="s">
         <v>14</v>
       </c>
       <c r="J2" t="s">
         <v>15</v>
       </c>
       <c r="K2" t="s">
         <v>16</v>
       </c>
       <c r="L2" t="s">
         <v>17</v>
       </c>
       <c r="M2" t="s">
+        <v>18</v>
+      </c>
+      <c r="N2" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
       <c r="O2" t="s">
         <v>19</v>
       </c>
       <c r="P2" t="s">
         <v>20</v>
       </c>
+      <c r="Q2" t="s">
+        <v>21</v>
+      </c>
+      <c r="R2" t="s">
+        <v>22</v>
+      </c>
+      <c r="S2" t="s">
+        <v>23</v>
+      </c>
       <c r="DA2" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="DB2" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="DC2" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="DD2" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="DE2" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="DF2" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
     </row>
     <row r="3" spans="1:110">
-      <c r="A3" s="3" t="s">
-[...106 lines deleted...]
-        <v>27</v>
+      <c r="A3" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" s="2"/>
+      <c r="C3" s="2"/>
+      <c r="D3" s="2"/>
+      <c r="E3" s="2"/>
+      <c r="F3" s="2"/>
+      <c r="G3" s="2"/>
+      <c r="H3" s="2"/>
+      <c r="I3" s="2"/>
+      <c r="J3" s="2"/>
+      <c r="K3" s="2"/>
+      <c r="L3" s="2"/>
+      <c r="M3" s="2"/>
+      <c r="N3" s="2"/>
+      <c r="O3" s="2"/>
+      <c r="P3" s="2"/>
+      <c r="Q3" s="2"/>
+      <c r="R3" s="2"/>
+      <c r="S3" s="2"/>
+      <c r="T3" s="2"/>
+      <c r="U3" s="2"/>
+      <c r="V3" s="2"/>
+      <c r="W3" s="2"/>
+      <c r="X3" s="2"/>
+      <c r="Y3" s="2"/>
+      <c r="Z3" s="2"/>
+      <c r="AA3" s="2"/>
+      <c r="AB3" s="2"/>
+      <c r="AC3" s="2"/>
+      <c r="AD3" s="2"/>
+      <c r="AE3" s="2"/>
+      <c r="AF3" s="2"/>
+      <c r="AG3" s="2"/>
+      <c r="AH3" s="2"/>
+      <c r="AI3" s="2"/>
+      <c r="AJ3" s="2"/>
+      <c r="AK3" s="2"/>
+      <c r="AL3" s="2"/>
+      <c r="AM3" s="2"/>
+      <c r="AN3" s="2"/>
+      <c r="AO3" s="2"/>
+      <c r="AP3" s="2"/>
+      <c r="AQ3" s="2"/>
+      <c r="AR3" s="2"/>
+      <c r="AS3" s="2"/>
+      <c r="AT3" s="2"/>
+      <c r="AU3" s="2"/>
+      <c r="AV3" s="2"/>
+      <c r="AW3" s="2"/>
+      <c r="AX3" s="2"/>
+      <c r="AY3" s="2"/>
+      <c r="AZ3" s="2"/>
+      <c r="BA3" s="2"/>
+      <c r="BB3" s="2"/>
+      <c r="BC3" s="2"/>
+      <c r="BD3" s="2"/>
+      <c r="BE3" s="2"/>
+      <c r="BF3" s="2"/>
+      <c r="BG3" s="2"/>
+      <c r="BH3" s="2"/>
+      <c r="BI3" s="2"/>
+      <c r="BJ3" s="2"/>
+      <c r="BK3" s="2"/>
+      <c r="BL3" s="2"/>
+      <c r="BM3" s="2"/>
+      <c r="BN3" s="2"/>
+      <c r="BO3" s="2"/>
+      <c r="BP3" s="2"/>
+      <c r="BQ3" s="2"/>
+      <c r="BR3" s="2"/>
+      <c r="BS3" s="2"/>
+      <c r="BT3" s="2"/>
+      <c r="BU3" s="2"/>
+      <c r="BV3" s="2"/>
+      <c r="BW3" s="2"/>
+      <c r="BX3" s="2"/>
+      <c r="BY3" s="2"/>
+      <c r="BZ3" s="2"/>
+      <c r="CA3" s="2"/>
+      <c r="CB3" s="2"/>
+      <c r="CC3" s="2"/>
+      <c r="CD3" s="2"/>
+      <c r="CE3" s="2"/>
+      <c r="CF3" s="2"/>
+      <c r="CG3" s="2"/>
+      <c r="CH3" s="2"/>
+      <c r="CI3" s="2"/>
+      <c r="CJ3" s="2"/>
+      <c r="CK3" s="2"/>
+      <c r="CL3" s="2"/>
+      <c r="CM3" s="2"/>
+      <c r="CN3" s="2"/>
+      <c r="CO3" s="2"/>
+      <c r="CP3" s="2"/>
+      <c r="CQ3" s="2"/>
+      <c r="CR3" s="2"/>
+      <c r="CS3" s="2"/>
+      <c r="CT3" s="2"/>
+      <c r="CU3" s="2"/>
+      <c r="CV3" s="2"/>
+      <c r="CW3" s="2"/>
+      <c r="CX3" s="2"/>
+      <c r="CY3" s="2"/>
+      <c r="CZ3" s="2"/>
+      <c r="DA3" t="s">
+        <v>30</v>
       </c>
       <c r="DE3" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="DF3" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
     </row>
     <row r="4" spans="1:110">
-      <c r="A4" s="4" t="s">
-[...8 lines deleted...]
-      <c r="D4" s="4" t="s">
+      <c r="A4" s="3" t="s">
         <v>33</v>
       </c>
-      <c r="E4" s="4" t="s">
+      <c r="B4" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="F4" s="4" t="s">
+      <c r="C4" s="3" t="s">
         <v>35</v>
       </c>
-      <c r="G4" s="4" t="s">
+      <c r="D4" s="3" t="s">
         <v>36</v>
       </c>
-      <c r="H4" s="4" t="s">
+      <c r="E4" s="3" t="s">
         <v>37</v>
       </c>
-      <c r="I4" s="4" t="s">
+      <c r="F4" s="3" t="s">
         <v>38</v>
       </c>
-      <c r="J4" s="4" t="s">
+      <c r="G4" s="3" t="s">
         <v>39</v>
       </c>
-      <c r="K4" s="4" t="s">
+      <c r="H4" s="3" t="s">
         <v>40</v>
       </c>
-      <c r="L4" s="4" t="s">
+      <c r="I4" s="3" t="s">
         <v>41</v>
       </c>
-      <c r="M4" s="4" t="s">
-[...2 lines deleted...]
-      <c r="N4" s="4" t="s">
+      <c r="J4" s="3" t="s">
         <v>42</v>
       </c>
-      <c r="O4" s="4" t="s">
+      <c r="K4" s="3" t="s">
         <v>43</v>
       </c>
-      <c r="P4" s="4" t="s">
+      <c r="L4" s="3" t="s">
         <v>44</v>
       </c>
-      <c r="Q4" s="4"/>
-[...87 lines deleted...]
-      <c r="DB4" t="s">
+      <c r="M4" s="3" t="s">
         <v>45</v>
       </c>
+      <c r="N4" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="O4" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="P4" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="Q4" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="R4" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="S4" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="T4" s="3"/>
+      <c r="U4" s="3"/>
+      <c r="V4" s="3"/>
+      <c r="W4" s="3"/>
+      <c r="X4" s="3"/>
+      <c r="Y4" s="3"/>
+      <c r="Z4" s="3"/>
+      <c r="AA4" s="3"/>
+      <c r="AB4" s="3"/>
+      <c r="AC4" s="3"/>
+      <c r="AD4" s="3"/>
+      <c r="AE4" s="3"/>
+      <c r="AF4" s="3"/>
+      <c r="AG4" s="3"/>
+      <c r="AH4" s="3"/>
+      <c r="AI4" s="3"/>
+      <c r="AJ4" s="3"/>
+      <c r="AK4" s="3"/>
+      <c r="AL4" s="3"/>
+      <c r="AM4" s="3"/>
+      <c r="AN4" s="3"/>
+      <c r="AO4" s="3"/>
+      <c r="AP4" s="3"/>
+      <c r="AQ4" s="3"/>
+      <c r="AR4" s="3"/>
+      <c r="AS4" s="3"/>
+      <c r="AT4" s="3"/>
+      <c r="AU4" s="3"/>
+      <c r="AV4" s="3"/>
+      <c r="AW4" s="3"/>
+      <c r="AX4" s="3"/>
+      <c r="AY4" s="3"/>
+      <c r="AZ4" s="3"/>
+      <c r="BA4" s="3"/>
+      <c r="BB4" s="3"/>
+      <c r="BC4" s="3"/>
+      <c r="BD4" s="3"/>
+      <c r="BE4" s="3"/>
+      <c r="BF4" s="3"/>
+      <c r="BG4" s="3"/>
+      <c r="BH4" s="3"/>
+      <c r="BI4" s="3"/>
+      <c r="BJ4" s="3"/>
+      <c r="BK4" s="3"/>
+      <c r="BL4" s="3"/>
+      <c r="BM4" s="3"/>
+      <c r="BN4" s="3"/>
+      <c r="BO4" s="3"/>
+      <c r="BP4" s="3"/>
+      <c r="BQ4" s="3"/>
+      <c r="BR4" s="3"/>
+      <c r="BS4" s="3"/>
+      <c r="BT4" s="3"/>
+      <c r="BU4" s="3"/>
+      <c r="BV4" s="3"/>
+      <c r="BW4" s="3"/>
+      <c r="BX4" s="3"/>
+      <c r="BY4" s="3"/>
+      <c r="BZ4" s="3"/>
+      <c r="CA4" s="3"/>
+      <c r="CB4" s="3"/>
+      <c r="CC4" s="3"/>
+      <c r="CD4" s="3"/>
+      <c r="CE4" s="3"/>
+      <c r="CF4" s="3"/>
+      <c r="CG4" s="3"/>
+      <c r="CH4" s="3"/>
+      <c r="CI4" s="3"/>
+      <c r="CJ4" s="3"/>
+      <c r="CK4" s="3"/>
+      <c r="CL4" s="3"/>
+      <c r="CM4" s="3"/>
+      <c r="CN4" s="3"/>
+      <c r="CO4" s="3"/>
+      <c r="CP4" s="3"/>
+      <c r="CQ4" s="3"/>
+      <c r="CR4" s="3"/>
+      <c r="CS4" s="3"/>
+      <c r="CT4" s="3"/>
+      <c r="CU4" s="3"/>
+      <c r="CV4" s="3"/>
+      <c r="CW4" s="3"/>
+      <c r="CX4" s="3"/>
+      <c r="CY4" s="3"/>
+      <c r="CZ4" s="3"/>
+      <c r="DA4" t="s">
+        <v>51</v>
+      </c>
       <c r="DE4" t="s">
-        <v>46</v>
+        <v>52</v>
       </c>
       <c r="DF4" t="s">
-        <v>47</v>
+        <v>53</v>
       </c>
     </row>
     <row r="5" spans="1:110">
-      <c r="D5"/>
-      <c r="E5" s="2"/>
       <c r="F5"/>
       <c r="I5" t="s">
-        <v>3</v>
-[...4 lines deleted...]
-      <c r="O5"/>
+        <v>54</v>
+      </c>
+      <c r="N5" t="s">
+        <v>54</v>
+      </c>
       <c r="P5"/>
-      <c r="DB5" t="s">
-        <v>48</v>
+      <c r="R5"/>
+      <c r="S5"/>
+      <c r="DA5" t="s">
+        <v>55</v>
       </c>
       <c r="DE5" t="s">
-        <v>49</v>
+        <v>56</v>
       </c>
       <c r="DF5" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
     </row>
     <row r="6" spans="1:110">
-      <c r="E6" s="2"/>
       <c r="I6" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>51</v>
+        <v>54</v>
+      </c>
+      <c r="N6" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA6" t="s">
+        <v>58</v>
       </c>
       <c r="DE6" t="s">
-        <v>52</v>
+        <v>59</v>
       </c>
       <c r="DF6" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
     </row>
     <row r="7" spans="1:110">
-      <c r="E7" s="2"/>
       <c r="I7" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>54</v>
+        <v>54</v>
+      </c>
+      <c r="N7" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA7" t="s">
+        <v>61</v>
       </c>
       <c r="DE7" t="s">
-        <v>55</v>
+        <v>62</v>
       </c>
       <c r="DF7" t="s">
-        <v>56</v>
+        <v>63</v>
       </c>
     </row>
     <row r="8" spans="1:110">
-      <c r="E8" s="2"/>
       <c r="I8" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>57</v>
+        <v>54</v>
+      </c>
+      <c r="N8" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA8" t="s">
+        <v>64</v>
       </c>
       <c r="DE8" t="s">
-        <v>58</v>
+        <v>65</v>
       </c>
       <c r="DF8" t="s">
-        <v>59</v>
+        <v>66</v>
       </c>
     </row>
     <row r="9" spans="1:110">
-      <c r="E9" s="2"/>
       <c r="I9" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>60</v>
+        <v>54</v>
+      </c>
+      <c r="N9" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA9" t="s">
+        <v>67</v>
       </c>
       <c r="DE9" t="s">
-        <v>61</v>
+        <v>68</v>
       </c>
       <c r="DF9" t="s">
-        <v>62</v>
+        <v>69</v>
       </c>
     </row>
     <row r="10" spans="1:110">
-      <c r="E10" s="2"/>
       <c r="I10" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>63</v>
+        <v>54</v>
+      </c>
+      <c r="N10" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA10" t="s">
+        <v>70</v>
       </c>
       <c r="DE10" t="s">
-        <v>64</v>
+        <v>71</v>
       </c>
       <c r="DF10" t="s">
-        <v>65</v>
+        <v>72</v>
       </c>
     </row>
     <row r="11" spans="1:110">
-      <c r="E11" s="2"/>
       <c r="I11" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>66</v>
+        <v>54</v>
+      </c>
+      <c r="N11" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA11" t="s">
+        <v>73</v>
       </c>
       <c r="DE11" t="s">
-        <v>67</v>
+        <v>74</v>
       </c>
       <c r="DF11" t="s">
-        <v>68</v>
+        <v>75</v>
       </c>
     </row>
     <row r="12" spans="1:110">
-      <c r="E12" s="2"/>
       <c r="I12" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>69</v>
+        <v>54</v>
+      </c>
+      <c r="N12" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA12" t="s">
+        <v>76</v>
       </c>
       <c r="DE12" t="s">
-        <v>70</v>
+        <v>77</v>
       </c>
       <c r="DF12" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
     </row>
     <row r="13" spans="1:110">
-      <c r="E13" s="2"/>
       <c r="I13" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>72</v>
+        <v>54</v>
+      </c>
+      <c r="N13" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA13" t="s">
+        <v>79</v>
       </c>
       <c r="DE13" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="DF13" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
     </row>
     <row r="14" spans="1:110">
-      <c r="E14" s="2"/>
       <c r="I14" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>75</v>
+        <v>54</v>
+      </c>
+      <c r="N14" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA14" t="s">
+        <v>82</v>
       </c>
       <c r="DF14" t="s">
-        <v>76</v>
+        <v>83</v>
       </c>
     </row>
     <row r="15" spans="1:110">
-      <c r="E15" s="2"/>
       <c r="I15" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>77</v>
+        <v>54</v>
+      </c>
+      <c r="N15" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA15" t="s">
+        <v>84</v>
       </c>
       <c r="DF15" t="s">
-        <v>78</v>
+        <v>85</v>
       </c>
     </row>
     <row r="16" spans="1:110">
-      <c r="E16" s="2"/>
       <c r="I16" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>79</v>
+        <v>54</v>
+      </c>
+      <c r="N16" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA16" t="s">
+        <v>86</v>
       </c>
       <c r="DF16" t="s">
-        <v>80</v>
+        <v>87</v>
       </c>
     </row>
     <row r="17" spans="1:110">
-      <c r="E17" s="2"/>
       <c r="I17" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>81</v>
+        <v>54</v>
+      </c>
+      <c r="N17" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA17" t="s">
+        <v>88</v>
       </c>
       <c r="DF17" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
     </row>
     <row r="18" spans="1:110">
-      <c r="E18" s="2"/>
       <c r="I18" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>83</v>
+        <v>54</v>
+      </c>
+      <c r="N18" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA18" t="s">
+        <v>90</v>
       </c>
       <c r="DF18" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
     </row>
     <row r="19" spans="1:110">
-      <c r="E19" s="2"/>
       <c r="I19" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>85</v>
+        <v>54</v>
+      </c>
+      <c r="N19" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA19" t="s">
+        <v>92</v>
       </c>
       <c r="DF19" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
     </row>
     <row r="20" spans="1:110">
-      <c r="E20" s="2"/>
       <c r="I20" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>87</v>
+        <v>54</v>
+      </c>
+      <c r="N20" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA20" t="s">
+        <v>94</v>
       </c>
       <c r="DF20" t="s">
-        <v>88</v>
+        <v>95</v>
       </c>
     </row>
     <row r="21" spans="1:110">
-      <c r="E21" s="2"/>
       <c r="I21" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>89</v>
+        <v>54</v>
+      </c>
+      <c r="N21" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA21" t="s">
+        <v>96</v>
       </c>
       <c r="DF21" t="s">
-        <v>90</v>
+        <v>97</v>
       </c>
     </row>
     <row r="22" spans="1:110">
-      <c r="E22" s="2"/>
       <c r="I22" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>91</v>
+        <v>54</v>
+      </c>
+      <c r="N22" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA22" t="s">
+        <v>98</v>
       </c>
       <c r="DF22" t="s">
-        <v>92</v>
+        <v>99</v>
       </c>
     </row>
     <row r="23" spans="1:110">
-      <c r="E23" s="2"/>
       <c r="I23" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>93</v>
+        <v>54</v>
+      </c>
+      <c r="N23" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA23" t="s">
+        <v>100</v>
       </c>
       <c r="DF23" t="s">
-        <v>94</v>
+        <v>101</v>
       </c>
     </row>
     <row r="24" spans="1:110">
-      <c r="E24" s="2"/>
       <c r="I24" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>95</v>
+        <v>54</v>
+      </c>
+      <c r="N24" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA24" t="s">
+        <v>102</v>
       </c>
       <c r="DF24" t="s">
-        <v>96</v>
+        <v>103</v>
       </c>
     </row>
     <row r="25" spans="1:110">
-      <c r="E25" s="2"/>
       <c r="I25" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>97</v>
+        <v>54</v>
+      </c>
+      <c r="N25" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA25" t="s">
+        <v>104</v>
       </c>
       <c r="DF25" t="s">
-        <v>98</v>
+        <v>105</v>
       </c>
     </row>
     <row r="26" spans="1:110">
-      <c r="E26" s="2"/>
       <c r="I26" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>99</v>
+        <v>54</v>
+      </c>
+      <c r="N26" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA26" t="s">
+        <v>106</v>
       </c>
       <c r="DF26" t="s">
-        <v>100</v>
+        <v>107</v>
       </c>
     </row>
     <row r="27" spans="1:110">
-      <c r="E27" s="2"/>
       <c r="I27" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>101</v>
+        <v>54</v>
+      </c>
+      <c r="N27" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA27" t="s">
+        <v>108</v>
       </c>
       <c r="DF27" t="s">
-        <v>102</v>
+        <v>109</v>
       </c>
     </row>
     <row r="28" spans="1:110">
-      <c r="E28" s="2"/>
       <c r="I28" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>103</v>
+        <v>54</v>
+      </c>
+      <c r="N28" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA28" t="s">
+        <v>110</v>
       </c>
       <c r="DF28" t="s">
-        <v>104</v>
+        <v>111</v>
       </c>
     </row>
     <row r="29" spans="1:110">
-      <c r="E29" s="2"/>
       <c r="I29" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>105</v>
+        <v>54</v>
+      </c>
+      <c r="N29" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA29" t="s">
+        <v>112</v>
       </c>
       <c r="DF29" t="s">
-        <v>106</v>
+        <v>113</v>
       </c>
     </row>
     <row r="30" spans="1:110">
-      <c r="E30" s="2"/>
       <c r="I30" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>107</v>
+        <v>54</v>
+      </c>
+      <c r="N30" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA30" t="s">
+        <v>114</v>
       </c>
       <c r="DF30" t="s">
-        <v>108</v>
+        <v>115</v>
       </c>
     </row>
     <row r="31" spans="1:110">
-      <c r="E31" s="2"/>
       <c r="I31" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>109</v>
+        <v>54</v>
+      </c>
+      <c r="N31" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA31" t="s">
+        <v>116</v>
       </c>
       <c r="DF31" t="s">
-        <v>110</v>
+        <v>117</v>
       </c>
     </row>
     <row r="32" spans="1:110">
-      <c r="E32" s="2"/>
       <c r="I32" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>111</v>
+        <v>54</v>
+      </c>
+      <c r="N32" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA32" t="s">
+        <v>118</v>
       </c>
       <c r="DF32" t="s">
-        <v>112</v>
+        <v>119</v>
       </c>
     </row>
     <row r="33" spans="1:110">
-      <c r="E33" s="2"/>
       <c r="I33" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>113</v>
+        <v>54</v>
+      </c>
+      <c r="N33" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA33" t="s">
+        <v>120</v>
       </c>
       <c r="DF33" t="s">
-        <v>114</v>
+        <v>121</v>
       </c>
     </row>
     <row r="34" spans="1:110">
-      <c r="E34" s="2"/>
       <c r="I34" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>115</v>
+        <v>54</v>
+      </c>
+      <c r="N34" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA34" t="s">
+        <v>122</v>
       </c>
       <c r="DF34" t="s">
-        <v>116</v>
+        <v>123</v>
       </c>
     </row>
     <row r="35" spans="1:110">
-      <c r="E35" s="2"/>
       <c r="I35" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>117</v>
+        <v>54</v>
+      </c>
+      <c r="N35" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA35" t="s">
+        <v>124</v>
       </c>
       <c r="DF35" t="s">
-        <v>118</v>
+        <v>125</v>
       </c>
     </row>
     <row r="36" spans="1:110">
-      <c r="E36" s="2"/>
       <c r="I36" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>117</v>
+        <v>54</v>
+      </c>
+      <c r="N36" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA36" t="s">
+        <v>124</v>
       </c>
       <c r="DF36" t="s">
-        <v>119</v>
+        <v>126</v>
       </c>
     </row>
     <row r="37" spans="1:110">
-      <c r="E37" s="2"/>
       <c r="I37" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>117</v>
+        <v>54</v>
+      </c>
+      <c r="N37" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA37" t="s">
+        <v>127</v>
       </c>
       <c r="DF37" t="s">
-        <v>120</v>
+        <v>128</v>
       </c>
     </row>
     <row r="38" spans="1:110">
-      <c r="E38" s="2"/>
       <c r="I38" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>121</v>
+        <v>54</v>
+      </c>
+      <c r="N38" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA38" t="s">
+        <v>124</v>
       </c>
       <c r="DF38" t="s">
-        <v>122</v>
+        <v>129</v>
       </c>
     </row>
     <row r="39" spans="1:110">
-      <c r="E39" s="2"/>
       <c r="I39" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>123</v>
+        <v>54</v>
+      </c>
+      <c r="N39" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA39" t="s">
+        <v>130</v>
       </c>
     </row>
     <row r="40" spans="1:110">
-      <c r="E40" s="2"/>
       <c r="I40" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>124</v>
+        <v>54</v>
+      </c>
+      <c r="N40" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA40" t="s">
+        <v>131</v>
       </c>
     </row>
     <row r="41" spans="1:110">
-      <c r="E41" s="2"/>
       <c r="I41" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>125</v>
+        <v>54</v>
+      </c>
+      <c r="N41" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA41" t="s">
+        <v>132</v>
       </c>
     </row>
     <row r="42" spans="1:110">
-      <c r="E42" s="2"/>
       <c r="I42" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>126</v>
+        <v>54</v>
+      </c>
+      <c r="N42" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA42" t="s">
+        <v>133</v>
       </c>
     </row>
     <row r="43" spans="1:110">
-      <c r="E43" s="2"/>
       <c r="I43" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>127</v>
+        <v>54</v>
+      </c>
+      <c r="N43" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA43" t="s">
+        <v>134</v>
       </c>
     </row>
     <row r="44" spans="1:110">
-      <c r="E44" s="2"/>
       <c r="I44" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>128</v>
+        <v>54</v>
+      </c>
+      <c r="N44" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA44" t="s">
+        <v>135</v>
       </c>
     </row>
     <row r="45" spans="1:110">
-      <c r="E45" s="2"/>
       <c r="I45" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>129</v>
+        <v>54</v>
+      </c>
+      <c r="N45" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA45" t="s">
+        <v>136</v>
       </c>
     </row>
     <row r="46" spans="1:110">
-      <c r="E46" s="2"/>
       <c r="I46" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>130</v>
+        <v>54</v>
+      </c>
+      <c r="N46" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA46" t="s">
+        <v>137</v>
       </c>
     </row>
     <row r="47" spans="1:110">
-      <c r="E47" s="2"/>
       <c r="I47" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>131</v>
+        <v>54</v>
+      </c>
+      <c r="N47" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA47" t="s">
+        <v>138</v>
       </c>
     </row>
     <row r="48" spans="1:110">
-      <c r="E48" s="2"/>
       <c r="I48" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>132</v>
+        <v>54</v>
+      </c>
+      <c r="N48" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA48" t="s">
+        <v>139</v>
       </c>
     </row>
     <row r="49" spans="1:110">
-      <c r="E49" s="2"/>
       <c r="I49" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>133</v>
+        <v>54</v>
+      </c>
+      <c r="N49" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA49" t="s">
+        <v>140</v>
       </c>
     </row>
     <row r="50" spans="1:110">
-      <c r="E50" s="2"/>
       <c r="I50" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>134</v>
+        <v>54</v>
+      </c>
+      <c r="N50" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA50" t="s">
+        <v>141</v>
       </c>
     </row>
     <row r="51" spans="1:110">
-      <c r="E51" s="2"/>
       <c r="I51" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>135</v>
+        <v>54</v>
+      </c>
+      <c r="N51" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA51" t="s">
+        <v>142</v>
       </c>
     </row>
     <row r="52" spans="1:110">
-      <c r="E52" s="2"/>
       <c r="I52" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>136</v>
+        <v>54</v>
+      </c>
+      <c r="N52" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA52" t="s">
+        <v>143</v>
       </c>
     </row>
     <row r="53" spans="1:110">
-      <c r="E53" s="2"/>
       <c r="I53" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>137</v>
+        <v>54</v>
+      </c>
+      <c r="N53" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA53" t="s">
+        <v>144</v>
       </c>
     </row>
     <row r="54" spans="1:110">
-      <c r="E54" s="2"/>
       <c r="I54" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>138</v>
+        <v>54</v>
+      </c>
+      <c r="N54" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA54" t="s">
+        <v>145</v>
       </c>
     </row>
     <row r="55" spans="1:110">
-      <c r="E55" s="2"/>
       <c r="I55" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>139</v>
+        <v>54</v>
+      </c>
+      <c r="N55" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA55" t="s">
+        <v>146</v>
       </c>
     </row>
     <row r="56" spans="1:110">
-      <c r="E56" s="2"/>
       <c r="I56" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>140</v>
+        <v>54</v>
+      </c>
+      <c r="N56" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA56" t="s">
+        <v>147</v>
       </c>
     </row>
     <row r="57" spans="1:110">
-      <c r="E57" s="2"/>
       <c r="I57" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>141</v>
+        <v>54</v>
+      </c>
+      <c r="N57" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA57" t="s">
+        <v>148</v>
       </c>
     </row>
     <row r="58" spans="1:110">
-      <c r="E58" s="2"/>
       <c r="I58" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>142</v>
+        <v>54</v>
+      </c>
+      <c r="N58" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA58" t="s">
+        <v>149</v>
       </c>
     </row>
     <row r="59" spans="1:110">
-      <c r="E59" s="2"/>
       <c r="I59" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>143</v>
+        <v>54</v>
+      </c>
+      <c r="N59" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA59" t="s">
+        <v>150</v>
       </c>
     </row>
     <row r="60" spans="1:110">
-      <c r="E60" s="2"/>
       <c r="I60" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>144</v>
+        <v>54</v>
+      </c>
+      <c r="N60" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA60" t="s">
+        <v>151</v>
       </c>
     </row>
     <row r="61" spans="1:110">
-      <c r="E61" s="2"/>
       <c r="I61" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>145</v>
+        <v>54</v>
+      </c>
+      <c r="N61" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA61" t="s">
+        <v>152</v>
       </c>
     </row>
     <row r="62" spans="1:110">
-      <c r="E62" s="2"/>
       <c r="I62" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>146</v>
+        <v>54</v>
+      </c>
+      <c r="N62" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA62" t="s">
+        <v>153</v>
       </c>
     </row>
     <row r="63" spans="1:110">
-      <c r="E63" s="2"/>
       <c r="I63" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>147</v>
+        <v>54</v>
+      </c>
+      <c r="N63" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA63" t="s">
+        <v>154</v>
       </c>
     </row>
     <row r="64" spans="1:110">
-      <c r="E64" s="2"/>
       <c r="I64" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>148</v>
+        <v>54</v>
+      </c>
+      <c r="N64" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA64" t="s">
+        <v>155</v>
       </c>
     </row>
     <row r="65" spans="1:110">
-      <c r="E65" s="2"/>
       <c r="I65" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>149</v>
+        <v>54</v>
+      </c>
+      <c r="N65" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA65" t="s">
+        <v>156</v>
       </c>
     </row>
     <row r="66" spans="1:110">
-      <c r="E66" s="2"/>
       <c r="I66" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>150</v>
+        <v>54</v>
+      </c>
+      <c r="N66" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA66" t="s">
+        <v>157</v>
       </c>
     </row>
     <row r="67" spans="1:110">
-      <c r="E67" s="2"/>
       <c r="I67" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>151</v>
+        <v>54</v>
+      </c>
+      <c r="N67" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA67" t="s">
+        <v>158</v>
       </c>
     </row>
     <row r="68" spans="1:110">
-      <c r="E68" s="2"/>
       <c r="I68" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>152</v>
+        <v>54</v>
+      </c>
+      <c r="N68" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA68" t="s">
+        <v>159</v>
       </c>
     </row>
     <row r="69" spans="1:110">
-      <c r="E69" s="2"/>
       <c r="I69" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>153</v>
+        <v>54</v>
+      </c>
+      <c r="N69" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA69" t="s">
+        <v>160</v>
       </c>
     </row>
     <row r="70" spans="1:110">
-      <c r="E70" s="2"/>
       <c r="I70" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>154</v>
+        <v>54</v>
+      </c>
+      <c r="N70" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA70" t="s">
+        <v>161</v>
       </c>
     </row>
     <row r="71" spans="1:110">
-      <c r="E71" s="2"/>
       <c r="I71" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>155</v>
+        <v>54</v>
+      </c>
+      <c r="N71" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA71" t="s">
+        <v>162</v>
       </c>
     </row>
     <row r="72" spans="1:110">
-      <c r="E72" s="2"/>
       <c r="I72" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>156</v>
+        <v>54</v>
+      </c>
+      <c r="N72" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA72" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="73" spans="1:110">
-      <c r="E73" s="2"/>
       <c r="I73" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>157</v>
+        <v>54</v>
+      </c>
+      <c r="N73" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA73" t="s">
+        <v>164</v>
       </c>
     </row>
     <row r="74" spans="1:110">
-      <c r="E74" s="2"/>
       <c r="I74" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>158</v>
+        <v>54</v>
+      </c>
+      <c r="N74" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA74" t="s">
+        <v>165</v>
       </c>
     </row>
     <row r="75" spans="1:110">
-      <c r="E75" s="2"/>
       <c r="I75" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>159</v>
+        <v>54</v>
+      </c>
+      <c r="N75" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA75" t="s">
+        <v>166</v>
       </c>
     </row>
     <row r="76" spans="1:110">
-      <c r="E76" s="2"/>
       <c r="I76" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>160</v>
+        <v>54</v>
+      </c>
+      <c r="N76" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA76" t="s">
+        <v>167</v>
       </c>
     </row>
     <row r="77" spans="1:110">
-      <c r="E77" s="2"/>
       <c r="I77" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>161</v>
+        <v>54</v>
+      </c>
+      <c r="N77" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA77" t="s">
+        <v>168</v>
       </c>
     </row>
     <row r="78" spans="1:110">
-      <c r="E78" s="2"/>
       <c r="I78" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>162</v>
+        <v>54</v>
+      </c>
+      <c r="N78" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA78" t="s">
+        <v>169</v>
       </c>
     </row>
     <row r="79" spans="1:110">
-      <c r="E79" s="2"/>
       <c r="I79" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>163</v>
+        <v>54</v>
+      </c>
+      <c r="N79" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA79" t="s">
+        <v>170</v>
       </c>
     </row>
     <row r="80" spans="1:110">
-      <c r="E80" s="2"/>
       <c r="I80" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>164</v>
+        <v>54</v>
+      </c>
+      <c r="N80" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA80" t="s">
+        <v>171</v>
       </c>
     </row>
     <row r="81" spans="1:110">
-      <c r="E81" s="2"/>
       <c r="I81" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>165</v>
+        <v>54</v>
+      </c>
+      <c r="N81" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA81" t="s">
+        <v>172</v>
       </c>
     </row>
     <row r="82" spans="1:110">
-      <c r="E82" s="2"/>
       <c r="I82" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>166</v>
+        <v>54</v>
+      </c>
+      <c r="N82" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA82" t="s">
+        <v>173</v>
       </c>
     </row>
     <row r="83" spans="1:110">
-      <c r="E83" s="2"/>
       <c r="I83" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>167</v>
+        <v>54</v>
+      </c>
+      <c r="N83" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA83" t="s">
+        <v>174</v>
       </c>
     </row>
     <row r="84" spans="1:110">
-      <c r="E84" s="2"/>
       <c r="I84" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>168</v>
+        <v>54</v>
+      </c>
+      <c r="N84" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA84" t="s">
+        <v>175</v>
       </c>
     </row>
     <row r="85" spans="1:110">
-      <c r="E85" s="2"/>
       <c r="I85" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>169</v>
+        <v>54</v>
+      </c>
+      <c r="N85" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA85" t="s">
+        <v>176</v>
       </c>
     </row>
     <row r="86" spans="1:110">
-      <c r="E86" s="2"/>
       <c r="I86" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>170</v>
+        <v>54</v>
+      </c>
+      <c r="N86" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA86" t="s">
+        <v>177</v>
       </c>
     </row>
     <row r="87" spans="1:110">
-      <c r="E87" s="2"/>
       <c r="I87" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>171</v>
+        <v>54</v>
+      </c>
+      <c r="N87" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA87" t="s">
+        <v>178</v>
       </c>
     </row>
     <row r="88" spans="1:110">
-      <c r="E88" s="2"/>
       <c r="I88" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>172</v>
+        <v>54</v>
+      </c>
+      <c r="N88" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA88" t="s">
+        <v>179</v>
       </c>
     </row>
     <row r="89" spans="1:110">
-      <c r="E89" s="2"/>
       <c r="I89" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>173</v>
+        <v>54</v>
+      </c>
+      <c r="N89" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA89" t="s">
+        <v>180</v>
       </c>
     </row>
     <row r="90" spans="1:110">
-      <c r="E90" s="2"/>
       <c r="I90" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>174</v>
+        <v>54</v>
+      </c>
+      <c r="N90" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA90" t="s">
+        <v>181</v>
       </c>
     </row>
     <row r="91" spans="1:110">
-      <c r="E91" s="2"/>
       <c r="I91" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>175</v>
+        <v>54</v>
+      </c>
+      <c r="N91" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA91" t="s">
+        <v>182</v>
       </c>
     </row>
     <row r="92" spans="1:110">
-      <c r="E92" s="2"/>
       <c r="I92" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>176</v>
+        <v>54</v>
+      </c>
+      <c r="N92" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA92" t="s">
+        <v>183</v>
       </c>
     </row>
     <row r="93" spans="1:110">
-      <c r="E93" s="2"/>
       <c r="I93" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>177</v>
+        <v>54</v>
+      </c>
+      <c r="N93" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA93" t="s">
+        <v>184</v>
       </c>
     </row>
     <row r="94" spans="1:110">
-      <c r="E94" s="2"/>
       <c r="I94" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>178</v>
+        <v>54</v>
+      </c>
+      <c r="N94" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA94" t="s">
+        <v>185</v>
       </c>
     </row>
     <row r="95" spans="1:110">
-      <c r="E95" s="2"/>
       <c r="I95" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>179</v>
+        <v>54</v>
+      </c>
+      <c r="N95" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA95" t="s">
+        <v>186</v>
       </c>
     </row>
     <row r="96" spans="1:110">
-      <c r="E96" s="2"/>
       <c r="I96" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>180</v>
+        <v>54</v>
+      </c>
+      <c r="N96" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA96" t="s">
+        <v>187</v>
       </c>
     </row>
     <row r="97" spans="1:110">
-      <c r="E97" s="2"/>
       <c r="I97" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>181</v>
+        <v>54</v>
+      </c>
+      <c r="N97" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA97" t="s">
+        <v>188</v>
       </c>
     </row>
     <row r="98" spans="1:110">
-      <c r="E98" s="2"/>
       <c r="I98" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>182</v>
+        <v>54</v>
+      </c>
+      <c r="N98" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA98" t="s">
+        <v>189</v>
       </c>
     </row>
     <row r="99" spans="1:110">
-      <c r="E99" s="2"/>
       <c r="I99" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>183</v>
+        <v>54</v>
+      </c>
+      <c r="N99" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA99" t="s">
+        <v>190</v>
       </c>
     </row>
     <row r="100" spans="1:110">
-      <c r="E100" s="2"/>
       <c r="I100" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>184</v>
+        <v>54</v>
+      </c>
+      <c r="N100" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA100" t="s">
+        <v>191</v>
       </c>
     </row>
     <row r="101" spans="1:110">
-      <c r="E101" s="2"/>
       <c r="I101" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>185</v>
+        <v>54</v>
+      </c>
+      <c r="N101" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA101" t="s">
+        <v>192</v>
       </c>
     </row>
     <row r="102" spans="1:110">
-      <c r="E102" s="2"/>
       <c r="I102" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>186</v>
+        <v>54</v>
+      </c>
+      <c r="N102" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA102" t="s">
+        <v>193</v>
       </c>
     </row>
     <row r="103" spans="1:110">
-      <c r="E103" s="2"/>
       <c r="I103" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>187</v>
+        <v>54</v>
+      </c>
+      <c r="N103" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA103" t="s">
+        <v>194</v>
       </c>
     </row>
     <row r="104" spans="1:110">
-      <c r="E104" s="2"/>
       <c r="I104" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>188</v>
+        <v>54</v>
+      </c>
+      <c r="N104" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA104" t="s">
+        <v>195</v>
       </c>
     </row>
     <row r="105" spans="1:110">
-      <c r="E105" s="2"/>
       <c r="I105" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>189</v>
+        <v>54</v>
+      </c>
+      <c r="N105" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA105" t="s">
+        <v>196</v>
       </c>
     </row>
     <row r="106" spans="1:110">
-      <c r="E106" s="2"/>
       <c r="I106" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>190</v>
+        <v>54</v>
+      </c>
+      <c r="N106" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA106" t="s">
+        <v>197</v>
       </c>
     </row>
     <row r="107" spans="1:110">
-      <c r="E107" s="2"/>
       <c r="I107" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>191</v>
+        <v>54</v>
+      </c>
+      <c r="N107" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA107" t="s">
+        <v>198</v>
       </c>
     </row>
     <row r="108" spans="1:110">
-      <c r="E108" s="2"/>
       <c r="I108" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>192</v>
+        <v>54</v>
+      </c>
+      <c r="N108" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA108" t="s">
+        <v>199</v>
       </c>
     </row>
     <row r="109" spans="1:110">
-      <c r="E109" s="2"/>
       <c r="I109" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>193</v>
+        <v>54</v>
+      </c>
+      <c r="N109" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA109" t="s">
+        <v>200</v>
       </c>
     </row>
     <row r="110" spans="1:110">
-      <c r="E110" s="2"/>
       <c r="I110" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>194</v>
+        <v>54</v>
+      </c>
+      <c r="N110" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA110" t="s">
+        <v>201</v>
       </c>
     </row>
     <row r="111" spans="1:110">
-      <c r="E111" s="2"/>
       <c r="I111" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>195</v>
+        <v>54</v>
+      </c>
+      <c r="N111" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA111" t="s">
+        <v>202</v>
       </c>
     </row>
     <row r="112" spans="1:110">
-      <c r="E112" s="2"/>
       <c r="I112" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>196</v>
+        <v>54</v>
+      </c>
+      <c r="N112" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA112" t="s">
+        <v>203</v>
       </c>
     </row>
     <row r="113" spans="1:110">
-      <c r="E113" s="2"/>
       <c r="I113" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>197</v>
+        <v>54</v>
+      </c>
+      <c r="N113" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA113" t="s">
+        <v>204</v>
       </c>
     </row>
     <row r="114" spans="1:110">
-      <c r="E114" s="2"/>
       <c r="I114" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>198</v>
+        <v>54</v>
+      </c>
+      <c r="N114" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA114" t="s">
+        <v>205</v>
       </c>
     </row>
     <row r="115" spans="1:110">
-      <c r="E115" s="2"/>
       <c r="I115" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>199</v>
+        <v>54</v>
+      </c>
+      <c r="N115" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA115" t="s">
+        <v>206</v>
       </c>
     </row>
     <row r="116" spans="1:110">
-      <c r="E116" s="2"/>
       <c r="I116" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>200</v>
+        <v>54</v>
+      </c>
+      <c r="N116" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA116" t="s">
+        <v>207</v>
       </c>
     </row>
     <row r="117" spans="1:110">
-      <c r="E117" s="2"/>
       <c r="I117" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>201</v>
+        <v>54</v>
+      </c>
+      <c r="N117" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA117" t="s">
+        <v>208</v>
       </c>
     </row>
     <row r="118" spans="1:110">
-      <c r="E118" s="2"/>
       <c r="I118" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>202</v>
+        <v>54</v>
+      </c>
+      <c r="N118" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA118" t="s">
+        <v>209</v>
       </c>
     </row>
     <row r="119" spans="1:110">
-      <c r="E119" s="2"/>
       <c r="I119" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>203</v>
+        <v>54</v>
+      </c>
+      <c r="N119" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA119" t="s">
+        <v>210</v>
       </c>
     </row>
     <row r="120" spans="1:110">
-      <c r="E120" s="2"/>
       <c r="I120" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>204</v>
+        <v>54</v>
+      </c>
+      <c r="N120" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA120" t="s">
+        <v>211</v>
       </c>
     </row>
     <row r="121" spans="1:110">
-      <c r="E121" s="2"/>
       <c r="I121" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>205</v>
+        <v>54</v>
+      </c>
+      <c r="N121" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA121" t="s">
+        <v>212</v>
       </c>
     </row>
     <row r="122" spans="1:110">
-      <c r="E122" s="2"/>
       <c r="I122" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>206</v>
+        <v>54</v>
+      </c>
+      <c r="N122" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA122" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="123" spans="1:110">
-      <c r="E123" s="2"/>
       <c r="I123" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>207</v>
+        <v>54</v>
+      </c>
+      <c r="N123" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA123" t="s">
+        <v>214</v>
       </c>
     </row>
     <row r="124" spans="1:110">
-      <c r="E124" s="2"/>
       <c r="I124" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>208</v>
+        <v>54</v>
+      </c>
+      <c r="N124" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA124" t="s">
+        <v>215</v>
       </c>
     </row>
     <row r="125" spans="1:110">
-      <c r="E125" s="2"/>
       <c r="I125" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>209</v>
+        <v>54</v>
+      </c>
+      <c r="N125" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA125" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="126" spans="1:110">
-      <c r="E126" s="2"/>
       <c r="I126" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>210</v>
+        <v>54</v>
+      </c>
+      <c r="N126" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA126" t="s">
+        <v>217</v>
       </c>
     </row>
     <row r="127" spans="1:110">
-      <c r="E127" s="2"/>
       <c r="I127" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>211</v>
+        <v>54</v>
+      </c>
+      <c r="N127" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA127" t="s">
+        <v>218</v>
       </c>
     </row>
     <row r="128" spans="1:110">
-      <c r="E128" s="2"/>
       <c r="I128" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>212</v>
+        <v>54</v>
+      </c>
+      <c r="N128" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA128" t="s">
+        <v>219</v>
       </c>
     </row>
     <row r="129" spans="1:110">
-      <c r="E129" s="2"/>
       <c r="I129" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>213</v>
+        <v>54</v>
+      </c>
+      <c r="N129" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA129" t="s">
+        <v>220</v>
       </c>
     </row>
     <row r="130" spans="1:110">
-      <c r="E130" s="2"/>
       <c r="I130" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>214</v>
+        <v>54</v>
+      </c>
+      <c r="N130" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA130" t="s">
+        <v>221</v>
       </c>
     </row>
     <row r="131" spans="1:110">
-      <c r="E131" s="2"/>
       <c r="I131" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>215</v>
+        <v>54</v>
+      </c>
+      <c r="N131" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA131" t="s">
+        <v>222</v>
       </c>
     </row>
     <row r="132" spans="1:110">
-      <c r="E132" s="2"/>
       <c r="I132" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>216</v>
+        <v>54</v>
+      </c>
+      <c r="N132" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA132" t="s">
+        <v>223</v>
       </c>
     </row>
     <row r="133" spans="1:110">
-      <c r="E133" s="2"/>
       <c r="I133" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>217</v>
+        <v>54</v>
+      </c>
+      <c r="N133" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA133" t="s">
+        <v>224</v>
       </c>
     </row>
     <row r="134" spans="1:110">
-      <c r="E134" s="2"/>
       <c r="I134" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>218</v>
+        <v>54</v>
+      </c>
+      <c r="N134" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA134" t="s">
+        <v>225</v>
       </c>
     </row>
     <row r="135" spans="1:110">
-      <c r="E135" s="2"/>
       <c r="I135" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>219</v>
+        <v>54</v>
+      </c>
+      <c r="N135" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA135" t="s">
+        <v>226</v>
       </c>
     </row>
     <row r="136" spans="1:110">
-      <c r="E136" s="2"/>
       <c r="I136" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>220</v>
+        <v>54</v>
+      </c>
+      <c r="N136" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA136" t="s">
+        <v>227</v>
       </c>
     </row>
     <row r="137" spans="1:110">
-      <c r="E137" s="2"/>
       <c r="I137" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>221</v>
+        <v>54</v>
+      </c>
+      <c r="N137" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA137" t="s">
+        <v>228</v>
       </c>
     </row>
     <row r="138" spans="1:110">
-      <c r="E138" s="2"/>
       <c r="I138" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>222</v>
+        <v>54</v>
+      </c>
+      <c r="N138" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA138" t="s">
+        <v>229</v>
       </c>
     </row>
     <row r="139" spans="1:110">
-      <c r="E139" s="2"/>
       <c r="I139" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>223</v>
+        <v>54</v>
+      </c>
+      <c r="N139" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA139" t="s">
+        <v>230</v>
       </c>
     </row>
     <row r="140" spans="1:110">
-      <c r="E140" s="2"/>
       <c r="I140" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>224</v>
+        <v>54</v>
+      </c>
+      <c r="N140" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA140" t="s">
+        <v>231</v>
       </c>
     </row>
     <row r="141" spans="1:110">
-      <c r="E141" s="2"/>
       <c r="I141" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>225</v>
+        <v>54</v>
+      </c>
+      <c r="N141" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA141" t="s">
+        <v>232</v>
       </c>
     </row>
     <row r="142" spans="1:110">
-      <c r="E142" s="2"/>
       <c r="I142" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>226</v>
+        <v>54</v>
+      </c>
+      <c r="N142" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA142" t="s">
+        <v>233</v>
       </c>
     </row>
     <row r="143" spans="1:110">
-      <c r="E143" s="2"/>
       <c r="I143" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>227</v>
+        <v>54</v>
+      </c>
+      <c r="N143" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA143" t="s">
+        <v>234</v>
       </c>
     </row>
     <row r="144" spans="1:110">
-      <c r="E144" s="2"/>
       <c r="I144" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>228</v>
+        <v>54</v>
+      </c>
+      <c r="N144" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA144" t="s">
+        <v>235</v>
       </c>
     </row>
     <row r="145" spans="1:110">
-      <c r="E145" s="2"/>
       <c r="I145" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>229</v>
+        <v>54</v>
+      </c>
+      <c r="N145" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA145" t="s">
+        <v>236</v>
       </c>
     </row>
     <row r="146" spans="1:110">
-      <c r="E146" s="2"/>
       <c r="I146" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>230</v>
+        <v>54</v>
+      </c>
+      <c r="N146" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA146" t="s">
+        <v>237</v>
       </c>
     </row>
     <row r="147" spans="1:110">
-      <c r="E147" s="2"/>
       <c r="I147" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>231</v>
+        <v>54</v>
+      </c>
+      <c r="N147" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA147" t="s">
+        <v>238</v>
       </c>
     </row>
     <row r="148" spans="1:110">
-      <c r="E148" s="2"/>
       <c r="I148" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>232</v>
+        <v>54</v>
+      </c>
+      <c r="N148" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA148" t="s">
+        <v>239</v>
       </c>
     </row>
     <row r="149" spans="1:110">
-      <c r="E149" s="2"/>
       <c r="I149" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>233</v>
+        <v>54</v>
+      </c>
+      <c r="N149" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA149" t="s">
+        <v>240</v>
       </c>
     </row>
     <row r="150" spans="1:110">
-      <c r="E150" s="2"/>
       <c r="I150" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>233</v>
+        <v>54</v>
+      </c>
+      <c r="N150" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA150" t="s">
+        <v>241</v>
       </c>
     </row>
     <row r="151" spans="1:110">
-      <c r="E151" s="2"/>
       <c r="I151" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>234</v>
+        <v>54</v>
+      </c>
+      <c r="N151" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA151" t="s">
+        <v>242</v>
       </c>
     </row>
     <row r="152" spans="1:110">
-      <c r="E152" s="2"/>
       <c r="I152" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>235</v>
+        <v>54</v>
+      </c>
+      <c r="N152" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA152" t="s">
+        <v>243</v>
       </c>
     </row>
     <row r="153" spans="1:110">
-      <c r="E153" s="2"/>
       <c r="I153" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>236</v>
+        <v>54</v>
+      </c>
+      <c r="N153" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA153" t="s">
+        <v>244</v>
       </c>
     </row>
     <row r="154" spans="1:110">
-      <c r="E154" s="2"/>
       <c r="I154" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>237</v>
+        <v>54</v>
+      </c>
+      <c r="N154" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA154" t="s">
+        <v>245</v>
       </c>
     </row>
     <row r="155" spans="1:110">
-      <c r="E155" s="2"/>
       <c r="I155" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>238</v>
+        <v>54</v>
+      </c>
+      <c r="N155" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA155" t="s">
+        <v>246</v>
       </c>
     </row>
     <row r="156" spans="1:110">
-      <c r="E156" s="2"/>
       <c r="I156" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>239</v>
+        <v>54</v>
+      </c>
+      <c r="N156" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA156" t="s">
+        <v>247</v>
       </c>
     </row>
     <row r="157" spans="1:110">
-      <c r="E157" s="2"/>
       <c r="I157" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>240</v>
+        <v>54</v>
+      </c>
+      <c r="N157" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA157" t="s">
+        <v>248</v>
       </c>
     </row>
     <row r="158" spans="1:110">
-      <c r="E158" s="2"/>
       <c r="I158" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>241</v>
+        <v>54</v>
+      </c>
+      <c r="N158" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA158" t="s">
+        <v>248</v>
       </c>
     </row>
     <row r="159" spans="1:110">
-      <c r="E159" s="2"/>
       <c r="I159" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>242</v>
+        <v>54</v>
+      </c>
+      <c r="N159" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA159" t="s">
+        <v>249</v>
       </c>
     </row>
     <row r="160" spans="1:110">
-      <c r="E160" s="2"/>
       <c r="I160" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>243</v>
+        <v>54</v>
+      </c>
+      <c r="N160" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA160" t="s">
+        <v>250</v>
       </c>
     </row>
     <row r="161" spans="1:110">
-      <c r="E161" s="2"/>
       <c r="I161" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>244</v>
+        <v>54</v>
+      </c>
+      <c r="N161" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA161" t="s">
+        <v>251</v>
       </c>
     </row>
     <row r="162" spans="1:110">
-      <c r="E162" s="2"/>
       <c r="I162" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>245</v>
+        <v>54</v>
+      </c>
+      <c r="N162" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA162" t="s">
+        <v>252</v>
       </c>
     </row>
     <row r="163" spans="1:110">
-      <c r="E163" s="2"/>
       <c r="I163" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>246</v>
+        <v>54</v>
+      </c>
+      <c r="N163" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA163" t="s">
+        <v>253</v>
       </c>
     </row>
     <row r="164" spans="1:110">
-      <c r="E164" s="2"/>
       <c r="I164" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>247</v>
+        <v>54</v>
+      </c>
+      <c r="N164" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA164" t="s">
+        <v>254</v>
       </c>
     </row>
     <row r="165" spans="1:110">
-      <c r="E165" s="2"/>
       <c r="I165" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>248</v>
+        <v>54</v>
+      </c>
+      <c r="N165" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA165" t="s">
+        <v>255</v>
       </c>
     </row>
     <row r="166" spans="1:110">
-      <c r="E166" s="2"/>
       <c r="I166" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>249</v>
+        <v>54</v>
+      </c>
+      <c r="N166" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA166" t="s">
+        <v>256</v>
       </c>
     </row>
     <row r="167" spans="1:110">
-      <c r="E167" s="2"/>
       <c r="I167" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>250</v>
+        <v>54</v>
+      </c>
+      <c r="N167" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA167" t="s">
+        <v>257</v>
       </c>
     </row>
     <row r="168" spans="1:110">
-      <c r="E168" s="2"/>
       <c r="I168" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>251</v>
+        <v>54</v>
+      </c>
+      <c r="N168" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA168" t="s">
+        <v>258</v>
       </c>
     </row>
     <row r="169" spans="1:110">
-      <c r="E169" s="2"/>
       <c r="I169" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>252</v>
+        <v>54</v>
+      </c>
+      <c r="N169" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA169" t="s">
+        <v>259</v>
       </c>
     </row>
     <row r="170" spans="1:110">
-      <c r="E170" s="2"/>
       <c r="I170" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>253</v>
+        <v>54</v>
+      </c>
+      <c r="N170" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA170" t="s">
+        <v>260</v>
       </c>
     </row>
     <row r="171" spans="1:110">
-      <c r="E171" s="2"/>
       <c r="I171" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>254</v>
+        <v>54</v>
+      </c>
+      <c r="N171" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA171" t="s">
+        <v>261</v>
       </c>
     </row>
     <row r="172" spans="1:110">
-      <c r="E172" s="2"/>
       <c r="I172" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>255</v>
+        <v>54</v>
+      </c>
+      <c r="N172" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA172" t="s">
+        <v>262</v>
       </c>
     </row>
     <row r="173" spans="1:110">
-      <c r="E173" s="2"/>
       <c r="I173" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>256</v>
+        <v>54</v>
+      </c>
+      <c r="N173" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA173" t="s">
+        <v>263</v>
       </c>
     </row>
     <row r="174" spans="1:110">
-      <c r="E174" s="2"/>
       <c r="I174" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>257</v>
+        <v>54</v>
+      </c>
+      <c r="N174" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA174" t="s">
+        <v>264</v>
       </c>
     </row>
     <row r="175" spans="1:110">
-      <c r="E175" s="2"/>
       <c r="I175" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>258</v>
+        <v>54</v>
+      </c>
+      <c r="N175" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA175" t="s">
+        <v>265</v>
       </c>
     </row>
     <row r="176" spans="1:110">
-      <c r="E176" s="2"/>
       <c r="I176" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>259</v>
+        <v>54</v>
+      </c>
+      <c r="N176" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA176" t="s">
+        <v>266</v>
       </c>
     </row>
     <row r="177" spans="1:110">
-      <c r="E177" s="2"/>
       <c r="I177" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>260</v>
+        <v>54</v>
+      </c>
+      <c r="N177" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA177" t="s">
+        <v>267</v>
       </c>
     </row>
     <row r="178" spans="1:110">
-      <c r="E178" s="2"/>
       <c r="I178" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>261</v>
+        <v>54</v>
+      </c>
+      <c r="N178" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA178" t="s">
+        <v>268</v>
       </c>
     </row>
     <row r="179" spans="1:110">
-      <c r="E179" s="2"/>
       <c r="I179" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>262</v>
+        <v>54</v>
+      </c>
+      <c r="N179" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA179" t="s">
+        <v>269</v>
       </c>
     </row>
     <row r="180" spans="1:110">
-      <c r="E180" s="2"/>
       <c r="I180" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>263</v>
+        <v>54</v>
+      </c>
+      <c r="N180" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA180" t="s">
+        <v>270</v>
       </c>
     </row>
     <row r="181" spans="1:110">
-      <c r="E181" s="2"/>
       <c r="I181" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>264</v>
+        <v>54</v>
+      </c>
+      <c r="N181" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA181" t="s">
+        <v>271</v>
       </c>
     </row>
     <row r="182" spans="1:110">
-      <c r="E182" s="2"/>
       <c r="I182" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>265</v>
+        <v>54</v>
+      </c>
+      <c r="N182" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA182" t="s">
+        <v>272</v>
       </c>
     </row>
     <row r="183" spans="1:110">
-      <c r="E183" s="2"/>
       <c r="I183" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>266</v>
+        <v>54</v>
+      </c>
+      <c r="N183" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA183" t="s">
+        <v>273</v>
       </c>
     </row>
     <row r="184" spans="1:110">
-      <c r="E184" s="2"/>
       <c r="I184" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>267</v>
+        <v>54</v>
+      </c>
+      <c r="N184" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA184" t="s">
+        <v>274</v>
       </c>
     </row>
     <row r="185" spans="1:110">
-      <c r="E185" s="2"/>
       <c r="I185" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>268</v>
+        <v>54</v>
+      </c>
+      <c r="N185" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA185" t="s">
+        <v>275</v>
       </c>
     </row>
     <row r="186" spans="1:110">
-      <c r="E186" s="2"/>
       <c r="I186" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>269</v>
+        <v>54</v>
+      </c>
+      <c r="N186" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA186" t="s">
+        <v>276</v>
       </c>
     </row>
     <row r="187" spans="1:110">
-      <c r="E187" s="2"/>
       <c r="I187" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>270</v>
+        <v>54</v>
+      </c>
+      <c r="N187" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA187" t="s">
+        <v>277</v>
       </c>
     </row>
     <row r="188" spans="1:110">
-      <c r="E188" s="2"/>
       <c r="I188" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>271</v>
+        <v>54</v>
+      </c>
+      <c r="N188" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA188" t="s">
+        <v>278</v>
       </c>
     </row>
     <row r="189" spans="1:110">
-      <c r="E189" s="2"/>
       <c r="I189" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>272</v>
+        <v>54</v>
+      </c>
+      <c r="N189" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA189" t="s">
+        <v>279</v>
       </c>
     </row>
     <row r="190" spans="1:110">
-      <c r="E190" s="2"/>
       <c r="I190" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>273</v>
+        <v>54</v>
+      </c>
+      <c r="N190" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA190" t="s">
+        <v>280</v>
       </c>
     </row>
     <row r="191" spans="1:110">
-      <c r="E191" s="2"/>
       <c r="I191" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>274</v>
+        <v>54</v>
+      </c>
+      <c r="N191" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA191" t="s">
+        <v>281</v>
       </c>
     </row>
     <row r="192" spans="1:110">
-      <c r="E192" s="2"/>
       <c r="I192" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>275</v>
+        <v>54</v>
+      </c>
+      <c r="N192" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA192" t="s">
+        <v>282</v>
       </c>
     </row>
     <row r="193" spans="1:110">
-      <c r="E193" s="2"/>
       <c r="I193" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>276</v>
+        <v>54</v>
+      </c>
+      <c r="N193" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA193" t="s">
+        <v>283</v>
       </c>
     </row>
     <row r="194" spans="1:110">
-      <c r="E194" s="2"/>
       <c r="I194" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>277</v>
+        <v>54</v>
+      </c>
+      <c r="N194" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA194" t="s">
+        <v>284</v>
       </c>
     </row>
     <row r="195" spans="1:110">
-      <c r="E195" s="2"/>
       <c r="I195" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>278</v>
+        <v>54</v>
+      </c>
+      <c r="N195" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA195" t="s">
+        <v>285</v>
       </c>
     </row>
     <row r="196" spans="1:110">
-      <c r="E196" s="2"/>
       <c r="I196" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>279</v>
+        <v>54</v>
+      </c>
+      <c r="N196" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA196" t="s">
+        <v>286</v>
       </c>
     </row>
     <row r="197" spans="1:110">
-      <c r="E197" s="2"/>
       <c r="I197" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>280</v>
+        <v>54</v>
+      </c>
+      <c r="N197" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA197" t="s">
+        <v>287</v>
       </c>
     </row>
     <row r="198" spans="1:110">
-      <c r="E198" s="2"/>
       <c r="I198" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>281</v>
+        <v>54</v>
+      </c>
+      <c r="N198" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA198" t="s">
+        <v>288</v>
       </c>
     </row>
     <row r="199" spans="1:110">
-      <c r="E199" s="2"/>
       <c r="I199" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>282</v>
+        <v>54</v>
+      </c>
+      <c r="N199" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA199" t="s">
+        <v>289</v>
       </c>
     </row>
     <row r="200" spans="1:110">
-      <c r="E200" s="2"/>
       <c r="I200" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>283</v>
+        <v>54</v>
+      </c>
+      <c r="N200" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA200" t="s">
+        <v>290</v>
       </c>
     </row>
     <row r="201" spans="1:110">
-      <c r="E201" s="2"/>
       <c r="I201" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>284</v>
+        <v>54</v>
+      </c>
+      <c r="N201" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA201" t="s">
+        <v>291</v>
       </c>
     </row>
     <row r="202" spans="1:110">
-      <c r="E202" s="2"/>
       <c r="I202" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>285</v>
+        <v>54</v>
+      </c>
+      <c r="N202" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA202" t="s">
+        <v>292</v>
       </c>
     </row>
     <row r="203" spans="1:110">
-      <c r="E203" s="2"/>
       <c r="I203" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>286</v>
+        <v>54</v>
+      </c>
+      <c r="N203" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA203" t="s">
+        <v>293</v>
       </c>
     </row>
     <row r="204" spans="1:110">
-      <c r="E204" s="2"/>
       <c r="I204" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>287</v>
+        <v>54</v>
+      </c>
+      <c r="N204" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA204" t="s">
+        <v>294</v>
       </c>
     </row>
     <row r="205" spans="1:110">
-      <c r="E205" s="2"/>
       <c r="I205" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>288</v>
+        <v>54</v>
+      </c>
+      <c r="N205" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA205" t="s">
+        <v>295</v>
       </c>
     </row>
     <row r="206" spans="1:110">
-      <c r="E206" s="2"/>
       <c r="I206" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>289</v>
+        <v>54</v>
+      </c>
+      <c r="N206" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA206" t="s">
+        <v>296</v>
       </c>
     </row>
     <row r="207" spans="1:110">
-      <c r="E207" s="2"/>
       <c r="I207" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>290</v>
+        <v>54</v>
+      </c>
+      <c r="N207" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA207" t="s">
+        <v>297</v>
       </c>
     </row>
     <row r="208" spans="1:110">
-      <c r="E208" s="2"/>
       <c r="I208" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>291</v>
+        <v>54</v>
+      </c>
+      <c r="N208" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA208" t="s">
+        <v>298</v>
       </c>
     </row>
     <row r="209" spans="1:110">
-      <c r="E209" s="2"/>
       <c r="I209" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>292</v>
+        <v>54</v>
+      </c>
+      <c r="N209" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA209" t="s">
+        <v>299</v>
       </c>
     </row>
     <row r="210" spans="1:110">
-      <c r="E210" s="2"/>
       <c r="I210" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>293</v>
+        <v>54</v>
+      </c>
+      <c r="N210" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA210" t="s">
+        <v>300</v>
       </c>
     </row>
     <row r="211" spans="1:110">
-      <c r="E211" s="2"/>
       <c r="I211" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>294</v>
+        <v>54</v>
+      </c>
+      <c r="N211" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA211" t="s">
+        <v>301</v>
       </c>
     </row>
     <row r="212" spans="1:110">
-      <c r="E212" s="2"/>
       <c r="I212" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>295</v>
+        <v>54</v>
+      </c>
+      <c r="N212" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA212" t="s">
+        <v>302</v>
       </c>
     </row>
     <row r="213" spans="1:110">
-      <c r="E213" s="2"/>
       <c r="I213" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>296</v>
+        <v>54</v>
+      </c>
+      <c r="N213" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA213" t="s">
+        <v>303</v>
       </c>
     </row>
     <row r="214" spans="1:110">
-      <c r="E214" s="2"/>
       <c r="I214" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>297</v>
+        <v>54</v>
+      </c>
+      <c r="N214" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA214" t="s">
+        <v>304</v>
       </c>
     </row>
     <row r="215" spans="1:110">
-      <c r="E215" s="2"/>
       <c r="I215" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>298</v>
+        <v>54</v>
+      </c>
+      <c r="N215" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA215" t="s">
+        <v>305</v>
       </c>
     </row>
     <row r="216" spans="1:110">
-      <c r="E216" s="2"/>
       <c r="I216" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>299</v>
+        <v>54</v>
+      </c>
+      <c r="N216" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA216" t="s">
+        <v>306</v>
       </c>
     </row>
     <row r="217" spans="1:110">
-      <c r="E217" s="2"/>
       <c r="I217" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>300</v>
+        <v>54</v>
+      </c>
+      <c r="N217" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA217" t="s">
+        <v>307</v>
       </c>
     </row>
     <row r="218" spans="1:110">
-      <c r="E218" s="2"/>
       <c r="I218" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>301</v>
+        <v>54</v>
+      </c>
+      <c r="N218" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA218" t="s">
+        <v>308</v>
       </c>
     </row>
     <row r="219" spans="1:110">
-      <c r="E219" s="2"/>
       <c r="I219" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>302</v>
+        <v>54</v>
+      </c>
+      <c r="N219" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA219" t="s">
+        <v>309</v>
       </c>
     </row>
     <row r="220" spans="1:110">
-      <c r="E220" s="2"/>
       <c r="I220" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>303</v>
+        <v>54</v>
+      </c>
+      <c r="N220" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA220" t="s">
+        <v>310</v>
       </c>
     </row>
     <row r="221" spans="1:110">
-      <c r="E221" s="2"/>
       <c r="I221" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>304</v>
+        <v>54</v>
+      </c>
+      <c r="N221" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA221" t="s">
+        <v>311</v>
       </c>
     </row>
     <row r="222" spans="1:110">
-      <c r="E222" s="2"/>
       <c r="I222" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>305</v>
+        <v>54</v>
+      </c>
+      <c r="N222" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA222" t="s">
+        <v>312</v>
       </c>
     </row>
     <row r="223" spans="1:110">
-      <c r="E223" s="2"/>
       <c r="I223" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>306</v>
+        <v>54</v>
+      </c>
+      <c r="N223" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA223" t="s">
+        <v>313</v>
       </c>
     </row>
     <row r="224" spans="1:110">
-      <c r="E224" s="2"/>
       <c r="I224" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>307</v>
+        <v>54</v>
+      </c>
+      <c r="N224" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA224" t="s">
+        <v>314</v>
       </c>
     </row>
     <row r="225" spans="1:110">
-      <c r="E225" s="2"/>
       <c r="I225" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>308</v>
+        <v>54</v>
+      </c>
+      <c r="N225" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA225" t="s">
+        <v>315</v>
       </c>
     </row>
     <row r="226" spans="1:110">
-      <c r="E226" s="2"/>
       <c r="I226" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>309</v>
+        <v>54</v>
+      </c>
+      <c r="N226" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA226" t="s">
+        <v>316</v>
       </c>
     </row>
     <row r="227" spans="1:110">
-      <c r="E227" s="2"/>
       <c r="I227" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>310</v>
+        <v>54</v>
+      </c>
+      <c r="N227" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA227" t="s">
+        <v>317</v>
       </c>
     </row>
     <row r="228" spans="1:110">
-      <c r="E228" s="2"/>
       <c r="I228" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>311</v>
+        <v>54</v>
+      </c>
+      <c r="N228" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA228" t="s">
+        <v>318</v>
       </c>
     </row>
     <row r="229" spans="1:110">
-      <c r="E229" s="2"/>
       <c r="I229" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>312</v>
+        <v>54</v>
+      </c>
+      <c r="N229" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA229" t="s">
+        <v>319</v>
       </c>
     </row>
     <row r="230" spans="1:110">
-      <c r="E230" s="2"/>
       <c r="I230" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>313</v>
+        <v>54</v>
+      </c>
+      <c r="N230" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA230" t="s">
+        <v>320</v>
       </c>
     </row>
     <row r="231" spans="1:110">
-      <c r="E231" s="2"/>
       <c r="I231" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>314</v>
+        <v>54</v>
+      </c>
+      <c r="N231" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA231" t="s">
+        <v>321</v>
       </c>
     </row>
     <row r="232" spans="1:110">
-      <c r="E232" s="2"/>
       <c r="I232" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>315</v>
+        <v>54</v>
+      </c>
+      <c r="N232" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA232" t="s">
+        <v>322</v>
       </c>
     </row>
     <row r="233" spans="1:110">
-      <c r="E233" s="2"/>
       <c r="I233" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>316</v>
+        <v>54</v>
+      </c>
+      <c r="N233" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA233" t="s">
+        <v>323</v>
       </c>
     </row>
     <row r="234" spans="1:110">
-      <c r="E234" s="2"/>
       <c r="I234" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>317</v>
+        <v>54</v>
+      </c>
+      <c r="N234" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA234" t="s">
+        <v>324</v>
       </c>
     </row>
     <row r="235" spans="1:110">
-      <c r="E235" s="2"/>
       <c r="I235" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>318</v>
+        <v>54</v>
+      </c>
+      <c r="N235" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA235" t="s">
+        <v>325</v>
       </c>
     </row>
     <row r="236" spans="1:110">
-      <c r="E236" s="2"/>
       <c r="I236" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>319</v>
+        <v>54</v>
+      </c>
+      <c r="N236" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA236" t="s">
+        <v>326</v>
       </c>
     </row>
     <row r="237" spans="1:110">
-      <c r="E237" s="2"/>
       <c r="I237" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>320</v>
+        <v>54</v>
+      </c>
+      <c r="N237" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA237" t="s">
+        <v>327</v>
       </c>
     </row>
     <row r="238" spans="1:110">
-      <c r="E238" s="2"/>
       <c r="I238" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>321</v>
+        <v>54</v>
+      </c>
+      <c r="N238" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA238" t="s">
+        <v>328</v>
       </c>
     </row>
     <row r="239" spans="1:110">
-      <c r="E239" s="2"/>
       <c r="I239" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>322</v>
+        <v>54</v>
+      </c>
+      <c r="N239" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA239" t="s">
+        <v>329</v>
       </c>
     </row>
     <row r="240" spans="1:110">
-      <c r="E240" s="2"/>
       <c r="I240" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>323</v>
+        <v>54</v>
+      </c>
+      <c r="N240" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA240" t="s">
+        <v>330</v>
       </c>
     </row>
     <row r="241" spans="1:110">
-      <c r="E241" s="2"/>
       <c r="I241" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>324</v>
+        <v>54</v>
+      </c>
+      <c r="N241" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA241" t="s">
+        <v>331</v>
       </c>
     </row>
     <row r="242" spans="1:110">
-      <c r="E242" s="2"/>
       <c r="I242" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>325</v>
+        <v>54</v>
+      </c>
+      <c r="N242" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA242" t="s">
+        <v>332</v>
       </c>
     </row>
     <row r="243" spans="1:110">
-      <c r="E243" s="2"/>
       <c r="I243" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>326</v>
+        <v>54</v>
+      </c>
+      <c r="N243" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA243" t="s">
+        <v>333</v>
       </c>
     </row>
     <row r="244" spans="1:110">
-      <c r="E244" s="2"/>
       <c r="I244" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>327</v>
+        <v>54</v>
+      </c>
+      <c r="N244" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA244" t="s">
+        <v>334</v>
       </c>
     </row>
     <row r="245" spans="1:110">
-      <c r="E245" s="2"/>
       <c r="I245" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>328</v>
+        <v>54</v>
+      </c>
+      <c r="N245" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA245" t="s">
+        <v>335</v>
       </c>
     </row>
     <row r="246" spans="1:110">
-      <c r="E246" s="2"/>
       <c r="I246" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>329</v>
+        <v>54</v>
+      </c>
+      <c r="N246" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA246" t="s">
+        <v>336</v>
       </c>
     </row>
     <row r="247" spans="1:110">
-      <c r="E247" s="2"/>
       <c r="I247" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>330</v>
+        <v>54</v>
+      </c>
+      <c r="N247" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA247" t="s">
+        <v>337</v>
       </c>
     </row>
     <row r="248" spans="1:110">
-      <c r="E248" s="2"/>
       <c r="I248" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>331</v>
+        <v>54</v>
+      </c>
+      <c r="N248" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA248" t="s">
+        <v>338</v>
       </c>
     </row>
     <row r="249" spans="1:110">
-      <c r="E249" s="2"/>
       <c r="I249" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>332</v>
+        <v>54</v>
+      </c>
+      <c r="N249" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA249" t="s">
+        <v>339</v>
       </c>
     </row>
     <row r="250" spans="1:110">
-      <c r="E250" s="2"/>
       <c r="I250" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>333</v>
+        <v>54</v>
+      </c>
+      <c r="N250" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA250" t="s">
+        <v>340</v>
       </c>
     </row>
     <row r="251" spans="1:110">
-      <c r="E251" s="2"/>
       <c r="I251" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>334</v>
+        <v>54</v>
+      </c>
+      <c r="N251" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA251" t="s">
+        <v>341</v>
       </c>
     </row>
     <row r="252" spans="1:110">
-      <c r="E252" s="2"/>
       <c r="I252" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>333</v>
+        <v>54</v>
+      </c>
+      <c r="N252" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA252" t="s">
+        <v>342</v>
       </c>
     </row>
     <row r="253" spans="1:110">
-      <c r="E253" s="2"/>
       <c r="I253" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>335</v>
+        <v>54</v>
+      </c>
+      <c r="N253" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA253" t="s">
+        <v>343</v>
       </c>
     </row>
     <row r="254" spans="1:110">
-      <c r="E254" s="2"/>
       <c r="I254" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>336</v>
+        <v>54</v>
+      </c>
+      <c r="N254" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA254" t="s">
+        <v>344</v>
       </c>
     </row>
     <row r="255" spans="1:110">
-      <c r="E255" s="2"/>
       <c r="I255" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>337</v>
+        <v>54</v>
+      </c>
+      <c r="N255" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA255" t="s">
+        <v>345</v>
       </c>
     </row>
     <row r="256" spans="1:110">
-      <c r="E256" s="2"/>
       <c r="I256" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>338</v>
+        <v>54</v>
+      </c>
+      <c r="N256" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA256" t="s">
+        <v>346</v>
       </c>
     </row>
     <row r="257" spans="1:110">
-      <c r="E257" s="2"/>
       <c r="I257" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>339</v>
+        <v>54</v>
+      </c>
+      <c r="N257" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA257" t="s">
+        <v>347</v>
       </c>
     </row>
     <row r="258" spans="1:110">
-      <c r="E258" s="2"/>
       <c r="I258" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>340</v>
+        <v>54</v>
+      </c>
+      <c r="N258" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA258" t="s">
+        <v>348</v>
       </c>
     </row>
     <row r="259" spans="1:110">
-      <c r="E259" s="2"/>
       <c r="I259" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>341</v>
+        <v>54</v>
+      </c>
+      <c r="N259" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA259" t="s">
+        <v>349</v>
       </c>
     </row>
     <row r="260" spans="1:110">
-      <c r="E260" s="2"/>
       <c r="I260" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>342</v>
+        <v>54</v>
+      </c>
+      <c r="N260" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA260" t="s">
+        <v>350</v>
       </c>
     </row>
     <row r="261" spans="1:110">
-      <c r="E261" s="2"/>
       <c r="I261" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>343</v>
+        <v>54</v>
+      </c>
+      <c r="N261" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA261" t="s">
+        <v>351</v>
       </c>
     </row>
     <row r="262" spans="1:110">
-      <c r="E262" s="2"/>
       <c r="I262" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>344</v>
+        <v>54</v>
+      </c>
+      <c r="N262" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA262" t="s">
+        <v>352</v>
       </c>
     </row>
     <row r="263" spans="1:110">
-      <c r="E263" s="2"/>
       <c r="I263" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>345</v>
+        <v>54</v>
+      </c>
+      <c r="N263" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA263" t="s">
+        <v>353</v>
       </c>
     </row>
     <row r="264" spans="1:110">
-      <c r="E264" s="2"/>
       <c r="I264" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>346</v>
+        <v>54</v>
+      </c>
+      <c r="N264" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA264" t="s">
+        <v>354</v>
       </c>
     </row>
     <row r="265" spans="1:110">
-      <c r="E265" s="2"/>
       <c r="I265" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>347</v>
+        <v>54</v>
+      </c>
+      <c r="N265" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA265" t="s">
+        <v>355</v>
       </c>
     </row>
     <row r="266" spans="1:110">
-      <c r="E266" s="2"/>
       <c r="I266" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>348</v>
+        <v>54</v>
+      </c>
+      <c r="N266" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA266" t="s">
+        <v>356</v>
       </c>
     </row>
     <row r="267" spans="1:110">
-      <c r="E267" s="2"/>
       <c r="I267" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>349</v>
+        <v>54</v>
+      </c>
+      <c r="N267" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA267" t="s">
+        <v>357</v>
       </c>
     </row>
     <row r="268" spans="1:110">
-      <c r="E268" s="2"/>
       <c r="I268" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>350</v>
+        <v>54</v>
+      </c>
+      <c r="N268" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA268" t="s">
+        <v>358</v>
       </c>
     </row>
     <row r="269" spans="1:110">
-      <c r="E269" s="2"/>
       <c r="I269" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>351</v>
+        <v>54</v>
+      </c>
+      <c r="N269" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA269" t="s">
+        <v>359</v>
       </c>
     </row>
     <row r="270" spans="1:110">
-      <c r="E270" s="2"/>
       <c r="I270" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>352</v>
+        <v>54</v>
+      </c>
+      <c r="N270" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA270" t="s">
+        <v>360</v>
       </c>
     </row>
     <row r="271" spans="1:110">
-      <c r="E271" s="2"/>
       <c r="I271" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>353</v>
+        <v>54</v>
+      </c>
+      <c r="N271" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA271" t="s">
+        <v>361</v>
       </c>
     </row>
     <row r="272" spans="1:110">
-      <c r="E272" s="2"/>
       <c r="I272" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>354</v>
+        <v>54</v>
+      </c>
+      <c r="N272" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA272" t="s">
+        <v>362</v>
       </c>
     </row>
     <row r="273" spans="1:110">
-      <c r="E273" s="2"/>
       <c r="I273" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>355</v>
+        <v>54</v>
+      </c>
+      <c r="N273" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA273" t="s">
+        <v>363</v>
       </c>
     </row>
     <row r="274" spans="1:110">
-      <c r="E274" s="2"/>
       <c r="I274" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>356</v>
+        <v>54</v>
+      </c>
+      <c r="N274" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA274" t="s">
+        <v>364</v>
       </c>
     </row>
     <row r="275" spans="1:110">
-      <c r="E275" s="2"/>
       <c r="I275" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>357</v>
+        <v>54</v>
+      </c>
+      <c r="N275" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA275" t="s">
+        <v>365</v>
       </c>
     </row>
     <row r="276" spans="1:110">
-      <c r="E276" s="2"/>
       <c r="I276" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>358</v>
+        <v>54</v>
+      </c>
+      <c r="N276" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA276" t="s">
+        <v>366</v>
       </c>
     </row>
     <row r="277" spans="1:110">
-      <c r="E277" s="2"/>
       <c r="I277" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>359</v>
+        <v>54</v>
+      </c>
+      <c r="N277" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA277" t="s">
+        <v>367</v>
       </c>
     </row>
     <row r="278" spans="1:110">
-      <c r="E278" s="2"/>
       <c r="I278" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>360</v>
+        <v>54</v>
+      </c>
+      <c r="N278" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA278" t="s">
+        <v>368</v>
       </c>
     </row>
     <row r="279" spans="1:110">
-      <c r="E279" s="2"/>
       <c r="I279" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>361</v>
+        <v>54</v>
+      </c>
+      <c r="N279" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA279" t="s">
+        <v>369</v>
       </c>
     </row>
     <row r="280" spans="1:110">
-      <c r="E280" s="2"/>
       <c r="I280" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>362</v>
+        <v>54</v>
+      </c>
+      <c r="N280" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA280" t="s">
+        <v>370</v>
       </c>
     </row>
     <row r="281" spans="1:110">
-      <c r="E281" s="2"/>
       <c r="I281" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>363</v>
+        <v>54</v>
+      </c>
+      <c r="N281" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA281" t="s">
+        <v>371</v>
       </c>
     </row>
     <row r="282" spans="1:110">
-      <c r="E282" s="2"/>
       <c r="I282" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>364</v>
+        <v>54</v>
+      </c>
+      <c r="N282" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA282" t="s">
+        <v>372</v>
       </c>
     </row>
     <row r="283" spans="1:110">
-      <c r="E283" s="2"/>
       <c r="I283" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>365</v>
+        <v>54</v>
+      </c>
+      <c r="N283" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA283" t="s">
+        <v>373</v>
       </c>
     </row>
     <row r="284" spans="1:110">
-      <c r="E284" s="2"/>
       <c r="I284" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>366</v>
+        <v>54</v>
+      </c>
+      <c r="N284" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA284" t="s">
+        <v>374</v>
       </c>
     </row>
     <row r="285" spans="1:110">
-      <c r="E285" s="2"/>
       <c r="I285" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>367</v>
+        <v>54</v>
+      </c>
+      <c r="N285" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA285" t="s">
+        <v>375</v>
       </c>
     </row>
     <row r="286" spans="1:110">
-      <c r="E286" s="2"/>
       <c r="I286" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>368</v>
+        <v>54</v>
+      </c>
+      <c r="N286" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA286" t="s">
+        <v>376</v>
       </c>
     </row>
     <row r="287" spans="1:110">
-      <c r="E287" s="2"/>
       <c r="I287" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>369</v>
+        <v>54</v>
+      </c>
+      <c r="N287" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA287" t="s">
+        <v>377</v>
       </c>
     </row>
     <row r="288" spans="1:110">
-      <c r="E288" s="2"/>
       <c r="I288" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>370</v>
+        <v>54</v>
+      </c>
+      <c r="N288" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA288" t="s">
+        <v>378</v>
       </c>
     </row>
     <row r="289" spans="1:110">
-      <c r="E289" s="2"/>
       <c r="I289" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>371</v>
+        <v>54</v>
+      </c>
+      <c r="N289" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA289" t="s">
+        <v>379</v>
       </c>
     </row>
     <row r="290" spans="1:110">
-      <c r="E290" s="2"/>
       <c r="I290" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>372</v>
+        <v>54</v>
+      </c>
+      <c r="N290" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA290" t="s">
+        <v>380</v>
       </c>
     </row>
     <row r="291" spans="1:110">
-      <c r="E291" s="2"/>
       <c r="I291" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>373</v>
+        <v>54</v>
+      </c>
+      <c r="N291" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA291" t="s">
+        <v>381</v>
       </c>
     </row>
     <row r="292" spans="1:110">
-      <c r="E292" s="2"/>
       <c r="I292" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>374</v>
+        <v>54</v>
+      </c>
+      <c r="N292" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA292" t="s">
+        <v>382</v>
       </c>
     </row>
     <row r="293" spans="1:110">
-      <c r="E293" s="2"/>
       <c r="I293" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>375</v>
+        <v>54</v>
+      </c>
+      <c r="N293" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA293" t="s">
+        <v>383</v>
       </c>
     </row>
     <row r="294" spans="1:110">
-      <c r="E294" s="2"/>
       <c r="I294" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>376</v>
+        <v>54</v>
+      </c>
+      <c r="N294" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA294" t="s">
+        <v>384</v>
       </c>
     </row>
     <row r="295" spans="1:110">
-      <c r="E295" s="2"/>
       <c r="I295" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>377</v>
+        <v>54</v>
+      </c>
+      <c r="N295" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA295" t="s">
+        <v>385</v>
       </c>
     </row>
     <row r="296" spans="1:110">
-      <c r="E296" s="2"/>
       <c r="I296" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>378</v>
+        <v>54</v>
+      </c>
+      <c r="N296" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA296" t="s">
+        <v>386</v>
       </c>
     </row>
     <row r="297" spans="1:110">
-      <c r="E297" s="2"/>
       <c r="I297" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>379</v>
+        <v>54</v>
+      </c>
+      <c r="N297" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA297" t="s">
+        <v>387</v>
       </c>
     </row>
     <row r="298" spans="1:110">
-      <c r="E298" s="2"/>
       <c r="I298" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>380</v>
+        <v>54</v>
+      </c>
+      <c r="N298" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA298" t="s">
+        <v>388</v>
       </c>
     </row>
     <row r="299" spans="1:110">
-      <c r="E299" s="2"/>
       <c r="I299" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>381</v>
+        <v>54</v>
+      </c>
+      <c r="N299" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA299" t="s">
+        <v>389</v>
       </c>
     </row>
     <row r="300" spans="1:110">
-      <c r="E300" s="2"/>
       <c r="I300" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>382</v>
+        <v>54</v>
+      </c>
+      <c r="N300" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA300" t="s">
+        <v>390</v>
       </c>
     </row>
     <row r="301" spans="1:110">
-      <c r="E301" s="2"/>
       <c r="I301" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>383</v>
+        <v>54</v>
+      </c>
+      <c r="N301" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA301" t="s">
+        <v>391</v>
       </c>
     </row>
     <row r="302" spans="1:110">
-      <c r="E302" s="2"/>
       <c r="I302" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>384</v>
+        <v>54</v>
+      </c>
+      <c r="N302" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA302" t="s">
+        <v>392</v>
       </c>
     </row>
     <row r="303" spans="1:110">
-      <c r="E303" s="2"/>
       <c r="I303" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>385</v>
+        <v>54</v>
+      </c>
+      <c r="N303" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA303" t="s">
+        <v>393</v>
       </c>
     </row>
     <row r="304" spans="1:110">
-      <c r="E304" s="2"/>
       <c r="I304" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>386</v>
+        <v>54</v>
+      </c>
+      <c r="N304" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA304" t="s">
+        <v>394</v>
       </c>
     </row>
     <row r="305" spans="1:110">
-      <c r="E305" s="2"/>
       <c r="I305" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>387</v>
+        <v>54</v>
+      </c>
+      <c r="N305" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA305" t="s">
+        <v>395</v>
       </c>
     </row>
     <row r="306" spans="1:110">
-      <c r="E306" s="2"/>
       <c r="I306" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>388</v>
+        <v>54</v>
+      </c>
+      <c r="N306" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA306" t="s">
+        <v>396</v>
       </c>
     </row>
     <row r="307" spans="1:110">
-      <c r="E307" s="2"/>
       <c r="I307" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>389</v>
+        <v>54</v>
+      </c>
+      <c r="N307" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA307" t="s">
+        <v>397</v>
       </c>
     </row>
     <row r="308" spans="1:110">
-      <c r="E308" s="2"/>
       <c r="I308" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>390</v>
+        <v>54</v>
+      </c>
+      <c r="N308" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA308" t="s">
+        <v>398</v>
       </c>
     </row>
     <row r="309" spans="1:110">
-      <c r="E309" s="2"/>
       <c r="I309" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>391</v>
+        <v>54</v>
+      </c>
+      <c r="N309" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA309" t="s">
+        <v>399</v>
       </c>
     </row>
     <row r="310" spans="1:110">
-      <c r="E310" s="2"/>
       <c r="I310" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>392</v>
+        <v>54</v>
+      </c>
+      <c r="N310" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA310" t="s">
+        <v>400</v>
       </c>
     </row>
     <row r="311" spans="1:110">
-      <c r="E311" s="2"/>
       <c r="I311" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>393</v>
+        <v>54</v>
+      </c>
+      <c r="N311" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA311" t="s">
+        <v>401</v>
       </c>
     </row>
     <row r="312" spans="1:110">
-      <c r="E312" s="2"/>
       <c r="I312" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>394</v>
+        <v>54</v>
+      </c>
+      <c r="N312" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA312" t="s">
+        <v>402</v>
       </c>
     </row>
     <row r="313" spans="1:110">
-      <c r="E313" s="2"/>
       <c r="I313" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>395</v>
+        <v>54</v>
+      </c>
+      <c r="N313" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA313" t="s">
+        <v>403</v>
       </c>
     </row>
     <row r="314" spans="1:110">
-      <c r="E314" s="2"/>
       <c r="I314" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>396</v>
+        <v>54</v>
+      </c>
+      <c r="N314" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA314" t="s">
+        <v>404</v>
       </c>
     </row>
     <row r="315" spans="1:110">
-      <c r="E315" s="2"/>
       <c r="I315" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>397</v>
+        <v>54</v>
+      </c>
+      <c r="N315" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA315" t="s">
+        <v>405</v>
       </c>
     </row>
     <row r="316" spans="1:110">
-      <c r="E316" s="2"/>
       <c r="I316" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>398</v>
+        <v>54</v>
+      </c>
+      <c r="N316" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA316" t="s">
+        <v>406</v>
       </c>
     </row>
     <row r="317" spans="1:110">
-      <c r="E317" s="2"/>
       <c r="I317" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>399</v>
+        <v>54</v>
+      </c>
+      <c r="N317" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA317" t="s">
+        <v>407</v>
       </c>
     </row>
     <row r="318" spans="1:110">
-      <c r="E318" s="2"/>
       <c r="I318" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>400</v>
+        <v>54</v>
+      </c>
+      <c r="N318" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA318" t="s">
+        <v>408</v>
       </c>
     </row>
     <row r="319" spans="1:110">
-      <c r="E319" s="2"/>
       <c r="I319" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>401</v>
+        <v>54</v>
+      </c>
+      <c r="N319" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA319" t="s">
+        <v>409</v>
       </c>
     </row>
     <row r="320" spans="1:110">
-      <c r="E320" s="2"/>
       <c r="I320" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>402</v>
+        <v>54</v>
+      </c>
+      <c r="N320" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA320" t="s">
+        <v>410</v>
       </c>
     </row>
     <row r="321" spans="1:110">
-      <c r="E321" s="2"/>
       <c r="I321" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>403</v>
+        <v>54</v>
+      </c>
+      <c r="N321" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA321" t="s">
+        <v>411</v>
       </c>
     </row>
     <row r="322" spans="1:110">
-      <c r="E322" s="2"/>
       <c r="I322" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>404</v>
+        <v>54</v>
+      </c>
+      <c r="N322" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA322" t="s">
+        <v>412</v>
       </c>
     </row>
     <row r="323" spans="1:110">
-      <c r="E323" s="2"/>
       <c r="I323" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>405</v>
+        <v>54</v>
+      </c>
+      <c r="N323" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA323" t="s">
+        <v>413</v>
       </c>
     </row>
     <row r="324" spans="1:110">
-      <c r="E324" s="2"/>
       <c r="I324" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>406</v>
+        <v>54</v>
+      </c>
+      <c r="N324" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA324" t="s">
+        <v>414</v>
       </c>
     </row>
     <row r="325" spans="1:110">
-      <c r="E325" s="2"/>
       <c r="I325" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>407</v>
+        <v>54</v>
+      </c>
+      <c r="N325" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA325" t="s">
+        <v>415</v>
       </c>
     </row>
     <row r="326" spans="1:110">
-      <c r="E326" s="2"/>
       <c r="I326" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>408</v>
+        <v>54</v>
+      </c>
+      <c r="N326" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA326" t="s">
+        <v>416</v>
       </c>
     </row>
     <row r="327" spans="1:110">
-      <c r="E327" s="2"/>
       <c r="I327" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>409</v>
+        <v>54</v>
+      </c>
+      <c r="N327" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA327" t="s">
+        <v>417</v>
       </c>
     </row>
     <row r="328" spans="1:110">
-      <c r="E328" s="2"/>
       <c r="I328" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>410</v>
+        <v>54</v>
+      </c>
+      <c r="N328" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA328" t="s">
+        <v>418</v>
       </c>
     </row>
     <row r="329" spans="1:110">
-      <c r="E329" s="2"/>
       <c r="I329" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>411</v>
+        <v>54</v>
+      </c>
+      <c r="N329" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA329" t="s">
+        <v>419</v>
       </c>
     </row>
     <row r="330" spans="1:110">
-      <c r="E330" s="2"/>
       <c r="I330" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>412</v>
+        <v>54</v>
+      </c>
+      <c r="N330" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA330" t="s">
+        <v>420</v>
       </c>
     </row>
     <row r="331" spans="1:110">
-      <c r="E331" s="2"/>
       <c r="I331" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>413</v>
+        <v>54</v>
+      </c>
+      <c r="N331" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA331" t="s">
+        <v>421</v>
       </c>
     </row>
     <row r="332" spans="1:110">
-      <c r="E332" s="2"/>
       <c r="I332" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>414</v>
+        <v>54</v>
+      </c>
+      <c r="N332" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA332" t="s">
+        <v>422</v>
       </c>
     </row>
     <row r="333" spans="1:110">
-      <c r="E333" s="2"/>
       <c r="I333" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>415</v>
+        <v>54</v>
+      </c>
+      <c r="N333" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA333" t="s">
+        <v>423</v>
       </c>
     </row>
     <row r="334" spans="1:110">
-      <c r="E334" s="2"/>
       <c r="I334" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>416</v>
+        <v>54</v>
+      </c>
+      <c r="N334" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA334" t="s">
+        <v>424</v>
       </c>
     </row>
     <row r="335" spans="1:110">
-      <c r="E335" s="2"/>
       <c r="I335" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>417</v>
+        <v>54</v>
+      </c>
+      <c r="N335" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA335" t="s">
+        <v>425</v>
       </c>
     </row>
     <row r="336" spans="1:110">
-      <c r="E336" s="2"/>
       <c r="I336" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>418</v>
+        <v>54</v>
+      </c>
+      <c r="N336" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA336" t="s">
+        <v>426</v>
       </c>
     </row>
     <row r="337" spans="1:110">
-      <c r="E337" s="2"/>
       <c r="I337" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>419</v>
+        <v>54</v>
+      </c>
+      <c r="N337" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA337" t="s">
+        <v>427</v>
       </c>
     </row>
     <row r="338" spans="1:110">
-      <c r="E338" s="2"/>
       <c r="I338" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>420</v>
+        <v>54</v>
+      </c>
+      <c r="N338" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA338" t="s">
+        <v>428</v>
       </c>
     </row>
     <row r="339" spans="1:110">
-      <c r="E339" s="2"/>
       <c r="I339" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>421</v>
+        <v>54</v>
+      </c>
+      <c r="N339" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA339" t="s">
+        <v>429</v>
       </c>
     </row>
     <row r="340" spans="1:110">
-      <c r="E340" s="2"/>
       <c r="I340" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>422</v>
+        <v>54</v>
+      </c>
+      <c r="N340" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA340" t="s">
+        <v>430</v>
       </c>
     </row>
     <row r="341" spans="1:110">
-      <c r="E341" s="2"/>
       <c r="I341" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>423</v>
+        <v>54</v>
+      </c>
+      <c r="N341" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA341" t="s">
+        <v>431</v>
       </c>
     </row>
     <row r="342" spans="1:110">
-      <c r="E342" s="2"/>
       <c r="I342" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>424</v>
+        <v>54</v>
+      </c>
+      <c r="N342" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA342" t="s">
+        <v>432</v>
       </c>
     </row>
     <row r="343" spans="1:110">
-      <c r="E343" s="2"/>
       <c r="I343" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>425</v>
+        <v>54</v>
+      </c>
+      <c r="N343" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA343" t="s">
+        <v>433</v>
       </c>
     </row>
     <row r="344" spans="1:110">
-      <c r="E344" s="2"/>
       <c r="I344" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>426</v>
+        <v>54</v>
+      </c>
+      <c r="N344" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA344" t="s">
+        <v>434</v>
       </c>
     </row>
     <row r="345" spans="1:110">
-      <c r="E345" s="2"/>
       <c r="I345" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>427</v>
+        <v>54</v>
+      </c>
+      <c r="N345" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA345" t="s">
+        <v>435</v>
       </c>
     </row>
     <row r="346" spans="1:110">
-      <c r="E346" s="2"/>
       <c r="I346" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>428</v>
+        <v>54</v>
+      </c>
+      <c r="N346" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA346" t="s">
+        <v>436</v>
       </c>
     </row>
     <row r="347" spans="1:110">
-      <c r="E347" s="2"/>
       <c r="I347" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>429</v>
+        <v>54</v>
+      </c>
+      <c r="N347" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA347" t="s">
+        <v>437</v>
       </c>
     </row>
     <row r="348" spans="1:110">
-      <c r="E348" s="2"/>
       <c r="I348" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>430</v>
+        <v>54</v>
+      </c>
+      <c r="N348" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA348" t="s">
+        <v>438</v>
       </c>
     </row>
     <row r="349" spans="1:110">
-      <c r="E349" s="2"/>
       <c r="I349" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>431</v>
+        <v>54</v>
+      </c>
+      <c r="N349" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA349" t="s">
+        <v>439</v>
       </c>
     </row>
     <row r="350" spans="1:110">
-      <c r="E350" s="2"/>
       <c r="I350" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>432</v>
+        <v>54</v>
+      </c>
+      <c r="N350" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA350" t="s">
+        <v>440</v>
       </c>
     </row>
     <row r="351" spans="1:110">
-      <c r="E351" s="2"/>
       <c r="I351" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>433</v>
+        <v>54</v>
+      </c>
+      <c r="N351" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA351" t="s">
+        <v>441</v>
       </c>
     </row>
     <row r="352" spans="1:110">
-      <c r="E352" s="2"/>
       <c r="I352" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>434</v>
+        <v>54</v>
+      </c>
+      <c r="N352" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA352" t="s">
+        <v>442</v>
       </c>
     </row>
     <row r="353" spans="1:110">
-      <c r="E353" s="2"/>
       <c r="I353" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>435</v>
+        <v>54</v>
+      </c>
+      <c r="N353" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA353" t="s">
+        <v>443</v>
       </c>
     </row>
     <row r="354" spans="1:110">
-      <c r="E354" s="2"/>
       <c r="I354" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>436</v>
+        <v>54</v>
+      </c>
+      <c r="N354" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA354" t="s">
+        <v>444</v>
       </c>
     </row>
     <row r="355" spans="1:110">
-      <c r="E355" s="2"/>
       <c r="I355" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>437</v>
+        <v>54</v>
+      </c>
+      <c r="N355" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA355" t="s">
+        <v>445</v>
       </c>
     </row>
     <row r="356" spans="1:110">
-      <c r="E356" s="2"/>
       <c r="I356" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>438</v>
+        <v>54</v>
+      </c>
+      <c r="N356" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA356" t="s">
+        <v>446</v>
       </c>
     </row>
     <row r="357" spans="1:110">
-      <c r="E357" s="2"/>
       <c r="I357" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>439</v>
+        <v>54</v>
+      </c>
+      <c r="N357" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA357" t="s">
+        <v>447</v>
       </c>
     </row>
     <row r="358" spans="1:110">
-      <c r="E358" s="2"/>
       <c r="I358" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>440</v>
+        <v>54</v>
+      </c>
+      <c r="N358" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA358" t="s">
+        <v>448</v>
       </c>
     </row>
     <row r="359" spans="1:110">
-      <c r="E359" s="2"/>
       <c r="I359" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>441</v>
+        <v>54</v>
+      </c>
+      <c r="N359" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA359" t="s">
+        <v>449</v>
       </c>
     </row>
     <row r="360" spans="1:110">
-      <c r="E360" s="2"/>
       <c r="I360" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>442</v>
+        <v>54</v>
+      </c>
+      <c r="N360" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA360" t="s">
+        <v>450</v>
       </c>
     </row>
     <row r="361" spans="1:110">
-      <c r="E361" s="2"/>
       <c r="I361" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>443</v>
+        <v>54</v>
+      </c>
+      <c r="N361" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA361" t="s">
+        <v>451</v>
       </c>
     </row>
     <row r="362" spans="1:110">
-      <c r="E362" s="2"/>
       <c r="I362" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>444</v>
+        <v>54</v>
+      </c>
+      <c r="N362" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA362" t="s">
+        <v>452</v>
       </c>
     </row>
     <row r="363" spans="1:110">
-      <c r="E363" s="2"/>
       <c r="I363" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>445</v>
+        <v>54</v>
+      </c>
+      <c r="N363" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA363" t="s">
+        <v>453</v>
       </c>
     </row>
     <row r="364" spans="1:110">
-      <c r="E364" s="2"/>
       <c r="I364" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>446</v>
+        <v>54</v>
+      </c>
+      <c r="N364" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA364" t="s">
+        <v>454</v>
       </c>
     </row>
     <row r="365" spans="1:110">
-      <c r="E365" s="2"/>
       <c r="I365" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>447</v>
+        <v>54</v>
+      </c>
+      <c r="N365" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA365" t="s">
+        <v>455</v>
       </c>
     </row>
     <row r="366" spans="1:110">
-      <c r="E366" s="2"/>
       <c r="I366" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>448</v>
+        <v>54</v>
+      </c>
+      <c r="N366" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA366" t="s">
+        <v>456</v>
       </c>
     </row>
     <row r="367" spans="1:110">
-      <c r="E367" s="2"/>
       <c r="I367" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>449</v>
+        <v>54</v>
+      </c>
+      <c r="N367" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA367" t="s">
+        <v>457</v>
       </c>
     </row>
     <row r="368" spans="1:110">
-      <c r="E368" s="2"/>
       <c r="I368" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>450</v>
+        <v>54</v>
+      </c>
+      <c r="N368" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA368" t="s">
+        <v>458</v>
       </c>
     </row>
     <row r="369" spans="1:110">
-      <c r="E369" s="2"/>
       <c r="I369" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>451</v>
+        <v>54</v>
+      </c>
+      <c r="N369" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA369" t="s">
+        <v>459</v>
       </c>
     </row>
     <row r="370" spans="1:110">
-      <c r="E370" s="2"/>
       <c r="I370" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>452</v>
+        <v>54</v>
+      </c>
+      <c r="N370" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA370" t="s">
+        <v>460</v>
       </c>
     </row>
     <row r="371" spans="1:110">
-      <c r="E371" s="2"/>
       <c r="I371" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>453</v>
+        <v>54</v>
+      </c>
+      <c r="N371" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA371" t="s">
+        <v>461</v>
       </c>
     </row>
     <row r="372" spans="1:110">
-      <c r="E372" s="2"/>
       <c r="I372" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>454</v>
+        <v>54</v>
+      </c>
+      <c r="N372" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA372" t="s">
+        <v>462</v>
       </c>
     </row>
     <row r="373" spans="1:110">
-      <c r="E373" s="2"/>
       <c r="I373" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>455</v>
+        <v>54</v>
+      </c>
+      <c r="N373" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA373" t="s">
+        <v>463</v>
       </c>
     </row>
     <row r="374" spans="1:110">
-      <c r="E374" s="2"/>
       <c r="I374" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>456</v>
+        <v>54</v>
+      </c>
+      <c r="N374" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA374" t="s">
+        <v>464</v>
       </c>
     </row>
     <row r="375" spans="1:110">
-      <c r="E375" s="2"/>
       <c r="I375" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>457</v>
+        <v>54</v>
+      </c>
+      <c r="N375" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA375" t="s">
+        <v>465</v>
       </c>
     </row>
     <row r="376" spans="1:110">
-      <c r="E376" s="2"/>
       <c r="I376" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>458</v>
+        <v>54</v>
+      </c>
+      <c r="N376" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA376" t="s">
+        <v>466</v>
       </c>
     </row>
     <row r="377" spans="1:110">
-      <c r="E377" s="2"/>
       <c r="I377" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>459</v>
+        <v>54</v>
+      </c>
+      <c r="N377" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA377" t="s">
+        <v>467</v>
       </c>
     </row>
     <row r="378" spans="1:110">
-      <c r="E378" s="2"/>
       <c r="I378" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>460</v>
+        <v>54</v>
+      </c>
+      <c r="N378" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA378" t="s">
+        <v>468</v>
       </c>
     </row>
     <row r="379" spans="1:110">
-      <c r="E379" s="2"/>
       <c r="I379" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>461</v>
+        <v>54</v>
+      </c>
+      <c r="N379" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA379" t="s">
+        <v>469</v>
       </c>
     </row>
     <row r="380" spans="1:110">
-      <c r="E380" s="2"/>
       <c r="I380" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>462</v>
+        <v>54</v>
+      </c>
+      <c r="N380" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA380" t="s">
+        <v>470</v>
       </c>
     </row>
     <row r="381" spans="1:110">
-      <c r="E381" s="2"/>
       <c r="I381" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>463</v>
+        <v>54</v>
+      </c>
+      <c r="N381" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA381" t="s">
+        <v>471</v>
       </c>
     </row>
     <row r="382" spans="1:110">
-      <c r="E382" s="2"/>
       <c r="I382" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>464</v>
+        <v>54</v>
+      </c>
+      <c r="N382" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA382" t="s">
+        <v>472</v>
       </c>
     </row>
     <row r="383" spans="1:110">
-      <c r="E383" s="2"/>
       <c r="I383" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>465</v>
+        <v>54</v>
+      </c>
+      <c r="N383" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA383" t="s">
+        <v>473</v>
       </c>
     </row>
     <row r="384" spans="1:110">
-      <c r="E384" s="2"/>
       <c r="I384" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>466</v>
+        <v>54</v>
+      </c>
+      <c r="N384" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA384" t="s">
+        <v>474</v>
       </c>
     </row>
     <row r="385" spans="1:110">
-      <c r="E385" s="2"/>
       <c r="I385" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>467</v>
+        <v>54</v>
+      </c>
+      <c r="N385" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA385" t="s">
+        <v>475</v>
       </c>
     </row>
     <row r="386" spans="1:110">
-      <c r="E386" s="2"/>
       <c r="I386" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>468</v>
+        <v>54</v>
+      </c>
+      <c r="N386" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA386" t="s">
+        <v>476</v>
       </c>
     </row>
     <row r="387" spans="1:110">
-      <c r="E387" s="2"/>
       <c r="I387" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>469</v>
+        <v>54</v>
+      </c>
+      <c r="N387" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA387" t="s">
+        <v>477</v>
       </c>
     </row>
     <row r="388" spans="1:110">
-      <c r="E388" s="2"/>
       <c r="I388" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>470</v>
+        <v>54</v>
+      </c>
+      <c r="N388" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA388" t="s">
+        <v>478</v>
       </c>
     </row>
     <row r="389" spans="1:110">
-      <c r="E389" s="2"/>
       <c r="I389" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>471</v>
+        <v>54</v>
+      </c>
+      <c r="N389" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA389" t="s">
+        <v>479</v>
       </c>
     </row>
     <row r="390" spans="1:110">
-      <c r="E390" s="2"/>
       <c r="I390" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>472</v>
+        <v>54</v>
+      </c>
+      <c r="N390" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA390" t="s">
+        <v>480</v>
       </c>
     </row>
     <row r="391" spans="1:110">
-      <c r="E391" s="2"/>
       <c r="I391" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>473</v>
+        <v>54</v>
+      </c>
+      <c r="N391" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA391" t="s">
+        <v>481</v>
       </c>
     </row>
     <row r="392" spans="1:110">
-      <c r="E392" s="2"/>
       <c r="I392" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>474</v>
+        <v>54</v>
+      </c>
+      <c r="N392" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA392" t="s">
+        <v>482</v>
       </c>
     </row>
     <row r="393" spans="1:110">
-      <c r="E393" s="2"/>
       <c r="I393" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>475</v>
+        <v>54</v>
+      </c>
+      <c r="N393" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA393" t="s">
+        <v>483</v>
       </c>
     </row>
     <row r="394" spans="1:110">
-      <c r="E394" s="2"/>
       <c r="I394" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>476</v>
+        <v>54</v>
+      </c>
+      <c r="N394" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA394" t="s">
+        <v>484</v>
       </c>
     </row>
     <row r="395" spans="1:110">
-      <c r="E395" s="2"/>
       <c r="I395" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>477</v>
+        <v>54</v>
+      </c>
+      <c r="N395" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA395" t="s">
+        <v>485</v>
       </c>
     </row>
     <row r="396" spans="1:110">
-      <c r="E396" s="2"/>
       <c r="I396" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>478</v>
+        <v>54</v>
+      </c>
+      <c r="N396" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA396" t="s">
+        <v>486</v>
       </c>
     </row>
     <row r="397" spans="1:110">
-      <c r="E397" s="2"/>
       <c r="I397" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>479</v>
+        <v>54</v>
+      </c>
+      <c r="N397" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA397" t="s">
+        <v>487</v>
       </c>
     </row>
     <row r="398" spans="1:110">
-      <c r="E398" s="2"/>
       <c r="I398" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>480</v>
+        <v>54</v>
+      </c>
+      <c r="N398" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA398" t="s">
+        <v>488</v>
       </c>
     </row>
     <row r="399" spans="1:110">
-      <c r="E399" s="2"/>
       <c r="I399" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>481</v>
+        <v>54</v>
+      </c>
+      <c r="N399" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA399" t="s">
+        <v>489</v>
       </c>
     </row>
     <row r="400" spans="1:110">
-      <c r="E400" s="2"/>
       <c r="I400" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>482</v>
+        <v>54</v>
+      </c>
+      <c r="N400" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA400" t="s">
+        <v>490</v>
       </c>
     </row>
     <row r="401" spans="1:110">
-      <c r="E401" s="2"/>
       <c r="I401" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>483</v>
+        <v>54</v>
+      </c>
+      <c r="N401" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA401" t="s">
+        <v>491</v>
       </c>
     </row>
     <row r="402" spans="1:110">
-      <c r="E402" s="2"/>
       <c r="I402" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>484</v>
+        <v>54</v>
+      </c>
+      <c r="N402" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA402" t="s">
+        <v>492</v>
       </c>
     </row>
     <row r="403" spans="1:110">
-      <c r="E403" s="2"/>
       <c r="I403" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>485</v>
+        <v>54</v>
+      </c>
+      <c r="N403" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA403" t="s">
+        <v>493</v>
       </c>
     </row>
     <row r="404" spans="1:110">
-      <c r="E404" s="2"/>
       <c r="I404" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>486</v>
+        <v>54</v>
+      </c>
+      <c r="N404" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA404" t="s">
+        <v>494</v>
       </c>
     </row>
     <row r="405" spans="1:110">
-      <c r="E405" s="2"/>
       <c r="I405" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>487</v>
+        <v>54</v>
+      </c>
+      <c r="N405" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA405" t="s">
+        <v>495</v>
       </c>
     </row>
     <row r="406" spans="1:110">
-      <c r="E406" s="2"/>
       <c r="I406" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>488</v>
+        <v>54</v>
+      </c>
+      <c r="N406" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA406" t="s">
+        <v>496</v>
       </c>
     </row>
     <row r="407" spans="1:110">
-      <c r="E407" s="2"/>
       <c r="I407" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>489</v>
+        <v>54</v>
+      </c>
+      <c r="N407" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA407" t="s">
+        <v>497</v>
       </c>
     </row>
     <row r="408" spans="1:110">
-      <c r="E408" s="2"/>
       <c r="I408" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>490</v>
+        <v>54</v>
+      </c>
+      <c r="N408" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA408" t="s">
+        <v>498</v>
       </c>
     </row>
     <row r="409" spans="1:110">
-      <c r="E409" s="2"/>
       <c r="I409" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>491</v>
+        <v>54</v>
+      </c>
+      <c r="N409" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA409" t="s">
+        <v>499</v>
       </c>
     </row>
     <row r="410" spans="1:110">
-      <c r="E410" s="2"/>
       <c r="I410" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>492</v>
+        <v>54</v>
+      </c>
+      <c r="N410" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA410" t="s">
+        <v>500</v>
       </c>
     </row>
     <row r="411" spans="1:110">
-      <c r="E411" s="2"/>
       <c r="I411" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>493</v>
+        <v>54</v>
+      </c>
+      <c r="N411" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA411" t="s">
+        <v>501</v>
       </c>
     </row>
     <row r="412" spans="1:110">
-      <c r="E412" s="2"/>
       <c r="I412" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>494</v>
+        <v>54</v>
+      </c>
+      <c r="N412" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA412" t="s">
+        <v>502</v>
       </c>
     </row>
     <row r="413" spans="1:110">
-      <c r="E413" s="2"/>
       <c r="I413" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>495</v>
+        <v>54</v>
+      </c>
+      <c r="N413" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA413" t="s">
+        <v>503</v>
       </c>
     </row>
     <row r="414" spans="1:110">
-      <c r="E414" s="2"/>
       <c r="I414" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>496</v>
+        <v>54</v>
+      </c>
+      <c r="N414" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA414" t="s">
+        <v>504</v>
       </c>
     </row>
     <row r="415" spans="1:110">
-      <c r="E415" s="2"/>
       <c r="I415" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>497</v>
+        <v>54</v>
+      </c>
+      <c r="N415" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA415" t="s">
+        <v>505</v>
       </c>
     </row>
     <row r="416" spans="1:110">
-      <c r="E416" s="2"/>
       <c r="I416" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>498</v>
+        <v>54</v>
+      </c>
+      <c r="N416" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA416" t="s">
+        <v>506</v>
       </c>
     </row>
     <row r="417" spans="1:110">
-      <c r="E417" s="2"/>
       <c r="I417" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>499</v>
+        <v>54</v>
+      </c>
+      <c r="N417" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA417" t="s">
+        <v>507</v>
       </c>
     </row>
     <row r="418" spans="1:110">
-      <c r="E418" s="2"/>
       <c r="I418" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>500</v>
+        <v>54</v>
+      </c>
+      <c r="N418" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA418" t="s">
+        <v>508</v>
       </c>
     </row>
     <row r="419" spans="1:110">
-      <c r="E419" s="2"/>
       <c r="I419" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>501</v>
+        <v>54</v>
+      </c>
+      <c r="N419" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA419" t="s">
+        <v>509</v>
       </c>
     </row>
     <row r="420" spans="1:110">
-      <c r="E420" s="2"/>
       <c r="I420" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>502</v>
+        <v>54</v>
+      </c>
+      <c r="N420" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA420" t="s">
+        <v>510</v>
       </c>
     </row>
     <row r="421" spans="1:110">
-      <c r="E421" s="2"/>
       <c r="I421" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>503</v>
+        <v>54</v>
+      </c>
+      <c r="N421" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA421" t="s">
+        <v>511</v>
       </c>
     </row>
     <row r="422" spans="1:110">
-      <c r="E422" s="2"/>
       <c r="I422" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>504</v>
+        <v>54</v>
+      </c>
+      <c r="N422" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA422" t="s">
+        <v>512</v>
       </c>
     </row>
     <row r="423" spans="1:110">
-      <c r="E423" s="2"/>
       <c r="I423" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>505</v>
+        <v>54</v>
+      </c>
+      <c r="N423" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA423" t="s">
+        <v>513</v>
       </c>
     </row>
     <row r="424" spans="1:110">
-      <c r="E424" s="2"/>
       <c r="I424" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>506</v>
+        <v>54</v>
+      </c>
+      <c r="N424" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA424" t="s">
+        <v>514</v>
       </c>
     </row>
     <row r="425" spans="1:110">
-      <c r="E425" s="2"/>
       <c r="I425" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>507</v>
+        <v>54</v>
+      </c>
+      <c r="N425" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA425" t="s">
+        <v>515</v>
       </c>
     </row>
     <row r="426" spans="1:110">
-      <c r="E426" s="2"/>
       <c r="I426" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>508</v>
+        <v>54</v>
+      </c>
+      <c r="N426" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA426" t="s">
+        <v>516</v>
       </c>
     </row>
     <row r="427" spans="1:110">
-      <c r="E427" s="2"/>
       <c r="I427" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>509</v>
+        <v>54</v>
+      </c>
+      <c r="N427" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA427" t="s">
+        <v>517</v>
       </c>
     </row>
     <row r="428" spans="1:110">
-      <c r="E428" s="2"/>
       <c r="I428" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>510</v>
+        <v>54</v>
+      </c>
+      <c r="N428" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA428" t="s">
+        <v>518</v>
       </c>
     </row>
     <row r="429" spans="1:110">
-      <c r="E429" s="2"/>
       <c r="I429" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>511</v>
+        <v>54</v>
+      </c>
+      <c r="N429" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA429" t="s">
+        <v>519</v>
       </c>
     </row>
     <row r="430" spans="1:110">
-      <c r="E430" s="2"/>
       <c r="I430" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>512</v>
+        <v>54</v>
+      </c>
+      <c r="N430" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA430" t="s">
+        <v>520</v>
       </c>
     </row>
     <row r="431" spans="1:110">
-      <c r="E431" s="2"/>
       <c r="I431" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>513</v>
+        <v>54</v>
+      </c>
+      <c r="N431" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA431" t="s">
+        <v>521</v>
       </c>
     </row>
     <row r="432" spans="1:110">
-      <c r="E432" s="2"/>
       <c r="I432" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>514</v>
+        <v>54</v>
+      </c>
+      <c r="N432" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA432" t="s">
+        <v>522</v>
       </c>
     </row>
     <row r="433" spans="1:110">
-      <c r="E433" s="2"/>
       <c r="I433" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>515</v>
+        <v>54</v>
+      </c>
+      <c r="N433" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA433" t="s">
+        <v>523</v>
       </c>
     </row>
     <row r="434" spans="1:110">
-      <c r="E434" s="2"/>
       <c r="I434" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>516</v>
+        <v>54</v>
+      </c>
+      <c r="N434" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA434" t="s">
+        <v>524</v>
       </c>
     </row>
     <row r="435" spans="1:110">
-      <c r="E435" s="2"/>
       <c r="I435" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>517</v>
+        <v>54</v>
+      </c>
+      <c r="N435" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA435" t="s">
+        <v>525</v>
       </c>
     </row>
     <row r="436" spans="1:110">
-      <c r="E436" s="2"/>
       <c r="I436" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>518</v>
+        <v>54</v>
+      </c>
+      <c r="N436" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA436" t="s">
+        <v>526</v>
       </c>
     </row>
     <row r="437" spans="1:110">
-      <c r="E437" s="2"/>
       <c r="I437" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>519</v>
+        <v>54</v>
+      </c>
+      <c r="N437" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA437" t="s">
+        <v>527</v>
       </c>
     </row>
     <row r="438" spans="1:110">
-      <c r="E438" s="2"/>
       <c r="I438" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>520</v>
+        <v>54</v>
+      </c>
+      <c r="N438" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA438" t="s">
+        <v>528</v>
       </c>
     </row>
     <row r="439" spans="1:110">
-      <c r="E439" s="2"/>
       <c r="I439" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>521</v>
+        <v>54</v>
+      </c>
+      <c r="N439" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA439" t="s">
+        <v>529</v>
       </c>
     </row>
     <row r="440" spans="1:110">
-      <c r="E440" s="2"/>
       <c r="I440" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>522</v>
+        <v>54</v>
+      </c>
+      <c r="N440" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA440" t="s">
+        <v>530</v>
       </c>
     </row>
     <row r="441" spans="1:110">
-      <c r="E441" s="2"/>
       <c r="I441" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>523</v>
+        <v>54</v>
+      </c>
+      <c r="N441" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA441" t="s">
+        <v>531</v>
       </c>
     </row>
     <row r="442" spans="1:110">
-      <c r="E442" s="2"/>
       <c r="I442" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>524</v>
+        <v>54</v>
+      </c>
+      <c r="N442" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA442" t="s">
+        <v>532</v>
       </c>
     </row>
     <row r="443" spans="1:110">
-      <c r="E443" s="2"/>
       <c r="I443" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>525</v>
+        <v>54</v>
+      </c>
+      <c r="N443" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA443" t="s">
+        <v>533</v>
       </c>
     </row>
     <row r="444" spans="1:110">
-      <c r="E444" s="2"/>
       <c r="I444" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>526</v>
+        <v>54</v>
+      </c>
+      <c r="N444" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA444" t="s">
+        <v>534</v>
       </c>
     </row>
     <row r="445" spans="1:110">
-      <c r="E445" s="2"/>
       <c r="I445" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>527</v>
+        <v>54</v>
+      </c>
+      <c r="N445" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA445" t="s">
+        <v>535</v>
       </c>
     </row>
     <row r="446" spans="1:110">
-      <c r="E446" s="2"/>
       <c r="I446" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>528</v>
+        <v>54</v>
+      </c>
+      <c r="N446" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA446" t="s">
+        <v>536</v>
       </c>
     </row>
     <row r="447" spans="1:110">
-      <c r="E447" s="2"/>
       <c r="I447" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>529</v>
+        <v>54</v>
+      </c>
+      <c r="N447" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA447" t="s">
+        <v>537</v>
       </c>
     </row>
     <row r="448" spans="1:110">
-      <c r="E448" s="2"/>
       <c r="I448" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>530</v>
+        <v>54</v>
+      </c>
+      <c r="N448" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA448" t="s">
+        <v>538</v>
       </c>
     </row>
     <row r="449" spans="1:110">
-      <c r="E449" s="2"/>
       <c r="I449" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>531</v>
+        <v>54</v>
+      </c>
+      <c r="N449" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA449" t="s">
+        <v>539</v>
       </c>
     </row>
     <row r="450" spans="1:110">
-      <c r="E450" s="2"/>
       <c r="I450" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>532</v>
+        <v>54</v>
+      </c>
+      <c r="N450" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA450" t="s">
+        <v>540</v>
       </c>
     </row>
     <row r="451" spans="1:110">
-      <c r="E451" s="2"/>
       <c r="I451" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>533</v>
+        <v>54</v>
+      </c>
+      <c r="N451" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA451" t="s">
+        <v>541</v>
       </c>
     </row>
     <row r="452" spans="1:110">
-      <c r="E452" s="2"/>
       <c r="I452" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>534</v>
+        <v>54</v>
+      </c>
+      <c r="N452" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA452" t="s">
+        <v>542</v>
       </c>
     </row>
     <row r="453" spans="1:110">
-      <c r="E453" s="2"/>
       <c r="I453" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>535</v>
+        <v>54</v>
+      </c>
+      <c r="N453" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA453" t="s">
+        <v>543</v>
       </c>
     </row>
     <row r="454" spans="1:110">
-      <c r="E454" s="2"/>
       <c r="I454" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>536</v>
+        <v>54</v>
+      </c>
+      <c r="N454" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA454" t="s">
+        <v>544</v>
       </c>
     </row>
     <row r="455" spans="1:110">
-      <c r="E455" s="2"/>
       <c r="I455" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>537</v>
+        <v>54</v>
+      </c>
+      <c r="N455" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA455" t="s">
+        <v>545</v>
       </c>
     </row>
     <row r="456" spans="1:110">
-      <c r="E456" s="2"/>
       <c r="I456" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>538</v>
+        <v>54</v>
+      </c>
+      <c r="N456" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA456" t="s">
+        <v>546</v>
       </c>
     </row>
     <row r="457" spans="1:110">
-      <c r="E457" s="2"/>
       <c r="I457" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>539</v>
+        <v>54</v>
+      </c>
+      <c r="N457" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA457" t="s">
+        <v>547</v>
       </c>
     </row>
     <row r="458" spans="1:110">
-      <c r="E458" s="2"/>
       <c r="I458" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>540</v>
+        <v>54</v>
+      </c>
+      <c r="N458" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA458" t="s">
+        <v>548</v>
       </c>
     </row>
     <row r="459" spans="1:110">
-      <c r="E459" s="2"/>
       <c r="I459" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>541</v>
+        <v>54</v>
+      </c>
+      <c r="N459" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA459" t="s">
+        <v>549</v>
       </c>
     </row>
     <row r="460" spans="1:110">
-      <c r="E460" s="2"/>
       <c r="I460" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>542</v>
+        <v>54</v>
+      </c>
+      <c r="N460" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA460" t="s">
+        <v>550</v>
       </c>
     </row>
     <row r="461" spans="1:110">
-      <c r="E461" s="2"/>
       <c r="I461" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>543</v>
+        <v>54</v>
+      </c>
+      <c r="N461" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA461" t="s">
+        <v>551</v>
       </c>
     </row>
     <row r="462" spans="1:110">
-      <c r="E462" s="2"/>
       <c r="I462" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>544</v>
+        <v>54</v>
+      </c>
+      <c r="N462" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA462" t="s">
+        <v>552</v>
       </c>
     </row>
     <row r="463" spans="1:110">
-      <c r="E463" s="2"/>
       <c r="I463" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>545</v>
+        <v>54</v>
+      </c>
+      <c r="N463" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA463" t="s">
+        <v>553</v>
       </c>
     </row>
     <row r="464" spans="1:110">
-      <c r="E464" s="2"/>
       <c r="I464" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>546</v>
+        <v>54</v>
+      </c>
+      <c r="N464" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA464" t="s">
+        <v>554</v>
       </c>
     </row>
     <row r="465" spans="1:110">
-      <c r="E465" s="2"/>
       <c r="I465" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>547</v>
+        <v>54</v>
+      </c>
+      <c r="N465" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA465" t="s">
+        <v>555</v>
       </c>
     </row>
     <row r="466" spans="1:110">
-      <c r="E466" s="2"/>
       <c r="I466" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>548</v>
+        <v>54</v>
+      </c>
+      <c r="N466" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA466" t="s">
+        <v>556</v>
       </c>
     </row>
     <row r="467" spans="1:110">
-      <c r="E467" s="2"/>
       <c r="I467" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>549</v>
+        <v>54</v>
+      </c>
+      <c r="N467" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA467" t="s">
+        <v>557</v>
       </c>
     </row>
     <row r="468" spans="1:110">
-      <c r="E468" s="2"/>
       <c r="I468" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>550</v>
+        <v>54</v>
+      </c>
+      <c r="N468" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA468" t="s">
+        <v>558</v>
       </c>
     </row>
     <row r="469" spans="1:110">
-      <c r="E469" s="2"/>
       <c r="I469" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>551</v>
+        <v>54</v>
+      </c>
+      <c r="N469" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA469" t="s">
+        <v>559</v>
       </c>
     </row>
     <row r="470" spans="1:110">
-      <c r="E470" s="2"/>
       <c r="I470" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>552</v>
+        <v>54</v>
+      </c>
+      <c r="N470" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA470" t="s">
+        <v>560</v>
       </c>
     </row>
     <row r="471" spans="1:110">
-      <c r="E471" s="2"/>
       <c r="I471" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>553</v>
+        <v>54</v>
+      </c>
+      <c r="N471" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA471" t="s">
+        <v>561</v>
       </c>
     </row>
     <row r="472" spans="1:110">
-      <c r="E472" s="2"/>
       <c r="I472" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>554</v>
+        <v>54</v>
+      </c>
+      <c r="N472" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA472" t="s">
+        <v>562</v>
       </c>
     </row>
     <row r="473" spans="1:110">
-      <c r="E473" s="2"/>
       <c r="I473" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>555</v>
+        <v>54</v>
+      </c>
+      <c r="N473" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA473" t="s">
+        <v>563</v>
       </c>
     </row>
     <row r="474" spans="1:110">
-      <c r="E474" s="2"/>
       <c r="I474" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>556</v>
+        <v>54</v>
+      </c>
+      <c r="N474" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA474" t="s">
+        <v>564</v>
       </c>
     </row>
     <row r="475" spans="1:110">
-      <c r="E475" s="2"/>
       <c r="I475" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>557</v>
+        <v>54</v>
+      </c>
+      <c r="N475" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA475" t="s">
+        <v>565</v>
       </c>
     </row>
     <row r="476" spans="1:110">
-      <c r="E476" s="2"/>
       <c r="I476" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>558</v>
+        <v>54</v>
+      </c>
+      <c r="N476" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA476" t="s">
+        <v>566</v>
       </c>
     </row>
     <row r="477" spans="1:110">
-      <c r="E477" s="2"/>
       <c r="I477" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>559</v>
+        <v>54</v>
+      </c>
+      <c r="N477" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA477" t="s">
+        <v>567</v>
       </c>
     </row>
     <row r="478" spans="1:110">
-      <c r="E478" s="2"/>
       <c r="I478" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>560</v>
+        <v>54</v>
+      </c>
+      <c r="N478" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA478" t="s">
+        <v>568</v>
       </c>
     </row>
     <row r="479" spans="1:110">
-      <c r="E479" s="2"/>
       <c r="I479" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>561</v>
+        <v>54</v>
+      </c>
+      <c r="N479" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA479" t="s">
+        <v>569</v>
       </c>
     </row>
     <row r="480" spans="1:110">
-      <c r="E480" s="2"/>
       <c r="I480" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>562</v>
+        <v>54</v>
+      </c>
+      <c r="N480" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA480" t="s">
+        <v>570</v>
       </c>
     </row>
     <row r="481" spans="1:110">
-      <c r="E481" s="2"/>
       <c r="I481" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>563</v>
+        <v>54</v>
+      </c>
+      <c r="N481" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA481" t="s">
+        <v>571</v>
       </c>
     </row>
     <row r="482" spans="1:110">
-      <c r="E482" s="2"/>
       <c r="I482" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>564</v>
+        <v>54</v>
+      </c>
+      <c r="N482" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA482" t="s">
+        <v>572</v>
       </c>
     </row>
     <row r="483" spans="1:110">
-      <c r="E483" s="2"/>
       <c r="I483" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>565</v>
+        <v>54</v>
+      </c>
+      <c r="N483" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA483" t="s">
+        <v>573</v>
       </c>
     </row>
     <row r="484" spans="1:110">
-      <c r="E484" s="2"/>
       <c r="I484" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>566</v>
+        <v>54</v>
+      </c>
+      <c r="N484" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA484" t="s">
+        <v>574</v>
       </c>
     </row>
     <row r="485" spans="1:110">
-      <c r="E485" s="2"/>
       <c r="I485" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>567</v>
+        <v>54</v>
+      </c>
+      <c r="N485" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA485" t="s">
+        <v>575</v>
       </c>
     </row>
     <row r="486" spans="1:110">
-      <c r="E486" s="2"/>
       <c r="I486" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>568</v>
+        <v>54</v>
+      </c>
+      <c r="N486" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA486" t="s">
+        <v>576</v>
       </c>
     </row>
     <row r="487" spans="1:110">
-      <c r="E487" s="2"/>
       <c r="I487" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>569</v>
+        <v>54</v>
+      </c>
+      <c r="N487" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA487" t="s">
+        <v>577</v>
       </c>
     </row>
     <row r="488" spans="1:110">
-      <c r="E488" s="2"/>
       <c r="I488" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>570</v>
+        <v>54</v>
+      </c>
+      <c r="N488" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA488" t="s">
+        <v>578</v>
       </c>
     </row>
     <row r="489" spans="1:110">
-      <c r="E489" s="2"/>
       <c r="I489" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>571</v>
+        <v>54</v>
+      </c>
+      <c r="N489" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA489" t="s">
+        <v>579</v>
       </c>
     </row>
     <row r="490" spans="1:110">
-      <c r="E490" s="2"/>
       <c r="I490" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>572</v>
+        <v>54</v>
+      </c>
+      <c r="N490" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA490" t="s">
+        <v>580</v>
       </c>
     </row>
     <row r="491" spans="1:110">
-      <c r="E491" s="2"/>
       <c r="I491" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>573</v>
+        <v>54</v>
+      </c>
+      <c r="N491" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA491" t="s">
+        <v>581</v>
       </c>
     </row>
     <row r="492" spans="1:110">
-      <c r="E492" s="2"/>
       <c r="I492" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>574</v>
+        <v>54</v>
+      </c>
+      <c r="N492" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA492" t="s">
+        <v>582</v>
       </c>
     </row>
     <row r="493" spans="1:110">
-      <c r="E493" s="2"/>
       <c r="I493" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>575</v>
+        <v>54</v>
+      </c>
+      <c r="N493" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA493" t="s">
+        <v>583</v>
       </c>
     </row>
     <row r="494" spans="1:110">
-      <c r="E494" s="2"/>
       <c r="I494" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>576</v>
+        <v>54</v>
+      </c>
+      <c r="N494" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA494" t="s">
+        <v>584</v>
       </c>
     </row>
     <row r="495" spans="1:110">
-      <c r="E495" s="2"/>
       <c r="I495" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>577</v>
+        <v>54</v>
+      </c>
+      <c r="N495" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA495" t="s">
+        <v>585</v>
       </c>
     </row>
     <row r="496" spans="1:110">
-      <c r="E496" s="2"/>
       <c r="I496" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>578</v>
+        <v>54</v>
+      </c>
+      <c r="N496" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA496" t="s">
+        <v>586</v>
       </c>
     </row>
     <row r="497" spans="1:110">
-      <c r="E497" s="2"/>
       <c r="I497" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>579</v>
+        <v>54</v>
+      </c>
+      <c r="N497" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA497" t="s">
+        <v>587</v>
       </c>
     </row>
     <row r="498" spans="1:110">
-      <c r="E498" s="2"/>
       <c r="I498" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>580</v>
+        <v>54</v>
+      </c>
+      <c r="N498" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA498" t="s">
+        <v>588</v>
       </c>
     </row>
     <row r="499" spans="1:110">
-      <c r="E499" s="2"/>
       <c r="I499" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>581</v>
+        <v>54</v>
+      </c>
+      <c r="N499" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA499" t="s">
+        <v>589</v>
       </c>
     </row>
     <row r="500" spans="1:110">
-      <c r="E500" s="2"/>
       <c r="I500" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>582</v>
+        <v>54</v>
+      </c>
+      <c r="N500" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA500" t="s">
+        <v>590</v>
       </c>
     </row>
     <row r="501" spans="1:110">
-      <c r="E501" s="2"/>
       <c r="I501" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>583</v>
+        <v>54</v>
+      </c>
+      <c r="N501" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA501" t="s">
+        <v>591</v>
       </c>
     </row>
     <row r="502" spans="1:110">
-      <c r="E502" s="2"/>
       <c r="I502" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>584</v>
+        <v>54</v>
+      </c>
+      <c r="N502" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA502" t="s">
+        <v>592</v>
       </c>
     </row>
     <row r="503" spans="1:110">
-      <c r="E503" s="2"/>
       <c r="I503" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>585</v>
+        <v>54</v>
+      </c>
+      <c r="N503" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA503" t="s">
+        <v>593</v>
       </c>
     </row>
     <row r="504" spans="1:110">
-      <c r="E504" s="2"/>
       <c r="I504" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>586</v>
+        <v>54</v>
+      </c>
+      <c r="N504" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA504" t="s">
+        <v>594</v>
       </c>
     </row>
     <row r="505" spans="1:110">
-      <c r="E505" s="2"/>
       <c r="I505" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>587</v>
+        <v>54</v>
+      </c>
+      <c r="N505" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA505" t="s">
+        <v>595</v>
       </c>
     </row>
     <row r="506" spans="1:110">
-      <c r="E506" s="2"/>
       <c r="I506" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>588</v>
+        <v>54</v>
+      </c>
+      <c r="N506" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA506" t="s">
+        <v>596</v>
       </c>
     </row>
     <row r="507" spans="1:110">
-      <c r="E507" s="2"/>
       <c r="I507" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>589</v>
+        <v>54</v>
+      </c>
+      <c r="N507" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA507" t="s">
+        <v>597</v>
       </c>
     </row>
     <row r="508" spans="1:110">
-      <c r="E508" s="2"/>
       <c r="I508" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>590</v>
+        <v>54</v>
+      </c>
+      <c r="N508" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA508" t="s">
+        <v>598</v>
       </c>
     </row>
     <row r="509" spans="1:110">
-      <c r="E509" s="2"/>
       <c r="I509" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>591</v>
+        <v>54</v>
+      </c>
+      <c r="N509" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA509" t="s">
+        <v>599</v>
       </c>
     </row>
     <row r="510" spans="1:110">
-      <c r="E510" s="2"/>
       <c r="I510" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>592</v>
+        <v>54</v>
+      </c>
+      <c r="N510" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA510" t="s">
+        <v>600</v>
       </c>
     </row>
     <row r="511" spans="1:110">
-      <c r="E511" s="2"/>
       <c r="I511" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>593</v>
+        <v>54</v>
+      </c>
+      <c r="N511" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA511" t="s">
+        <v>601</v>
       </c>
     </row>
     <row r="512" spans="1:110">
-      <c r="E512" s="2"/>
       <c r="I512" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>594</v>
+        <v>54</v>
+      </c>
+      <c r="N512" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA512" t="s">
+        <v>602</v>
       </c>
     </row>
     <row r="513" spans="1:110">
-      <c r="E513" s="2"/>
       <c r="I513" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>595</v>
+        <v>54</v>
+      </c>
+      <c r="N513" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA513" t="s">
+        <v>603</v>
       </c>
     </row>
     <row r="514" spans="1:110">
-      <c r="E514" s="2"/>
       <c r="I514" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>596</v>
+        <v>54</v>
+      </c>
+      <c r="N514" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA514" t="s">
+        <v>604</v>
       </c>
     </row>
     <row r="515" spans="1:110">
-      <c r="E515" s="2"/>
       <c r="I515" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>597</v>
+        <v>54</v>
+      </c>
+      <c r="N515" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA515" t="s">
+        <v>605</v>
       </c>
     </row>
     <row r="516" spans="1:110">
-      <c r="E516" s="2"/>
       <c r="I516" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>598</v>
+        <v>54</v>
+      </c>
+      <c r="N516" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA516" t="s">
+        <v>606</v>
       </c>
     </row>
     <row r="517" spans="1:110">
-      <c r="E517" s="2"/>
       <c r="I517" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>599</v>
+        <v>54</v>
+      </c>
+      <c r="N517" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA517" t="s">
+        <v>607</v>
       </c>
     </row>
     <row r="518" spans="1:110">
-      <c r="E518" s="2"/>
       <c r="I518" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>600</v>
+        <v>54</v>
+      </c>
+      <c r="N518" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA518" t="s">
+        <v>608</v>
       </c>
     </row>
     <row r="519" spans="1:110">
-      <c r="E519" s="2"/>
       <c r="I519" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>601</v>
+        <v>54</v>
+      </c>
+      <c r="N519" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA519" t="s">
+        <v>609</v>
       </c>
     </row>
     <row r="520" spans="1:110">
-      <c r="E520" s="2"/>
       <c r="I520" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>602</v>
+        <v>54</v>
+      </c>
+      <c r="N520" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA520" t="s">
+        <v>610</v>
       </c>
     </row>
     <row r="521" spans="1:110">
-      <c r="E521" s="2"/>
       <c r="I521" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>603</v>
+        <v>54</v>
+      </c>
+      <c r="N521" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA521" t="s">
+        <v>611</v>
       </c>
     </row>
     <row r="522" spans="1:110">
-      <c r="E522" s="2"/>
       <c r="I522" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>604</v>
+        <v>54</v>
+      </c>
+      <c r="N522" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA522" t="s">
+        <v>612</v>
       </c>
     </row>
     <row r="523" spans="1:110">
-      <c r="E523" s="2"/>
       <c r="I523" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>605</v>
+        <v>54</v>
+      </c>
+      <c r="N523" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA523" t="s">
+        <v>613</v>
       </c>
     </row>
     <row r="524" spans="1:110">
-      <c r="E524" s="2"/>
       <c r="I524" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>606</v>
+        <v>54</v>
+      </c>
+      <c r="N524" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA524" t="s">
+        <v>614</v>
       </c>
     </row>
     <row r="525" spans="1:110">
-      <c r="E525" s="2"/>
       <c r="I525" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>607</v>
+        <v>54</v>
+      </c>
+      <c r="N525" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA525" t="s">
+        <v>615</v>
       </c>
     </row>
     <row r="526" spans="1:110">
-      <c r="E526" s="2"/>
       <c r="I526" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>608</v>
+        <v>54</v>
+      </c>
+      <c r="N526" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA526" t="s">
+        <v>616</v>
       </c>
     </row>
     <row r="527" spans="1:110">
-      <c r="E527" s="2"/>
       <c r="I527" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>609</v>
+        <v>54</v>
+      </c>
+      <c r="N527" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA527" t="s">
+        <v>617</v>
       </c>
     </row>
     <row r="528" spans="1:110">
-      <c r="E528" s="2"/>
       <c r="I528" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>610</v>
+        <v>54</v>
+      </c>
+      <c r="N528" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA528" t="s">
+        <v>618</v>
       </c>
     </row>
     <row r="529" spans="1:110">
-      <c r="E529" s="2"/>
       <c r="I529" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>611</v>
+        <v>54</v>
+      </c>
+      <c r="N529" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA529" t="s">
+        <v>619</v>
       </c>
     </row>
     <row r="530" spans="1:110">
-      <c r="E530" s="2"/>
       <c r="I530" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>612</v>
+        <v>54</v>
+      </c>
+      <c r="N530" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA530" t="s">
+        <v>620</v>
       </c>
     </row>
     <row r="531" spans="1:110">
-      <c r="E531" s="2"/>
       <c r="I531" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>613</v>
+        <v>54</v>
+      </c>
+      <c r="N531" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA531" t="s">
+        <v>621</v>
       </c>
     </row>
     <row r="532" spans="1:110">
-      <c r="E532" s="2"/>
       <c r="I532" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>614</v>
+        <v>54</v>
+      </c>
+      <c r="N532" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA532" t="s">
+        <v>622</v>
       </c>
     </row>
     <row r="533" spans="1:110">
-      <c r="E533" s="2"/>
       <c r="I533" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>615</v>
+        <v>54</v>
+      </c>
+      <c r="N533" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA533" t="s">
+        <v>623</v>
       </c>
     </row>
     <row r="534" spans="1:110">
-      <c r="E534" s="2"/>
       <c r="I534" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>616</v>
+        <v>54</v>
+      </c>
+      <c r="N534" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA534" t="s">
+        <v>624</v>
       </c>
     </row>
     <row r="535" spans="1:110">
-      <c r="E535" s="2"/>
       <c r="I535" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>617</v>
+        <v>54</v>
+      </c>
+      <c r="N535" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA535" t="s">
+        <v>625</v>
       </c>
     </row>
     <row r="536" spans="1:110">
-      <c r="E536" s="2"/>
       <c r="I536" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>618</v>
+        <v>54</v>
+      </c>
+      <c r="N536" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA536" t="s">
+        <v>626</v>
       </c>
     </row>
     <row r="537" spans="1:110">
-      <c r="E537" s="2"/>
       <c r="I537" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>619</v>
+        <v>54</v>
+      </c>
+      <c r="N537" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA537" t="s">
+        <v>627</v>
       </c>
     </row>
     <row r="538" spans="1:110">
-      <c r="E538" s="2"/>
       <c r="I538" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>620</v>
+        <v>54</v>
+      </c>
+      <c r="N538" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA538" t="s">
+        <v>628</v>
       </c>
     </row>
     <row r="539" spans="1:110">
-      <c r="E539" s="2"/>
       <c r="I539" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>621</v>
+        <v>54</v>
+      </c>
+      <c r="N539" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA539" t="s">
+        <v>629</v>
       </c>
     </row>
     <row r="540" spans="1:110">
-      <c r="E540" s="2"/>
       <c r="I540" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>622</v>
+        <v>54</v>
+      </c>
+      <c r="N540" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA540" t="s">
+        <v>630</v>
       </c>
     </row>
     <row r="541" spans="1:110">
-      <c r="E541" s="2"/>
       <c r="I541" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>623</v>
+        <v>54</v>
+      </c>
+      <c r="N541" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA541" t="s">
+        <v>631</v>
       </c>
     </row>
     <row r="542" spans="1:110">
-      <c r="E542" s="2"/>
       <c r="I542" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>624</v>
+        <v>54</v>
+      </c>
+      <c r="N542" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA542" t="s">
+        <v>632</v>
       </c>
     </row>
     <row r="543" spans="1:110">
-      <c r="E543" s="2"/>
       <c r="I543" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>625</v>
+        <v>54</v>
+      </c>
+      <c r="N543" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA543" t="s">
+        <v>633</v>
       </c>
     </row>
     <row r="544" spans="1:110">
-      <c r="E544" s="2"/>
       <c r="I544" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>626</v>
+        <v>54</v>
+      </c>
+      <c r="N544" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA544" t="s">
+        <v>634</v>
       </c>
     </row>
     <row r="545" spans="1:110">
-      <c r="E545" s="2"/>
       <c r="I545" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>627</v>
+        <v>54</v>
+      </c>
+      <c r="N545" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA545" t="s">
+        <v>635</v>
       </c>
     </row>
     <row r="546" spans="1:110">
-      <c r="E546" s="2"/>
       <c r="I546" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>628</v>
+        <v>54</v>
+      </c>
+      <c r="N546" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA546" t="s">
+        <v>636</v>
       </c>
     </row>
     <row r="547" spans="1:110">
-      <c r="E547" s="2"/>
       <c r="I547" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>629</v>
+        <v>54</v>
+      </c>
+      <c r="N547" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA547" t="s">
+        <v>637</v>
       </c>
     </row>
     <row r="548" spans="1:110">
-      <c r="E548" s="2"/>
       <c r="I548" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>630</v>
+        <v>54</v>
+      </c>
+      <c r="N548" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA548" t="s">
+        <v>638</v>
       </c>
     </row>
     <row r="549" spans="1:110">
-      <c r="E549" s="2"/>
       <c r="I549" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>631</v>
+        <v>54</v>
+      </c>
+      <c r="N549" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA549" t="s">
+        <v>639</v>
       </c>
     </row>
     <row r="550" spans="1:110">
-      <c r="E550" s="2"/>
       <c r="I550" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>632</v>
+        <v>54</v>
+      </c>
+      <c r="N550" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA550" t="s">
+        <v>640</v>
       </c>
     </row>
     <row r="551" spans="1:110">
-      <c r="E551" s="2"/>
       <c r="I551" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>633</v>
+        <v>54</v>
+      </c>
+      <c r="N551" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA551" t="s">
+        <v>641</v>
       </c>
     </row>
     <row r="552" spans="1:110">
-      <c r="E552" s="2"/>
       <c r="I552" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>634</v>
+        <v>54</v>
+      </c>
+      <c r="N552" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA552" t="s">
+        <v>642</v>
       </c>
     </row>
     <row r="553" spans="1:110">
-      <c r="E553" s="2"/>
       <c r="I553" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>635</v>
+        <v>54</v>
+      </c>
+      <c r="N553" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA553" t="s">
+        <v>643</v>
       </c>
     </row>
     <row r="554" spans="1:110">
-      <c r="E554" s="2"/>
       <c r="I554" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>636</v>
+        <v>54</v>
+      </c>
+      <c r="N554" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA554" t="s">
+        <v>644</v>
       </c>
     </row>
     <row r="555" spans="1:110">
-      <c r="E555" s="2"/>
       <c r="I555" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>637</v>
+        <v>54</v>
+      </c>
+      <c r="N555" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA555" t="s">
+        <v>645</v>
       </c>
     </row>
     <row r="556" spans="1:110">
-      <c r="E556" s="2"/>
       <c r="I556" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>638</v>
+        <v>54</v>
+      </c>
+      <c r="N556" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA556" t="s">
+        <v>646</v>
       </c>
     </row>
     <row r="557" spans="1:110">
-      <c r="E557" s="2"/>
       <c r="I557" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>639</v>
+        <v>54</v>
+      </c>
+      <c r="N557" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA557" t="s">
+        <v>647</v>
       </c>
     </row>
     <row r="558" spans="1:110">
-      <c r="E558" s="2"/>
       <c r="I558" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>640</v>
+        <v>54</v>
+      </c>
+      <c r="N558" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA558" t="s">
+        <v>648</v>
       </c>
     </row>
     <row r="559" spans="1:110">
-      <c r="E559" s="2"/>
       <c r="I559" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>641</v>
+        <v>54</v>
+      </c>
+      <c r="N559" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA559" t="s">
+        <v>649</v>
       </c>
     </row>
     <row r="560" spans="1:110">
-      <c r="E560" s="2"/>
       <c r="I560" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>642</v>
+        <v>54</v>
+      </c>
+      <c r="N560" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA560" t="s">
+        <v>650</v>
       </c>
     </row>
     <row r="561" spans="1:110">
-      <c r="E561" s="2"/>
       <c r="I561" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>643</v>
+        <v>54</v>
+      </c>
+      <c r="N561" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA561" t="s">
+        <v>651</v>
       </c>
     </row>
     <row r="562" spans="1:110">
-      <c r="E562" s="2"/>
       <c r="I562" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>644</v>
+        <v>54</v>
+      </c>
+      <c r="N562" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA562" t="s">
+        <v>652</v>
       </c>
     </row>
     <row r="563" spans="1:110">
-      <c r="E563" s="2"/>
       <c r="I563" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>645</v>
+        <v>54</v>
+      </c>
+      <c r="N563" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA563" t="s">
+        <v>653</v>
       </c>
     </row>
     <row r="564" spans="1:110">
-      <c r="E564" s="2"/>
       <c r="I564" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>646</v>
+        <v>54</v>
+      </c>
+      <c r="N564" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA564" t="s">
+        <v>654</v>
       </c>
     </row>
     <row r="565" spans="1:110">
-      <c r="E565" s="2"/>
       <c r="I565" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>647</v>
+        <v>54</v>
+      </c>
+      <c r="N565" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA565" t="s">
+        <v>655</v>
       </c>
     </row>
     <row r="566" spans="1:110">
-      <c r="E566" s="2"/>
       <c r="I566" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>648</v>
+        <v>54</v>
+      </c>
+      <c r="N566" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA566" t="s">
+        <v>656</v>
       </c>
     </row>
     <row r="567" spans="1:110">
-      <c r="E567" s="2"/>
       <c r="I567" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>649</v>
+        <v>54</v>
+      </c>
+      <c r="N567" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA567" t="s">
+        <v>657</v>
       </c>
     </row>
     <row r="568" spans="1:110">
-      <c r="E568" s="2"/>
       <c r="I568" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>650</v>
+        <v>54</v>
+      </c>
+      <c r="N568" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA568" t="s">
+        <v>658</v>
       </c>
     </row>
     <row r="569" spans="1:110">
-      <c r="E569" s="2"/>
       <c r="I569" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>651</v>
+        <v>54</v>
+      </c>
+      <c r="N569" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA569" t="s">
+        <v>659</v>
       </c>
     </row>
     <row r="570" spans="1:110">
-      <c r="E570" s="2"/>
       <c r="I570" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>652</v>
+        <v>54</v>
+      </c>
+      <c r="N570" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA570" t="s">
+        <v>660</v>
       </c>
     </row>
     <row r="571" spans="1:110">
-      <c r="E571" s="2"/>
       <c r="I571" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>653</v>
+        <v>54</v>
+      </c>
+      <c r="N571" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA571" t="s">
+        <v>661</v>
       </c>
     </row>
     <row r="572" spans="1:110">
-      <c r="E572" s="2"/>
       <c r="I572" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>654</v>
+        <v>54</v>
+      </c>
+      <c r="N572" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA572" t="s">
+        <v>662</v>
       </c>
     </row>
     <row r="573" spans="1:110">
-      <c r="E573" s="2"/>
       <c r="I573" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>655</v>
+        <v>54</v>
+      </c>
+      <c r="N573" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA573" t="s">
+        <v>663</v>
       </c>
     </row>
     <row r="574" spans="1:110">
-      <c r="E574" s="2"/>
       <c r="I574" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>656</v>
+        <v>54</v>
+      </c>
+      <c r="N574" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA574" t="s">
+        <v>664</v>
       </c>
     </row>
     <row r="575" spans="1:110">
-      <c r="E575" s="2"/>
       <c r="I575" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>657</v>
+        <v>54</v>
+      </c>
+      <c r="N575" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA575" t="s">
+        <v>665</v>
       </c>
     </row>
     <row r="576" spans="1:110">
-      <c r="E576" s="2"/>
       <c r="I576" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>658</v>
+        <v>54</v>
+      </c>
+      <c r="N576" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA576" t="s">
+        <v>666</v>
       </c>
     </row>
     <row r="577" spans="1:110">
-      <c r="E577" s="2"/>
       <c r="I577" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>659</v>
+        <v>54</v>
+      </c>
+      <c r="N577" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA577" t="s">
+        <v>667</v>
       </c>
     </row>
     <row r="578" spans="1:110">
-      <c r="E578" s="2"/>
       <c r="I578" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>660</v>
+        <v>54</v>
+      </c>
+      <c r="N578" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA578" t="s">
+        <v>668</v>
       </c>
     </row>
     <row r="579" spans="1:110">
-      <c r="E579" s="2"/>
       <c r="I579" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>661</v>
+        <v>54</v>
+      </c>
+      <c r="N579" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA579" t="s">
+        <v>669</v>
       </c>
     </row>
     <row r="580" spans="1:110">
-      <c r="E580" s="2"/>
       <c r="I580" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>662</v>
+        <v>54</v>
+      </c>
+      <c r="N580" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA580" t="s">
+        <v>670</v>
       </c>
     </row>
     <row r="581" spans="1:110">
-      <c r="E581" s="2"/>
       <c r="I581" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>663</v>
+        <v>54</v>
+      </c>
+      <c r="N581" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA581" t="s">
+        <v>671</v>
       </c>
     </row>
     <row r="582" spans="1:110">
-      <c r="E582" s="2"/>
       <c r="I582" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>664</v>
+        <v>54</v>
+      </c>
+      <c r="N582" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA582" t="s">
+        <v>672</v>
       </c>
     </row>
     <row r="583" spans="1:110">
-      <c r="E583" s="2"/>
       <c r="I583" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>665</v>
+        <v>54</v>
+      </c>
+      <c r="N583" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA583" t="s">
+        <v>673</v>
       </c>
     </row>
     <row r="584" spans="1:110">
-      <c r="E584" s="2"/>
       <c r="I584" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>666</v>
+        <v>54</v>
+      </c>
+      <c r="N584" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA584" t="s">
+        <v>674</v>
       </c>
     </row>
     <row r="585" spans="1:110">
-      <c r="E585" s="2"/>
       <c r="I585" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>667</v>
+        <v>54</v>
+      </c>
+      <c r="N585" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA585" t="s">
+        <v>675</v>
       </c>
     </row>
     <row r="586" spans="1:110">
-      <c r="E586" s="2"/>
       <c r="I586" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>668</v>
+        <v>54</v>
+      </c>
+      <c r="N586" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA586" t="s">
+        <v>676</v>
       </c>
     </row>
     <row r="587" spans="1:110">
-      <c r="E587" s="2"/>
       <c r="I587" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>669</v>
+        <v>54</v>
+      </c>
+      <c r="N587" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA587" t="s">
+        <v>677</v>
       </c>
     </row>
     <row r="588" spans="1:110">
-      <c r="E588" s="2"/>
       <c r="I588" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>670</v>
+        <v>54</v>
+      </c>
+      <c r="N588" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA588" t="s">
+        <v>678</v>
       </c>
     </row>
     <row r="589" spans="1:110">
-      <c r="E589" s="2"/>
       <c r="I589" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>671</v>
+        <v>54</v>
+      </c>
+      <c r="N589" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA589" t="s">
+        <v>679</v>
       </c>
     </row>
     <row r="590" spans="1:110">
-      <c r="E590" s="2"/>
       <c r="I590" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>672</v>
+        <v>54</v>
+      </c>
+      <c r="N590" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA590" t="s">
+        <v>680</v>
       </c>
     </row>
     <row r="591" spans="1:110">
-      <c r="E591" s="2"/>
       <c r="I591" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>673</v>
+        <v>54</v>
+      </c>
+      <c r="N591" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA591" t="s">
+        <v>681</v>
       </c>
     </row>
     <row r="592" spans="1:110">
-      <c r="E592" s="2"/>
       <c r="I592" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>674</v>
+        <v>54</v>
+      </c>
+      <c r="N592" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA592" t="s">
+        <v>682</v>
       </c>
     </row>
     <row r="593" spans="1:110">
-      <c r="E593" s="2"/>
       <c r="I593" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>675</v>
+        <v>54</v>
+      </c>
+      <c r="N593" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA593" t="s">
+        <v>683</v>
       </c>
     </row>
     <row r="594" spans="1:110">
-      <c r="E594" s="2"/>
       <c r="I594" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>676</v>
+        <v>54</v>
+      </c>
+      <c r="N594" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA594" t="s">
+        <v>684</v>
       </c>
     </row>
     <row r="595" spans="1:110">
-      <c r="E595" s="2"/>
       <c r="I595" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>677</v>
+        <v>54</v>
+      </c>
+      <c r="N595" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA595" t="s">
+        <v>685</v>
       </c>
     </row>
     <row r="596" spans="1:110">
-      <c r="E596" s="2"/>
       <c r="I596" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>678</v>
+        <v>54</v>
+      </c>
+      <c r="N596" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA596" t="s">
+        <v>686</v>
       </c>
     </row>
     <row r="597" spans="1:110">
-      <c r="E597" s="2"/>
       <c r="I597" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>679</v>
+        <v>54</v>
+      </c>
+      <c r="N597" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA597" t="s">
+        <v>687</v>
       </c>
     </row>
     <row r="598" spans="1:110">
-      <c r="E598" s="2"/>
       <c r="I598" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>680</v>
+        <v>54</v>
+      </c>
+      <c r="N598" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA598" t="s">
+        <v>688</v>
       </c>
     </row>
     <row r="599" spans="1:110">
-      <c r="E599" s="2"/>
       <c r="I599" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>681</v>
+        <v>54</v>
+      </c>
+      <c r="N599" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA599" t="s">
+        <v>689</v>
       </c>
     </row>
     <row r="600" spans="1:110">
-      <c r="E600" s="2"/>
       <c r="I600" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>682</v>
+        <v>54</v>
+      </c>
+      <c r="N600" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA600" t="s">
+        <v>690</v>
       </c>
     </row>
     <row r="601" spans="1:110">
-      <c r="E601" s="2"/>
       <c r="I601" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>683</v>
+        <v>54</v>
+      </c>
+      <c r="N601" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA601" t="s">
+        <v>691</v>
       </c>
     </row>
     <row r="602" spans="1:110">
-      <c r="E602" s="2"/>
       <c r="I602" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>684</v>
+        <v>54</v>
+      </c>
+      <c r="N602" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA602" t="s">
+        <v>692</v>
       </c>
     </row>
     <row r="603" spans="1:110">
-      <c r="E603" s="2"/>
       <c r="I603" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>685</v>
+        <v>54</v>
+      </c>
+      <c r="N603" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA603" t="s">
+        <v>693</v>
       </c>
     </row>
     <row r="604" spans="1:110">
-      <c r="E604" s="2"/>
       <c r="I604" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>686</v>
+        <v>54</v>
+      </c>
+      <c r="N604" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA604" t="s">
+        <v>694</v>
       </c>
     </row>
     <row r="605" spans="1:110">
-      <c r="E605" s="2"/>
       <c r="I605" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>687</v>
+        <v>54</v>
+      </c>
+      <c r="N605" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA605" t="s">
+        <v>695</v>
       </c>
     </row>
     <row r="606" spans="1:110">
-      <c r="E606" s="2"/>
       <c r="I606" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>688</v>
+        <v>54</v>
+      </c>
+      <c r="N606" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA606" t="s">
+        <v>696</v>
       </c>
     </row>
     <row r="607" spans="1:110">
-      <c r="E607" s="2"/>
       <c r="I607" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>689</v>
+        <v>54</v>
+      </c>
+      <c r="N607" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA607" t="s">
+        <v>697</v>
       </c>
     </row>
     <row r="608" spans="1:110">
-      <c r="E608" s="2"/>
       <c r="I608" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>690</v>
+        <v>54</v>
+      </c>
+      <c r="N608" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA608" t="s">
+        <v>698</v>
       </c>
     </row>
     <row r="609" spans="1:110">
-      <c r="E609" s="2"/>
       <c r="I609" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>691</v>
+        <v>54</v>
+      </c>
+      <c r="N609" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA609" t="s">
+        <v>699</v>
       </c>
     </row>
     <row r="610" spans="1:110">
-      <c r="E610" s="2"/>
       <c r="I610" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>692</v>
+        <v>54</v>
+      </c>
+      <c r="N610" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA610" t="s">
+        <v>700</v>
       </c>
     </row>
     <row r="611" spans="1:110">
-      <c r="E611" s="2"/>
       <c r="I611" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>693</v>
+        <v>54</v>
+      </c>
+      <c r="N611" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA611" t="s">
+        <v>701</v>
       </c>
     </row>
     <row r="612" spans="1:110">
-      <c r="E612" s="2"/>
       <c r="I612" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>694</v>
+        <v>54</v>
+      </c>
+      <c r="N612" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA612" t="s">
+        <v>702</v>
       </c>
     </row>
     <row r="613" spans="1:110">
-      <c r="E613" s="2"/>
       <c r="I613" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>695</v>
+        <v>54</v>
+      </c>
+      <c r="N613" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA613" t="s">
+        <v>703</v>
       </c>
     </row>
     <row r="614" spans="1:110">
-      <c r="E614" s="2"/>
       <c r="I614" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>696</v>
+        <v>54</v>
+      </c>
+      <c r="N614" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA614" t="s">
+        <v>704</v>
       </c>
     </row>
     <row r="615" spans="1:110">
-      <c r="E615" s="2"/>
       <c r="I615" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>697</v>
+        <v>54</v>
+      </c>
+      <c r="N615" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA615" t="s">
+        <v>705</v>
       </c>
     </row>
     <row r="616" spans="1:110">
-      <c r="E616" s="2"/>
       <c r="I616" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>698</v>
+        <v>54</v>
+      </c>
+      <c r="N616" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA616" t="s">
+        <v>706</v>
       </c>
     </row>
     <row r="617" spans="1:110">
-      <c r="E617" s="2"/>
       <c r="I617" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>699</v>
+        <v>54</v>
+      </c>
+      <c r="N617" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA617" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="618" spans="1:110">
-      <c r="E618" s="2"/>
       <c r="I618" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>700</v>
+        <v>54</v>
+      </c>
+      <c r="N618" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA618" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="619" spans="1:110">
-      <c r="E619" s="2"/>
       <c r="I619" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>701</v>
+        <v>54</v>
+      </c>
+      <c r="N619" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA619" t="s">
+        <v>709</v>
       </c>
     </row>
     <row r="620" spans="1:110">
-      <c r="E620" s="2"/>
       <c r="I620" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>702</v>
+        <v>54</v>
+      </c>
+      <c r="N620" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA620" t="s">
+        <v>710</v>
       </c>
     </row>
     <row r="621" spans="1:110">
-      <c r="E621" s="2"/>
       <c r="I621" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>703</v>
+        <v>54</v>
+      </c>
+      <c r="N621" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA621" t="s">
+        <v>711</v>
       </c>
     </row>
     <row r="622" spans="1:110">
-      <c r="E622" s="2"/>
       <c r="I622" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>704</v>
+        <v>54</v>
+      </c>
+      <c r="N622" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA622" t="s">
+        <v>712</v>
       </c>
     </row>
     <row r="623" spans="1:110">
-      <c r="E623" s="2"/>
       <c r="I623" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>705</v>
+        <v>54</v>
+      </c>
+      <c r="N623" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA623" t="s">
+        <v>713</v>
       </c>
     </row>
     <row r="624" spans="1:110">
-      <c r="E624" s="2"/>
       <c r="I624" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>706</v>
+        <v>54</v>
+      </c>
+      <c r="N624" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA624" t="s">
+        <v>714</v>
       </c>
     </row>
     <row r="625" spans="1:110">
-      <c r="E625" s="2"/>
       <c r="I625" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>707</v>
+        <v>54</v>
+      </c>
+      <c r="N625" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA625" t="s">
+        <v>715</v>
       </c>
     </row>
     <row r="626" spans="1:110">
-      <c r="E626" s="2"/>
       <c r="I626" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>708</v>
+        <v>54</v>
+      </c>
+      <c r="N626" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA626" t="s">
+        <v>716</v>
       </c>
     </row>
     <row r="627" spans="1:110">
-      <c r="E627" s="2"/>
       <c r="I627" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>709</v>
+        <v>54</v>
+      </c>
+      <c r="N627" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA627" t="s">
+        <v>717</v>
       </c>
     </row>
     <row r="628" spans="1:110">
-      <c r="E628" s="2"/>
       <c r="I628" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>710</v>
+        <v>54</v>
+      </c>
+      <c r="N628" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA628" t="s">
+        <v>718</v>
       </c>
     </row>
     <row r="629" spans="1:110">
-      <c r="E629" s="2"/>
       <c r="I629" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>711</v>
+        <v>54</v>
+      </c>
+      <c r="N629" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA629" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="630" spans="1:110">
-      <c r="E630" s="2"/>
       <c r="I630" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>712</v>
+        <v>54</v>
+      </c>
+      <c r="N630" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA630" t="s">
+        <v>720</v>
       </c>
     </row>
     <row r="631" spans="1:110">
-      <c r="E631" s="2"/>
       <c r="I631" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>713</v>
+        <v>54</v>
+      </c>
+      <c r="N631" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA631" t="s">
+        <v>721</v>
       </c>
     </row>
     <row r="632" spans="1:110">
-      <c r="E632" s="2"/>
       <c r="I632" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>714</v>
+        <v>54</v>
+      </c>
+      <c r="N632" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA632" t="s">
+        <v>722</v>
       </c>
     </row>
     <row r="633" spans="1:110">
-      <c r="E633" s="2"/>
       <c r="I633" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>715</v>
+        <v>54</v>
+      </c>
+      <c r="N633" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA633" t="s">
+        <v>723</v>
       </c>
     </row>
     <row r="634" spans="1:110">
-      <c r="E634" s="2"/>
       <c r="I634" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>716</v>
+        <v>54</v>
+      </c>
+      <c r="N634" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA634" t="s">
+        <v>724</v>
       </c>
     </row>
     <row r="635" spans="1:110">
-      <c r="E635" s="2"/>
       <c r="I635" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>717</v>
+        <v>54</v>
+      </c>
+      <c r="N635" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA635" t="s">
+        <v>725</v>
       </c>
     </row>
     <row r="636" spans="1:110">
-      <c r="E636" s="2"/>
       <c r="I636" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>718</v>
+        <v>54</v>
+      </c>
+      <c r="N636" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA636" t="s">
+        <v>726</v>
       </c>
     </row>
     <row r="637" spans="1:110">
-      <c r="E637" s="2"/>
       <c r="I637" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>719</v>
+        <v>54</v>
+      </c>
+      <c r="N637" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA637" t="s">
+        <v>727</v>
       </c>
     </row>
     <row r="638" spans="1:110">
-      <c r="E638" s="2"/>
       <c r="I638" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>720</v>
+        <v>54</v>
+      </c>
+      <c r="N638" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA638" t="s">
+        <v>728</v>
       </c>
     </row>
     <row r="639" spans="1:110">
-      <c r="E639" s="2"/>
       <c r="I639" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>721</v>
+        <v>54</v>
+      </c>
+      <c r="N639" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA639" t="s">
+        <v>729</v>
       </c>
     </row>
     <row r="640" spans="1:110">
-      <c r="E640" s="2"/>
       <c r="I640" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>722</v>
+        <v>54</v>
+      </c>
+      <c r="N640" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA640" t="s">
+        <v>730</v>
       </c>
     </row>
     <row r="641" spans="1:110">
-      <c r="E641" s="2"/>
       <c r="I641" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>723</v>
+        <v>54</v>
+      </c>
+      <c r="N641" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA641" t="s">
+        <v>731</v>
       </c>
     </row>
     <row r="642" spans="1:110">
-      <c r="E642" s="2"/>
       <c r="I642" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>724</v>
+        <v>54</v>
+      </c>
+      <c r="N642" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA642" t="s">
+        <v>732</v>
       </c>
     </row>
     <row r="643" spans="1:110">
-      <c r="E643" s="2"/>
       <c r="I643" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>725</v>
+        <v>54</v>
+      </c>
+      <c r="N643" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA643" t="s">
+        <v>733</v>
       </c>
     </row>
     <row r="644" spans="1:110">
-      <c r="E644" s="2"/>
       <c r="I644" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>726</v>
+        <v>54</v>
+      </c>
+      <c r="N644" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA644" t="s">
+        <v>734</v>
       </c>
     </row>
     <row r="645" spans="1:110">
-      <c r="E645" s="2"/>
       <c r="I645" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>727</v>
+        <v>54</v>
+      </c>
+      <c r="N645" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA645" t="s">
+        <v>735</v>
       </c>
     </row>
     <row r="646" spans="1:110">
-      <c r="E646" s="2"/>
       <c r="I646" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>728</v>
+        <v>54</v>
+      </c>
+      <c r="N646" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA646" t="s">
+        <v>736</v>
       </c>
     </row>
     <row r="647" spans="1:110">
-      <c r="E647" s="2"/>
       <c r="I647" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>729</v>
+        <v>54</v>
+      </c>
+      <c r="N647" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA647" t="s">
+        <v>737</v>
       </c>
     </row>
     <row r="648" spans="1:110">
-      <c r="E648" s="2"/>
       <c r="I648" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>730</v>
+        <v>54</v>
+      </c>
+      <c r="N648" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA648" t="s">
+        <v>738</v>
       </c>
     </row>
     <row r="649" spans="1:110">
-      <c r="E649" s="2"/>
       <c r="I649" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>731</v>
+        <v>54</v>
+      </c>
+      <c r="N649" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA649" t="s">
+        <v>739</v>
       </c>
     </row>
     <row r="650" spans="1:110">
-      <c r="E650" s="2"/>
       <c r="I650" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>732</v>
+        <v>54</v>
+      </c>
+      <c r="N650" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA650" t="s">
+        <v>740</v>
       </c>
     </row>
     <row r="651" spans="1:110">
-      <c r="E651" s="2"/>
       <c r="I651" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>733</v>
+        <v>54</v>
+      </c>
+      <c r="N651" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA651" t="s">
+        <v>741</v>
       </c>
     </row>
     <row r="652" spans="1:110">
-      <c r="E652" s="2"/>
       <c r="I652" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>734</v>
+        <v>54</v>
+      </c>
+      <c r="N652" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA652" t="s">
+        <v>742</v>
       </c>
     </row>
     <row r="653" spans="1:110">
-      <c r="E653" s="2"/>
       <c r="I653" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>735</v>
+        <v>54</v>
+      </c>
+      <c r="N653" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA653" t="s">
+        <v>743</v>
       </c>
     </row>
     <row r="654" spans="1:110">
-      <c r="E654" s="2"/>
       <c r="I654" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>736</v>
+        <v>54</v>
+      </c>
+      <c r="N654" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA654" t="s">
+        <v>744</v>
       </c>
     </row>
     <row r="655" spans="1:110">
-      <c r="E655" s="2"/>
       <c r="I655" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>737</v>
+        <v>54</v>
+      </c>
+      <c r="N655" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA655" t="s">
+        <v>745</v>
       </c>
     </row>
     <row r="656" spans="1:110">
-      <c r="E656" s="2"/>
       <c r="I656" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>738</v>
+        <v>54</v>
+      </c>
+      <c r="N656" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA656" t="s">
+        <v>746</v>
       </c>
     </row>
     <row r="657" spans="1:110">
-      <c r="E657" s="2"/>
       <c r="I657" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>739</v>
+        <v>54</v>
+      </c>
+      <c r="N657" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA657" t="s">
+        <v>747</v>
       </c>
     </row>
     <row r="658" spans="1:110">
-      <c r="E658" s="2"/>
       <c r="I658" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>740</v>
+        <v>54</v>
+      </c>
+      <c r="N658" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA658" t="s">
+        <v>748</v>
       </c>
     </row>
     <row r="659" spans="1:110">
-      <c r="E659" s="2"/>
       <c r="I659" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>741</v>
+        <v>54</v>
+      </c>
+      <c r="N659" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA659" t="s">
+        <v>749</v>
       </c>
     </row>
     <row r="660" spans="1:110">
-      <c r="E660" s="2"/>
       <c r="I660" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>742</v>
+        <v>54</v>
+      </c>
+      <c r="N660" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA660" t="s">
+        <v>750</v>
       </c>
     </row>
     <row r="661" spans="1:110">
-      <c r="E661" s="2"/>
       <c r="I661" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>743</v>
+        <v>54</v>
+      </c>
+      <c r="N661" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA661" t="s">
+        <v>751</v>
       </c>
     </row>
     <row r="662" spans="1:110">
-      <c r="E662" s="2"/>
       <c r="I662" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>744</v>
+        <v>54</v>
+      </c>
+      <c r="N662" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA662" t="s">
+        <v>752</v>
       </c>
     </row>
     <row r="663" spans="1:110">
-      <c r="E663" s="2"/>
       <c r="I663" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>745</v>
+        <v>54</v>
+      </c>
+      <c r="N663" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA663" t="s">
+        <v>753</v>
       </c>
     </row>
     <row r="664" spans="1:110">
-      <c r="E664" s="2"/>
       <c r="I664" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>746</v>
+        <v>54</v>
+      </c>
+      <c r="N664" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA664" t="s">
+        <v>754</v>
       </c>
     </row>
     <row r="665" spans="1:110">
-      <c r="E665" s="2"/>
       <c r="I665" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>747</v>
+        <v>54</v>
+      </c>
+      <c r="N665" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA665" t="s">
+        <v>755</v>
       </c>
     </row>
     <row r="666" spans="1:110">
-      <c r="E666" s="2"/>
       <c r="I666" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>748</v>
+        <v>54</v>
+      </c>
+      <c r="N666" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA666" t="s">
+        <v>756</v>
       </c>
     </row>
     <row r="667" spans="1:110">
-      <c r="E667" s="2"/>
       <c r="I667" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>749</v>
+        <v>54</v>
+      </c>
+      <c r="N667" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA667" t="s">
+        <v>757</v>
       </c>
     </row>
     <row r="668" spans="1:110">
-      <c r="E668" s="2"/>
       <c r="I668" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>750</v>
+        <v>54</v>
+      </c>
+      <c r="N668" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA668" t="s">
+        <v>758</v>
       </c>
     </row>
     <row r="669" spans="1:110">
-      <c r="E669" s="2"/>
       <c r="I669" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>751</v>
+        <v>54</v>
+      </c>
+      <c r="N669" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA669" t="s">
+        <v>759</v>
       </c>
     </row>
     <row r="670" spans="1:110">
-      <c r="E670" s="2"/>
       <c r="I670" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>752</v>
+        <v>54</v>
+      </c>
+      <c r="N670" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA670" t="s">
+        <v>760</v>
       </c>
     </row>
     <row r="671" spans="1:110">
-      <c r="E671" s="2"/>
       <c r="I671" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>753</v>
+        <v>54</v>
+      </c>
+      <c r="N671" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA671" t="s">
+        <v>761</v>
       </c>
     </row>
     <row r="672" spans="1:110">
-      <c r="E672" s="2"/>
       <c r="I672" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>754</v>
+        <v>54</v>
+      </c>
+      <c r="N672" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA672" t="s">
+        <v>762</v>
       </c>
     </row>
     <row r="673" spans="1:110">
-      <c r="E673" s="2"/>
       <c r="I673" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>755</v>
+        <v>54</v>
+      </c>
+      <c r="N673" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA673" t="s">
+        <v>763</v>
       </c>
     </row>
     <row r="674" spans="1:110">
-      <c r="E674" s="2"/>
       <c r="I674" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>756</v>
+        <v>54</v>
+      </c>
+      <c r="N674" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA674" t="s">
+        <v>764</v>
       </c>
     </row>
     <row r="675" spans="1:110">
-      <c r="E675" s="2"/>
       <c r="I675" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>757</v>
+        <v>54</v>
+      </c>
+      <c r="N675" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA675" t="s">
+        <v>765</v>
       </c>
     </row>
     <row r="676" spans="1:110">
-      <c r="E676" s="2"/>
       <c r="I676" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>758</v>
+        <v>54</v>
+      </c>
+      <c r="N676" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA676" t="s">
+        <v>766</v>
       </c>
     </row>
     <row r="677" spans="1:110">
-      <c r="E677" s="2"/>
       <c r="I677" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>759</v>
+        <v>54</v>
+      </c>
+      <c r="N677" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA677" t="s">
+        <v>767</v>
       </c>
     </row>
     <row r="678" spans="1:110">
-      <c r="E678" s="2"/>
       <c r="I678" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>760</v>
+        <v>54</v>
+      </c>
+      <c r="N678" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA678" t="s">
+        <v>768</v>
       </c>
     </row>
     <row r="679" spans="1:110">
-      <c r="E679" s="2"/>
       <c r="I679" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>761</v>
+        <v>54</v>
+      </c>
+      <c r="N679" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA679" t="s">
+        <v>769</v>
       </c>
     </row>
     <row r="680" spans="1:110">
-      <c r="E680" s="2"/>
       <c r="I680" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>762</v>
+        <v>54</v>
+      </c>
+      <c r="N680" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA680" t="s">
+        <v>770</v>
       </c>
     </row>
     <row r="681" spans="1:110">
-      <c r="E681" s="2"/>
       <c r="I681" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>763</v>
+        <v>54</v>
+      </c>
+      <c r="N681" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA681" t="s">
+        <v>771</v>
       </c>
     </row>
     <row r="682" spans="1:110">
-      <c r="E682" s="2"/>
       <c r="I682" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>764</v>
+        <v>54</v>
+      </c>
+      <c r="N682" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA682" t="s">
+        <v>772</v>
       </c>
     </row>
     <row r="683" spans="1:110">
-      <c r="E683" s="2"/>
       <c r="I683" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>764</v>
+        <v>54</v>
+      </c>
+      <c r="N683" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA683" t="s">
+        <v>773</v>
       </c>
     </row>
     <row r="684" spans="1:110">
-      <c r="E684" s="2"/>
       <c r="I684" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>765</v>
+        <v>54</v>
+      </c>
+      <c r="N684" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA684" t="s">
+        <v>774</v>
       </c>
     </row>
     <row r="685" spans="1:110">
-      <c r="E685" s="2"/>
       <c r="I685" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>766</v>
+        <v>54</v>
+      </c>
+      <c r="N685" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA685" t="s">
+        <v>775</v>
       </c>
     </row>
     <row r="686" spans="1:110">
-      <c r="E686" s="2"/>
       <c r="I686" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>767</v>
+        <v>54</v>
+      </c>
+      <c r="N686" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA686" t="s">
+        <v>776</v>
       </c>
     </row>
     <row r="687" spans="1:110">
-      <c r="E687" s="2"/>
       <c r="I687" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>768</v>
+        <v>54</v>
+      </c>
+      <c r="N687" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA687" t="s">
+        <v>777</v>
       </c>
     </row>
     <row r="688" spans="1:110">
-      <c r="E688" s="2"/>
       <c r="I688" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>769</v>
+        <v>54</v>
+      </c>
+      <c r="N688" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA688" t="s">
+        <v>778</v>
       </c>
     </row>
     <row r="689" spans="1:110">
-      <c r="E689" s="2"/>
       <c r="I689" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>770</v>
+        <v>54</v>
+      </c>
+      <c r="N689" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA689" t="s">
+        <v>779</v>
       </c>
     </row>
     <row r="690" spans="1:110">
-      <c r="E690" s="2"/>
       <c r="I690" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>771</v>
+        <v>54</v>
+      </c>
+      <c r="N690" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA690" t="s">
+        <v>780</v>
       </c>
     </row>
     <row r="691" spans="1:110">
-      <c r="E691" s="2"/>
       <c r="I691" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>772</v>
+        <v>54</v>
+      </c>
+      <c r="N691" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA691" t="s">
+        <v>781</v>
       </c>
     </row>
     <row r="692" spans="1:110">
-      <c r="E692" s="2"/>
       <c r="I692" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>773</v>
+        <v>54</v>
+      </c>
+      <c r="N692" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA692" t="s">
+        <v>782</v>
       </c>
     </row>
     <row r="693" spans="1:110">
-      <c r="E693" s="2"/>
       <c r="I693" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>774</v>
+        <v>54</v>
+      </c>
+      <c r="N693" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA693" t="s">
+        <v>783</v>
       </c>
     </row>
     <row r="694" spans="1:110">
-      <c r="E694" s="2"/>
       <c r="I694" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>775</v>
+        <v>54</v>
+      </c>
+      <c r="N694" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA694" t="s">
+        <v>784</v>
       </c>
     </row>
     <row r="695" spans="1:110">
-      <c r="E695" s="2"/>
       <c r="I695" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>776</v>
+        <v>54</v>
+      </c>
+      <c r="N695" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA695" t="s">
+        <v>785</v>
       </c>
     </row>
     <row r="696" spans="1:110">
-      <c r="E696" s="2"/>
       <c r="I696" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>777</v>
+        <v>54</v>
+      </c>
+      <c r="N696" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA696" t="s">
+        <v>786</v>
       </c>
     </row>
     <row r="697" spans="1:110">
-      <c r="E697" s="2"/>
       <c r="I697" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>778</v>
+        <v>54</v>
+      </c>
+      <c r="N697" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA697" t="s">
+        <v>787</v>
       </c>
     </row>
     <row r="698" spans="1:110">
-      <c r="E698" s="2"/>
       <c r="I698" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>779</v>
+        <v>54</v>
+      </c>
+      <c r="N698" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA698" t="s">
+        <v>788</v>
       </c>
     </row>
     <row r="699" spans="1:110">
-      <c r="E699" s="2"/>
       <c r="I699" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>780</v>
+        <v>54</v>
+      </c>
+      <c r="N699" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA699" t="s">
+        <v>789</v>
       </c>
     </row>
     <row r="700" spans="1:110">
-      <c r="E700" s="2"/>
       <c r="I700" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>781</v>
+        <v>54</v>
+      </c>
+      <c r="N700" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA700" t="s">
+        <v>790</v>
       </c>
     </row>
     <row r="701" spans="1:110">
-      <c r="E701" s="2"/>
       <c r="I701" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>782</v>
+        <v>54</v>
+      </c>
+      <c r="N701" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA701" t="s">
+        <v>791</v>
       </c>
     </row>
     <row r="702" spans="1:110">
-      <c r="E702" s="2"/>
       <c r="I702" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>783</v>
+        <v>54</v>
+      </c>
+      <c r="N702" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA702" t="s">
+        <v>792</v>
       </c>
     </row>
     <row r="703" spans="1:110">
-      <c r="E703" s="2"/>
       <c r="I703" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>784</v>
+        <v>54</v>
+      </c>
+      <c r="N703" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA703" t="s">
+        <v>793</v>
       </c>
     </row>
     <row r="704" spans="1:110">
-      <c r="E704" s="2"/>
       <c r="I704" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>785</v>
+        <v>54</v>
+      </c>
+      <c r="N704" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA704" t="s">
+        <v>794</v>
       </c>
     </row>
     <row r="705" spans="1:110">
-      <c r="E705" s="2"/>
       <c r="I705" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>786</v>
+        <v>54</v>
+      </c>
+      <c r="N705" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA705" t="s">
+        <v>795</v>
       </c>
     </row>
     <row r="706" spans="1:110">
-      <c r="E706" s="2"/>
       <c r="I706" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>787</v>
+        <v>54</v>
+      </c>
+      <c r="N706" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA706" t="s">
+        <v>796</v>
       </c>
     </row>
     <row r="707" spans="1:110">
-      <c r="E707" s="2"/>
       <c r="I707" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>788</v>
+        <v>54</v>
+      </c>
+      <c r="N707" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA707" t="s">
+        <v>797</v>
       </c>
     </row>
     <row r="708" spans="1:110">
-      <c r="E708" s="2"/>
       <c r="I708" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>789</v>
+        <v>54</v>
+      </c>
+      <c r="N708" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA708" t="s">
+        <v>797</v>
       </c>
     </row>
     <row r="709" spans="1:110">
-      <c r="E709" s="2"/>
       <c r="I709" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>790</v>
+        <v>54</v>
+      </c>
+      <c r="N709" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA709" t="s">
+        <v>798</v>
       </c>
     </row>
     <row r="710" spans="1:110">
-      <c r="E710" s="2"/>
       <c r="I710" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>791</v>
+        <v>54</v>
+      </c>
+      <c r="N710" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA710" t="s">
+        <v>799</v>
       </c>
     </row>
     <row r="711" spans="1:110">
-      <c r="E711" s="2"/>
       <c r="I711" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>792</v>
+        <v>54</v>
+      </c>
+      <c r="N711" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA711" t="s">
+        <v>800</v>
       </c>
     </row>
     <row r="712" spans="1:110">
-      <c r="E712" s="2"/>
       <c r="I712" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>793</v>
+        <v>54</v>
+      </c>
+      <c r="N712" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA712" t="s">
+        <v>801</v>
       </c>
     </row>
     <row r="713" spans="1:110">
-      <c r="E713" s="2"/>
       <c r="I713" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>794</v>
+        <v>54</v>
+      </c>
+      <c r="N713" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA713" t="s">
+        <v>802</v>
       </c>
     </row>
     <row r="714" spans="1:110">
-      <c r="E714" s="2"/>
       <c r="I714" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>795</v>
+        <v>54</v>
+      </c>
+      <c r="N714" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA714" t="s">
+        <v>803</v>
       </c>
     </row>
     <row r="715" spans="1:110">
-      <c r="E715" s="2"/>
       <c r="I715" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>796</v>
+        <v>54</v>
+      </c>
+      <c r="N715" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA715" t="s">
+        <v>804</v>
       </c>
     </row>
     <row r="716" spans="1:110">
-      <c r="E716" s="2"/>
       <c r="I716" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>797</v>
+        <v>54</v>
+      </c>
+      <c r="N716" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA716" t="s">
+        <v>805</v>
       </c>
     </row>
     <row r="717" spans="1:110">
-      <c r="E717" s="2"/>
       <c r="I717" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>798</v>
+        <v>54</v>
+      </c>
+      <c r="N717" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA717" t="s">
+        <v>806</v>
       </c>
     </row>
     <row r="718" spans="1:110">
-      <c r="E718" s="2"/>
       <c r="I718" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>799</v>
+        <v>54</v>
+      </c>
+      <c r="N718" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA718" t="s">
+        <v>807</v>
       </c>
     </row>
     <row r="719" spans="1:110">
-      <c r="E719" s="2"/>
       <c r="I719" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>800</v>
+        <v>54</v>
+      </c>
+      <c r="N719" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA719" t="s">
+        <v>808</v>
       </c>
     </row>
     <row r="720" spans="1:110">
-      <c r="E720" s="2"/>
       <c r="I720" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>801</v>
+        <v>54</v>
+      </c>
+      <c r="N720" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA720" t="s">
+        <v>809</v>
       </c>
     </row>
     <row r="721" spans="1:110">
-      <c r="E721" s="2"/>
       <c r="I721" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>802</v>
+        <v>54</v>
+      </c>
+      <c r="N721" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA721" t="s">
+        <v>810</v>
       </c>
     </row>
     <row r="722" spans="1:110">
-      <c r="E722" s="2"/>
       <c r="I722" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>803</v>
+        <v>54</v>
+      </c>
+      <c r="N722" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA722" t="s">
+        <v>811</v>
       </c>
     </row>
     <row r="723" spans="1:110">
-      <c r="E723" s="2"/>
       <c r="I723" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>804</v>
+        <v>54</v>
+      </c>
+      <c r="N723" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA723" t="s">
+        <v>812</v>
       </c>
     </row>
     <row r="724" spans="1:110">
-      <c r="E724" s="2"/>
       <c r="I724" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>805</v>
+        <v>54</v>
+      </c>
+      <c r="N724" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA724" t="s">
+        <v>813</v>
       </c>
     </row>
     <row r="725" spans="1:110">
-      <c r="E725" s="2"/>
       <c r="I725" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>806</v>
+        <v>54</v>
+      </c>
+      <c r="N725" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA725" t="s">
+        <v>814</v>
       </c>
     </row>
     <row r="726" spans="1:110">
-      <c r="E726" s="2"/>
       <c r="I726" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>807</v>
+        <v>54</v>
+      </c>
+      <c r="N726" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA726" t="s">
+        <v>815</v>
       </c>
     </row>
     <row r="727" spans="1:110">
-      <c r="E727" s="2"/>
       <c r="I727" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>808</v>
+        <v>54</v>
+      </c>
+      <c r="N727" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA727" t="s">
+        <v>816</v>
       </c>
     </row>
     <row r="728" spans="1:110">
-      <c r="E728" s="2"/>
       <c r="I728" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N728" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA728" t="s">
+        <v>817</v>
       </c>
     </row>
     <row r="729" spans="1:110">
-      <c r="E729" s="2"/>
       <c r="I729" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N729" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA729" t="s">
+        <v>818</v>
       </c>
     </row>
     <row r="730" spans="1:110">
-      <c r="E730" s="2"/>
       <c r="I730" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N730" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA730" t="s">
+        <v>819</v>
       </c>
     </row>
     <row r="731" spans="1:110">
-      <c r="E731" s="2"/>
       <c r="I731" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N731" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA731" t="s">
+        <v>820</v>
       </c>
     </row>
     <row r="732" spans="1:110">
-      <c r="E732" s="2"/>
       <c r="I732" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N732" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA732" t="s">
+        <v>821</v>
       </c>
     </row>
     <row r="733" spans="1:110">
-      <c r="E733" s="2"/>
       <c r="I733" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N733" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA733" t="s">
+        <v>822</v>
       </c>
     </row>
     <row r="734" spans="1:110">
-      <c r="E734" s="2"/>
       <c r="I734" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N734" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA734" t="s">
+        <v>823</v>
       </c>
     </row>
     <row r="735" spans="1:110">
-      <c r="E735" s="2"/>
       <c r="I735" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N735" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA735" t="s">
+        <v>824</v>
       </c>
     </row>
     <row r="736" spans="1:110">
-      <c r="E736" s="2"/>
       <c r="I736" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N736" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA736" t="s">
+        <v>825</v>
       </c>
     </row>
     <row r="737" spans="1:110">
-      <c r="E737" s="2"/>
       <c r="I737" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N737" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA737" t="s">
+        <v>826</v>
       </c>
     </row>
     <row r="738" spans="1:110">
-      <c r="E738" s="2"/>
       <c r="I738" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N738" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA738" t="s">
+        <v>827</v>
       </c>
     </row>
     <row r="739" spans="1:110">
-      <c r="E739" s="2"/>
       <c r="I739" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N739" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA739" t="s">
+        <v>828</v>
       </c>
     </row>
     <row r="740" spans="1:110">
-      <c r="E740" s="2"/>
       <c r="I740" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N740" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA740" t="s">
+        <v>829</v>
       </c>
     </row>
     <row r="741" spans="1:110">
-      <c r="E741" s="2"/>
       <c r="I741" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N741" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA741" t="s">
+        <v>830</v>
       </c>
     </row>
     <row r="742" spans="1:110">
-      <c r="E742" s="2"/>
       <c r="I742" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N742" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA742" t="s">
+        <v>831</v>
       </c>
     </row>
     <row r="743" spans="1:110">
-      <c r="E743" s="2"/>
       <c r="I743" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N743" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA743" t="s">
+        <v>832</v>
       </c>
     </row>
     <row r="744" spans="1:110">
-      <c r="E744" s="2"/>
       <c r="I744" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N744" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA744" t="s">
+        <v>833</v>
       </c>
     </row>
     <row r="745" spans="1:110">
-      <c r="E745" s="2"/>
       <c r="I745" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N745" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA745" t="s">
+        <v>834</v>
       </c>
     </row>
     <row r="746" spans="1:110">
-      <c r="E746" s="2"/>
       <c r="I746" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N746" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA746" t="s">
+        <v>835</v>
       </c>
     </row>
     <row r="747" spans="1:110">
-      <c r="E747" s="2"/>
       <c r="I747" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N747" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA747" t="s">
+        <v>836</v>
       </c>
     </row>
     <row r="748" spans="1:110">
-      <c r="E748" s="2"/>
       <c r="I748" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N748" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA748" t="s">
+        <v>837</v>
       </c>
     </row>
     <row r="749" spans="1:110">
-      <c r="E749" s="2"/>
       <c r="I749" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N749" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA749" t="s">
+        <v>838</v>
       </c>
     </row>
     <row r="750" spans="1:110">
-      <c r="E750" s="2"/>
       <c r="I750" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N750" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA750" t="s">
+        <v>839</v>
       </c>
     </row>
     <row r="751" spans="1:110">
-      <c r="E751" s="2"/>
       <c r="I751" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N751" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA751" t="s">
+        <v>840</v>
       </c>
     </row>
     <row r="752" spans="1:110">
-      <c r="E752" s="2"/>
       <c r="I752" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N752" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA752" t="s">
+        <v>841</v>
       </c>
     </row>
     <row r="753" spans="1:110">
-      <c r="E753" s="2"/>
       <c r="I753" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N753" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA753" t="s">
+        <v>842</v>
       </c>
     </row>
     <row r="754" spans="1:110">
-      <c r="E754" s="2"/>
       <c r="I754" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N754" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA754" t="s">
+        <v>843</v>
       </c>
     </row>
     <row r="755" spans="1:110">
-      <c r="E755" s="2"/>
       <c r="I755" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N755" t="s">
+        <v>54</v>
+      </c>
+      <c r="DA755" t="s">
+        <v>844</v>
       </c>
     </row>
     <row r="756" spans="1:110">
-      <c r="E756" s="2"/>
       <c r="I756" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N756" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="757" spans="1:110">
-      <c r="E757" s="2"/>
       <c r="I757" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N757" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="758" spans="1:110">
-      <c r="E758" s="2"/>
       <c r="I758" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N758" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="759" spans="1:110">
-      <c r="E759" s="2"/>
       <c r="I759" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N759" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="760" spans="1:110">
-      <c r="E760" s="2"/>
       <c r="I760" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N760" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="761" spans="1:110">
-      <c r="E761" s="2"/>
       <c r="I761" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N761" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="762" spans="1:110">
-      <c r="E762" s="2"/>
       <c r="I762" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N762" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="763" spans="1:110">
-      <c r="E763" s="2"/>
       <c r="I763" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N763" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="764" spans="1:110">
-      <c r="E764" s="2"/>
       <c r="I764" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N764" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="765" spans="1:110">
-      <c r="E765" s="2"/>
       <c r="I765" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N765" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="766" spans="1:110">
-      <c r="E766" s="2"/>
       <c r="I766" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N766" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="767" spans="1:110">
-      <c r="E767" s="2"/>
       <c r="I767" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N767" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="768" spans="1:110">
-      <c r="E768" s="2"/>
       <c r="I768" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N768" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="769" spans="1:110">
-      <c r="E769" s="2"/>
       <c r="I769" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N769" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="770" spans="1:110">
-      <c r="E770" s="2"/>
       <c r="I770" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N770" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="771" spans="1:110">
-      <c r="E771" s="2"/>
       <c r="I771" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N771" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="772" spans="1:110">
-      <c r="E772" s="2"/>
       <c r="I772" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N772" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="773" spans="1:110">
-      <c r="E773" s="2"/>
       <c r="I773" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N773" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="774" spans="1:110">
-      <c r="E774" s="2"/>
       <c r="I774" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N774" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="775" spans="1:110">
-      <c r="E775" s="2"/>
       <c r="I775" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N775" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="776" spans="1:110">
-      <c r="E776" s="2"/>
       <c r="I776" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N776" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="777" spans="1:110">
-      <c r="E777" s="2"/>
       <c r="I777" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N777" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="778" spans="1:110">
-      <c r="E778" s="2"/>
       <c r="I778" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N778" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="779" spans="1:110">
-      <c r="E779" s="2"/>
       <c r="I779" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N779" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="780" spans="1:110">
-      <c r="E780" s="2"/>
       <c r="I780" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N780" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="781" spans="1:110">
-      <c r="E781" s="2"/>
       <c r="I781" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N781" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="782" spans="1:110">
-      <c r="E782" s="2"/>
       <c r="I782" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N782" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="783" spans="1:110">
-      <c r="E783" s="2"/>
       <c r="I783" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N783" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="784" spans="1:110">
-      <c r="E784" s="2"/>
       <c r="I784" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N784" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="785" spans="1:110">
-      <c r="E785" s="2"/>
       <c r="I785" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N785" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="786" spans="1:110">
-      <c r="E786" s="2"/>
       <c r="I786" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N786" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="787" spans="1:110">
-      <c r="E787" s="2"/>
       <c r="I787" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N787" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="788" spans="1:110">
-      <c r="E788" s="2"/>
       <c r="I788" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N788" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="789" spans="1:110">
-      <c r="E789" s="2"/>
       <c r="I789" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N789" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="790" spans="1:110">
-      <c r="E790" s="2"/>
       <c r="I790" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N790" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="791" spans="1:110">
-      <c r="E791" s="2"/>
       <c r="I791" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N791" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="792" spans="1:110">
-      <c r="E792" s="2"/>
       <c r="I792" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N792" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="793" spans="1:110">
-      <c r="E793" s="2"/>
       <c r="I793" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N793" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="794" spans="1:110">
-      <c r="E794" s="2"/>
       <c r="I794" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N794" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="795" spans="1:110">
-      <c r="E795" s="2"/>
       <c r="I795" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N795" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="796" spans="1:110">
-      <c r="E796" s="2"/>
       <c r="I796" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N796" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="797" spans="1:110">
-      <c r="E797" s="2"/>
       <c r="I797" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N797" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="798" spans="1:110">
-      <c r="E798" s="2"/>
       <c r="I798" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N798" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="799" spans="1:110">
-      <c r="E799" s="2"/>
       <c r="I799" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N799" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="800" spans="1:110">
-      <c r="E800" s="2"/>
       <c r="I800" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N800" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="801" spans="1:110">
-      <c r="E801" s="2"/>
       <c r="I801" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N801" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="802" spans="1:110">
-      <c r="E802" s="2"/>
       <c r="I802" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N802" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="803" spans="1:110">
-      <c r="E803" s="2"/>
       <c r="I803" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N803" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="804" spans="1:110">
-      <c r="E804" s="2"/>
       <c r="I804" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N804" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="805" spans="1:110">
-      <c r="E805" s="2"/>
       <c r="I805" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N805" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="806" spans="1:110">
-      <c r="E806" s="2"/>
       <c r="I806" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N806" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="807" spans="1:110">
-      <c r="E807" s="2"/>
       <c r="I807" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N807" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="808" spans="1:110">
-      <c r="E808" s="2"/>
       <c r="I808" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N808" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="809" spans="1:110">
-      <c r="E809" s="2"/>
       <c r="I809" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N809" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="810" spans="1:110">
-      <c r="E810" s="2"/>
       <c r="I810" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N810" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="811" spans="1:110">
-      <c r="E811" s="2"/>
       <c r="I811" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N811" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="812" spans="1:110">
-      <c r="E812" s="2"/>
       <c r="I812" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N812" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="813" spans="1:110">
-      <c r="E813" s="2"/>
       <c r="I813" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N813" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="814" spans="1:110">
-      <c r="E814" s="2"/>
       <c r="I814" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N814" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="815" spans="1:110">
-      <c r="E815" s="2"/>
       <c r="I815" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N815" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="816" spans="1:110">
-      <c r="E816" s="2"/>
       <c r="I816" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N816" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="817" spans="1:110">
-      <c r="E817" s="2"/>
       <c r="I817" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N817" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="818" spans="1:110">
-      <c r="E818" s="2"/>
       <c r="I818" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N818" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="819" spans="1:110">
-      <c r="E819" s="2"/>
       <c r="I819" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N819" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="820" spans="1:110">
-      <c r="E820" s="2"/>
       <c r="I820" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N820" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="821" spans="1:110">
-      <c r="E821" s="2"/>
       <c r="I821" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N821" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="822" spans="1:110">
-      <c r="E822" s="2"/>
       <c r="I822" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N822" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="823" spans="1:110">
-      <c r="E823" s="2"/>
       <c r="I823" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N823" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="824" spans="1:110">
-      <c r="E824" s="2"/>
       <c r="I824" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N824" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="825" spans="1:110">
-      <c r="E825" s="2"/>
       <c r="I825" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N825" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="826" spans="1:110">
-      <c r="E826" s="2"/>
       <c r="I826" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N826" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="827" spans="1:110">
-      <c r="E827" s="2"/>
       <c r="I827" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N827" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="828" spans="1:110">
-      <c r="E828" s="2"/>
       <c r="I828" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N828" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="829" spans="1:110">
-      <c r="E829" s="2"/>
       <c r="I829" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N829" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="830" spans="1:110">
-      <c r="E830" s="2"/>
       <c r="I830" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N830" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="831" spans="1:110">
-      <c r="E831" s="2"/>
       <c r="I831" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N831" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="832" spans="1:110">
-      <c r="E832" s="2"/>
       <c r="I832" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N832" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="833" spans="1:110">
-      <c r="E833" s="2"/>
       <c r="I833" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N833" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="834" spans="1:110">
-      <c r="E834" s="2"/>
       <c r="I834" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N834" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="835" spans="1:110">
-      <c r="E835" s="2"/>
       <c r="I835" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N835" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="836" spans="1:110">
-      <c r="E836" s="2"/>
       <c r="I836" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N836" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="837" spans="1:110">
-      <c r="E837" s="2"/>
       <c r="I837" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N837" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="838" spans="1:110">
-      <c r="E838" s="2"/>
       <c r="I838" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N838" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="839" spans="1:110">
-      <c r="E839" s="2"/>
       <c r="I839" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N839" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="840" spans="1:110">
-      <c r="E840" s="2"/>
       <c r="I840" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N840" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="841" spans="1:110">
-      <c r="E841" s="2"/>
       <c r="I841" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N841" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="842" spans="1:110">
-      <c r="E842" s="2"/>
       <c r="I842" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N842" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="843" spans="1:110">
-      <c r="E843" s="2"/>
       <c r="I843" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N843" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="844" spans="1:110">
-      <c r="E844" s="2"/>
       <c r="I844" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N844" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="845" spans="1:110">
-      <c r="E845" s="2"/>
       <c r="I845" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N845" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="846" spans="1:110">
-      <c r="E846" s="2"/>
       <c r="I846" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N846" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="847" spans="1:110">
-      <c r="E847" s="2"/>
       <c r="I847" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N847" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="848" spans="1:110">
-      <c r="E848" s="2"/>
       <c r="I848" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N848" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="849" spans="1:110">
-      <c r="E849" s="2"/>
       <c r="I849" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N849" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="850" spans="1:110">
-      <c r="E850" s="2"/>
       <c r="I850" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N850" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="851" spans="1:110">
-      <c r="E851" s="2"/>
       <c r="I851" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N851" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="852" spans="1:110">
-      <c r="E852" s="2"/>
       <c r="I852" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N852" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="853" spans="1:110">
-      <c r="E853" s="2"/>
       <c r="I853" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N853" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="854" spans="1:110">
-      <c r="E854" s="2"/>
       <c r="I854" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N854" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="855" spans="1:110">
-      <c r="E855" s="2"/>
       <c r="I855" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N855" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="856" spans="1:110">
-      <c r="E856" s="2"/>
       <c r="I856" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N856" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="857" spans="1:110">
-      <c r="E857" s="2"/>
       <c r="I857" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N857" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="858" spans="1:110">
-      <c r="E858" s="2"/>
       <c r="I858" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N858" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="859" spans="1:110">
-      <c r="E859" s="2"/>
       <c r="I859" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N859" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="860" spans="1:110">
-      <c r="E860" s="2"/>
       <c r="I860" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N860" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="861" spans="1:110">
-      <c r="E861" s="2"/>
       <c r="I861" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N861" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="862" spans="1:110">
-      <c r="E862" s="2"/>
       <c r="I862" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N862" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="863" spans="1:110">
-      <c r="E863" s="2"/>
       <c r="I863" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N863" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="864" spans="1:110">
-      <c r="E864" s="2"/>
       <c r="I864" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N864" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="865" spans="1:110">
-      <c r="E865" s="2"/>
       <c r="I865" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N865" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="866" spans="1:110">
-      <c r="E866" s="2"/>
       <c r="I866" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N866" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="867" spans="1:110">
-      <c r="E867" s="2"/>
       <c r="I867" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N867" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="868" spans="1:110">
-      <c r="E868" s="2"/>
       <c r="I868" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N868" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="869" spans="1:110">
-      <c r="E869" s="2"/>
       <c r="I869" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N869" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="870" spans="1:110">
-      <c r="E870" s="2"/>
       <c r="I870" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N870" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="871" spans="1:110">
-      <c r="E871" s="2"/>
       <c r="I871" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N871" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="872" spans="1:110">
-      <c r="E872" s="2"/>
       <c r="I872" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N872" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="873" spans="1:110">
-      <c r="E873" s="2"/>
       <c r="I873" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N873" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="874" spans="1:110">
-      <c r="E874" s="2"/>
       <c r="I874" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N874" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="875" spans="1:110">
-      <c r="E875" s="2"/>
       <c r="I875" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N875" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="876" spans="1:110">
-      <c r="E876" s="2"/>
       <c r="I876" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N876" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="877" spans="1:110">
-      <c r="E877" s="2"/>
       <c r="I877" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N877" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="878" spans="1:110">
-      <c r="E878" s="2"/>
       <c r="I878" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N878" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="879" spans="1:110">
-      <c r="E879" s="2"/>
       <c r="I879" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N879" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="880" spans="1:110">
-      <c r="E880" s="2"/>
       <c r="I880" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N880" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="881" spans="1:110">
-      <c r="E881" s="2"/>
       <c r="I881" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N881" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="882" spans="1:110">
-      <c r="E882" s="2"/>
       <c r="I882" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N882" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="883" spans="1:110">
-      <c r="E883" s="2"/>
       <c r="I883" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N883" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="884" spans="1:110">
-      <c r="E884" s="2"/>
       <c r="I884" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N884" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="885" spans="1:110">
-      <c r="E885" s="2"/>
       <c r="I885" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N885" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="886" spans="1:110">
-      <c r="E886" s="2"/>
       <c r="I886" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N886" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="887" spans="1:110">
-      <c r="E887" s="2"/>
       <c r="I887" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N887" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="888" spans="1:110">
-      <c r="E888" s="2"/>
       <c r="I888" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N888" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="889" spans="1:110">
-      <c r="E889" s="2"/>
       <c r="I889" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N889" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="890" spans="1:110">
-      <c r="E890" s="2"/>
       <c r="I890" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N890" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="891" spans="1:110">
-      <c r="E891" s="2"/>
       <c r="I891" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N891" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="892" spans="1:110">
-      <c r="E892" s="2"/>
       <c r="I892" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N892" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="893" spans="1:110">
-      <c r="E893" s="2"/>
       <c r="I893" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N893" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="894" spans="1:110">
-      <c r="E894" s="2"/>
       <c r="I894" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N894" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="895" spans="1:110">
-      <c r="E895" s="2"/>
       <c r="I895" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N895" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="896" spans="1:110">
-      <c r="E896" s="2"/>
       <c r="I896" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N896" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="897" spans="1:110">
-      <c r="E897" s="2"/>
       <c r="I897" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N897" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="898" spans="1:110">
-      <c r="E898" s="2"/>
       <c r="I898" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N898" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="899" spans="1:110">
-      <c r="E899" s="2"/>
       <c r="I899" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N899" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="900" spans="1:110">
-      <c r="E900" s="2"/>
       <c r="I900" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N900" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="901" spans="1:110">
-      <c r="E901" s="2"/>
       <c r="I901" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N901" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="902" spans="1:110">
-      <c r="E902" s="2"/>
       <c r="I902" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N902" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="903" spans="1:110">
-      <c r="E903" s="2"/>
       <c r="I903" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N903" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="904" spans="1:110">
-      <c r="E904" s="2"/>
       <c r="I904" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N904" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="905" spans="1:110">
-      <c r="E905" s="2"/>
       <c r="I905" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N905" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="906" spans="1:110">
-      <c r="E906" s="2"/>
       <c r="I906" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N906" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="907" spans="1:110">
-      <c r="E907" s="2"/>
       <c r="I907" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N907" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="908" spans="1:110">
-      <c r="E908" s="2"/>
       <c r="I908" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N908" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="909" spans="1:110">
-      <c r="E909" s="2"/>
       <c r="I909" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N909" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="910" spans="1:110">
-      <c r="E910" s="2"/>
       <c r="I910" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N910" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="911" spans="1:110">
-      <c r="E911" s="2"/>
       <c r="I911" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N911" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="912" spans="1:110">
-      <c r="E912" s="2"/>
       <c r="I912" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N912" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="913" spans="1:110">
-      <c r="E913" s="2"/>
       <c r="I913" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N913" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="914" spans="1:110">
-      <c r="E914" s="2"/>
       <c r="I914" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N914" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="915" spans="1:110">
-      <c r="E915" s="2"/>
       <c r="I915" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N915" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="916" spans="1:110">
-      <c r="E916" s="2"/>
       <c r="I916" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N916" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="917" spans="1:110">
-      <c r="E917" s="2"/>
       <c r="I917" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N917" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="918" spans="1:110">
-      <c r="E918" s="2"/>
       <c r="I918" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N918" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="919" spans="1:110">
-      <c r="E919" s="2"/>
       <c r="I919" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N919" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="920" spans="1:110">
-      <c r="E920" s="2"/>
       <c r="I920" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N920" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="921" spans="1:110">
-      <c r="E921" s="2"/>
       <c r="I921" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N921" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="922" spans="1:110">
-      <c r="E922" s="2"/>
       <c r="I922" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N922" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="923" spans="1:110">
-      <c r="E923" s="2"/>
       <c r="I923" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N923" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="924" spans="1:110">
-      <c r="E924" s="2"/>
       <c r="I924" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N924" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="925" spans="1:110">
-      <c r="E925" s="2"/>
       <c r="I925" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N925" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="926" spans="1:110">
-      <c r="E926" s="2"/>
       <c r="I926" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N926" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="927" spans="1:110">
-      <c r="E927" s="2"/>
       <c r="I927" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N927" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="928" spans="1:110">
-      <c r="E928" s="2"/>
       <c r="I928" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N928" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="929" spans="1:110">
-      <c r="E929" s="2"/>
       <c r="I929" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N929" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="930" spans="1:110">
-      <c r="E930" s="2"/>
       <c r="I930" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N930" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="931" spans="1:110">
-      <c r="E931" s="2"/>
       <c r="I931" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N931" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="932" spans="1:110">
-      <c r="E932" s="2"/>
       <c r="I932" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N932" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="933" spans="1:110">
-      <c r="E933" s="2"/>
       <c r="I933" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N933" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="934" spans="1:110">
-      <c r="E934" s="2"/>
       <c r="I934" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N934" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="935" spans="1:110">
-      <c r="E935" s="2"/>
       <c r="I935" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N935" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="936" spans="1:110">
-      <c r="E936" s="2"/>
       <c r="I936" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N936" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="937" spans="1:110">
-      <c r="E937" s="2"/>
       <c r="I937" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N937" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="938" spans="1:110">
-      <c r="E938" s="2"/>
       <c r="I938" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N938" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="939" spans="1:110">
-      <c r="E939" s="2"/>
       <c r="I939" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N939" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="940" spans="1:110">
-      <c r="E940" s="2"/>
       <c r="I940" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N940" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="941" spans="1:110">
-      <c r="E941" s="2"/>
       <c r="I941" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N941" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="942" spans="1:110">
-      <c r="E942" s="2"/>
       <c r="I942" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N942" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="943" spans="1:110">
-      <c r="E943" s="2"/>
       <c r="I943" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N943" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="944" spans="1:110">
-      <c r="E944" s="2"/>
       <c r="I944" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N944" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="945" spans="1:110">
-      <c r="E945" s="2"/>
       <c r="I945" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N945" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="946" spans="1:110">
-      <c r="E946" s="2"/>
       <c r="I946" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N946" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="947" spans="1:110">
-      <c r="E947" s="2"/>
       <c r="I947" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N947" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="948" spans="1:110">
-      <c r="E948" s="2"/>
       <c r="I948" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N948" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="949" spans="1:110">
-      <c r="E949" s="2"/>
       <c r="I949" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N949" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="950" spans="1:110">
-      <c r="E950" s="2"/>
       <c r="I950" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N950" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="951" spans="1:110">
-      <c r="E951" s="2"/>
       <c r="I951" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N951" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="952" spans="1:110">
-      <c r="E952" s="2"/>
       <c r="I952" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N952" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="953" spans="1:110">
-      <c r="E953" s="2"/>
       <c r="I953" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N953" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="954" spans="1:110">
-      <c r="E954" s="2"/>
       <c r="I954" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N954" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="955" spans="1:110">
-      <c r="E955" s="2"/>
       <c r="I955" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N955" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="956" spans="1:110">
-      <c r="E956" s="2"/>
       <c r="I956" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N956" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="957" spans="1:110">
-      <c r="E957" s="2"/>
       <c r="I957" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N957" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="958" spans="1:110">
-      <c r="E958" s="2"/>
       <c r="I958" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N958" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="959" spans="1:110">
-      <c r="E959" s="2"/>
       <c r="I959" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N959" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="960" spans="1:110">
-      <c r="E960" s="2"/>
       <c r="I960" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N960" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="961" spans="1:110">
-      <c r="E961" s="2"/>
       <c r="I961" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N961" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="962" spans="1:110">
-      <c r="E962" s="2"/>
       <c r="I962" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N962" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="963" spans="1:110">
-      <c r="E963" s="2"/>
       <c r="I963" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N963" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="964" spans="1:110">
-      <c r="E964" s="2"/>
       <c r="I964" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N964" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="965" spans="1:110">
-      <c r="E965" s="2"/>
       <c r="I965" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N965" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="966" spans="1:110">
-      <c r="E966" s="2"/>
       <c r="I966" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N966" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="967" spans="1:110">
-      <c r="E967" s="2"/>
       <c r="I967" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N967" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="968" spans="1:110">
-      <c r="E968" s="2"/>
       <c r="I968" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N968" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="969" spans="1:110">
-      <c r="E969" s="2"/>
       <c r="I969" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N969" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="970" spans="1:110">
-      <c r="E970" s="2"/>
       <c r="I970" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N970" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="971" spans="1:110">
-      <c r="E971" s="2"/>
       <c r="I971" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N971" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="972" spans="1:110">
-      <c r="E972" s="2"/>
       <c r="I972" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N972" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="973" spans="1:110">
-      <c r="E973" s="2"/>
       <c r="I973" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N973" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="974" spans="1:110">
-      <c r="E974" s="2"/>
       <c r="I974" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N974" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="975" spans="1:110">
-      <c r="E975" s="2"/>
       <c r="I975" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N975" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="976" spans="1:110">
-      <c r="E976" s="2"/>
       <c r="I976" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N976" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="977" spans="1:110">
-      <c r="E977" s="2"/>
       <c r="I977" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N977" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="978" spans="1:110">
-      <c r="E978" s="2"/>
       <c r="I978" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N978" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="979" spans="1:110">
-      <c r="E979" s="2"/>
       <c r="I979" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N979" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="980" spans="1:110">
-      <c r="E980" s="2"/>
       <c r="I980" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N980" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="981" spans="1:110">
-      <c r="E981" s="2"/>
       <c r="I981" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N981" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="982" spans="1:110">
-      <c r="E982" s="2"/>
       <c r="I982" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N982" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="983" spans="1:110">
-      <c r="E983" s="2"/>
       <c r="I983" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N983" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="984" spans="1:110">
-      <c r="E984" s="2"/>
       <c r="I984" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N984" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="985" spans="1:110">
-      <c r="E985" s="2"/>
       <c r="I985" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N985" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="986" spans="1:110">
-      <c r="E986" s="2"/>
       <c r="I986" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N986" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="987" spans="1:110">
-      <c r="E987" s="2"/>
       <c r="I987" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N987" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="988" spans="1:110">
-      <c r="E988" s="2"/>
       <c r="I988" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N988" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="989" spans="1:110">
-      <c r="E989" s="2"/>
       <c r="I989" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N989" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="990" spans="1:110">
-      <c r="E990" s="2"/>
       <c r="I990" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N990" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="991" spans="1:110">
-      <c r="E991" s="2"/>
       <c r="I991" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N991" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="992" spans="1:110">
-      <c r="E992" s="2"/>
       <c r="I992" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N992" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="993" spans="1:110">
-      <c r="E993" s="2"/>
       <c r="I993" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N993" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="994" spans="1:110">
-      <c r="E994" s="2"/>
       <c r="I994" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N994" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="995" spans="1:110">
-      <c r="E995" s="2"/>
       <c r="I995" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N995" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="996" spans="1:110">
-      <c r="E996" s="2"/>
       <c r="I996" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N996" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="997" spans="1:110">
-      <c r="E997" s="2"/>
       <c r="I997" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N997" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="998" spans="1:110">
-      <c r="E998" s="2"/>
       <c r="I998" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N998" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="999" spans="1:110">
-      <c r="E999" s="2"/>
       <c r="I999" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N999" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="1000" spans="1:110">
-      <c r="E1000" s="2"/>
       <c r="I1000" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="N1000" t="s">
+        <v>54</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:CZ1"/>
     <mergeCell ref="A3:CZ3"/>
   </mergeCells>
   <dataValidations count="6">
-    <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="D5:D1000">
-[...1 lines deleted...]
-    </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="F5:F1000">
-      <formula1>'Worksheet'!$DB$1:$DB$727</formula1>
+      <formula1>'Worksheet'!$DA$1:$DA$755</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="I5:I1000">
+      <formula1>'Worksheet'!$DB$1:$DB$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="N5:N1000">
       <formula1>'Worksheet'!$DC$1:$DC$2</formula1>
     </dataValidation>
-    <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="M5:M1000">
+    <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="P5:P1000">
       <formula1>'Worksheet'!$DD$1:$DD$2</formula1>
     </dataValidation>
-    <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="O5:O1000">
+    <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="R5:R1000">
       <formula1>'Worksheet'!$DE$1:$DE$13</formula1>
     </dataValidation>
-    <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="P5:P1000">
+    <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="S5:S1000">
       <formula1>'Worksheet'!$DF$1:$DF$38</formula1>
     </dataValidation>
   </dataValidations>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>