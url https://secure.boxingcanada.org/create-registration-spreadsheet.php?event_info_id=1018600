--- v0 (2025-12-02)
+++ v1 (2026-01-17)
@@ -9,130 +9,142 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="829">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="838">
   <si>
     <t>NOTE: DO NOT MODIFY THE HIDDEN DATA IN ROW #2 OR IT WILL FAIL TO LOAD.</t>
   </si>
   <si>
     <t>Male</t>
   </si>
   <si>
     <t>13th Round Fight for Life</t>
   </si>
   <si>
     <t>Yes</t>
   </si>
   <si>
+    <t>Best Western Premier Hotel &amp; Conference Centre-Calgary</t>
+  </si>
+  <si>
     <t>I competed at a previous Canada Cup</t>
   </si>
   <si>
     <t>FunBox</t>
   </si>
   <si>
     <t>W44kg</t>
   </si>
   <si>
     <t>1018600:typeValue:6:295766</t>
   </si>
   <si>
     <t>1018600:typeValue:102</t>
   </si>
   <si>
     <t>1018600:typeValue:103</t>
   </si>
   <si>
     <t>1018600:typeValue:104</t>
   </si>
   <si>
     <t>1018600:typeValue:105</t>
   </si>
   <si>
     <t>1018600:typeValue:106</t>
   </si>
   <si>
     <t>1018600:typeValue:9:295506</t>
   </si>
   <si>
     <t>1018600:typeValue:6:295517</t>
   </si>
   <si>
     <t>1018600:typeValue:0:295774</t>
   </si>
   <si>
     <t>1018600:typeValue:0:295756</t>
   </si>
   <si>
     <t>1018600:typeValue:14:295759</t>
   </si>
   <si>
     <t>1018600:typeValue-2:14</t>
   </si>
   <si>
+    <t>1018600:typeValue:3:295801</t>
+  </si>
+  <si>
+    <t>1018600:typeValue:6:295802</t>
+  </si>
+  <si>
     <t>1018600:typeValue:6:295508</t>
   </si>
   <si>
     <t>1018600:typeValue:3:295518</t>
   </si>
   <si>
     <t>1018600:age_category</t>
   </si>
   <si>
     <t>1018600:reg_event:1</t>
   </si>
   <si>
     <t>Female</t>
   </si>
   <si>
     <t>161 Boxing Club</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
+    <t>Homewood Suites Calgary Airport</t>
+  </si>
+  <si>
     <t>My coach</t>
   </si>
   <si>
     <t>Men U15 (Junior B) Novice CANADA CUP</t>
   </si>
   <si>
     <t>W46kg</t>
   </si>
   <si>
     <t>Event Registration - 2026 Canada Cup - Athlete/Coach Registration</t>
   </si>
   <si>
     <t>1MR One More Round</t>
   </si>
   <si>
     <t>BoxingCanada.org</t>
   </si>
   <si>
     <t>Men U17 (Junior C) Novice CANADA CUP</t>
   </si>
   <si>
     <t>W48kg</t>
   </si>
   <si>
     <t>Boxing Canada Membership #</t>
@@ -149,50 +161,56 @@
   <si>
     <t>Date of Birth (YYYY-MM-DD)</t>
   </si>
   <si>
     <t>Club</t>
   </si>
   <si>
     <t>Province</t>
   </si>
   <si>
     <t>Number of bouts in your book (or total number of bouts if you have replaced book(s))</t>
   </si>
   <si>
     <t>Parent/Guardian Name (under 18 years)</t>
   </si>
   <si>
     <t>Coach Name</t>
   </si>
   <si>
     <t>Coach Email</t>
   </si>
   <si>
     <t>Email Opt In</t>
   </si>
   <si>
+    <t>Which Host Hotel are you staying at?</t>
+  </si>
+  <si>
+    <t>Hotel Reservation Confirmation #</t>
+  </si>
+  <si>
     <t>NCCP Number</t>
   </si>
   <si>
     <t>How did you hear about the Canada Cup?</t>
   </si>
   <si>
     <t>Age Category</t>
   </si>
   <si>
     <t>Weight Division #1</t>
   </si>
   <si>
     <t>2 Rivers Boxing Club</t>
   </si>
   <si>
     <t>A provincial boxing website</t>
   </si>
   <si>
     <t>Men U17 (Junior C) Open CANADA CUP</t>
   </si>
   <si>
     <t>W50kg</t>
   </si>
   <si>
     <t>2B Extreme Evolution Laval</t>
@@ -434,50 +452,53 @@
   <si>
     <t>M80+kg</t>
   </si>
   <si>
     <t>All Canadian Boxing</t>
   </si>
   <si>
     <t>M85kg</t>
   </si>
   <si>
     <t>All For One Boxing Club</t>
   </si>
   <si>
     <t>M90kg</t>
   </si>
   <si>
     <t>Alliance Boxing Club</t>
   </si>
   <si>
     <t>M90+kg</t>
   </si>
   <si>
     <t>Coach/Manager</t>
   </si>
   <si>
+    <t>Alliance Boxing Club SASKATOON (ABC S)</t>
+  </si>
+  <si>
     <t>Para Wheelchair</t>
   </si>
   <si>
     <t>Amazing Fitness</t>
   </si>
   <si>
     <t>Ambitions boxing club</t>
   </si>
   <si>
     <t>Ambush Boxing Club</t>
   </si>
   <si>
     <t>Amoring Boxing Club</t>
   </si>
   <si>
     <t>Amplified Athletics Inc. (AMPLIFIED ATHLETICS)</t>
   </si>
   <si>
     <t>ANIMO BOXING &amp; MMA</t>
   </si>
   <si>
     <t>Apex Combatives</t>
   </si>
   <si>
     <t>Arts Martiaux Apex</t>
@@ -1163,50 +1184,53 @@
   <si>
     <t>Eastside Boxing</t>
   </si>
   <si>
     <t>Ecole de boxe Commando</t>
   </si>
   <si>
     <t>Ecole de boxe les Apprentis Champions</t>
   </si>
   <si>
     <t>Ecole de boxe olympique RDL</t>
   </si>
   <si>
     <t>Ecole de boxe olympique Sorel-Tracy</t>
   </si>
   <si>
     <t>Ecole de kickboxing de l'Estrie</t>
   </si>
   <si>
     <t>Ecole Shao-Lin Boxe Matane</t>
   </si>
   <si>
     <t>Eldorado Boxing</t>
   </si>
   <si>
+    <t>Elite fight club</t>
+  </si>
+  <si>
     <t>Empire Boxing</t>
   </si>
   <si>
     <t>Empire Mixed Martial Arts &amp; Fitness</t>
   </si>
   <si>
     <t>EnergyBox</t>
   </si>
   <si>
     <t>Equipe oneXone</t>
   </si>
   <si>
     <t>Eskasoni Red Tribe Boxing Club</t>
   </si>
   <si>
     <t>Evangeline Trail Boxing Club</t>
   </si>
   <si>
     <t>Evolve MMA</t>
   </si>
   <si>
     <t>Face Off Boxing Club</t>
   </si>
   <si>
     <t>Farrell Boxing Nonprofit</t>
@@ -1283,50 +1307,53 @@
   <si>
     <t>Girls Just Wanna Box</t>
   </si>
   <si>
     <t>Gladiateur Gym</t>
   </si>
   <si>
     <t>Glory MMA</t>
   </si>
   <si>
     <t>Gloves Up Boxing</t>
   </si>
   <si>
     <t>Go Boxe 3R</t>
   </si>
   <si>
     <t>Gold City Boxing</t>
   </si>
   <si>
     <t>Gold Sport Life Inc.</t>
   </si>
   <si>
     <t>Golden Tiger</t>
   </si>
   <si>
+    <t>Goldenstars Boxing Club</t>
+  </si>
+  <si>
     <t>GPG Boxing Club</t>
   </si>
   <si>
     <t>Grant Boxing Gym</t>
   </si>
   <si>
     <t>Grants</t>
   </si>
   <si>
     <t>Griffins Boxing Club</t>
   </si>
   <si>
     <t>Grizzly Cage Boxing Club (GRIZZLY CAGE BOXING)</t>
   </si>
   <si>
     <t>Guelph MMA</t>
   </si>
   <si>
     <t>Gym le Local</t>
   </si>
   <si>
     <t>Hadaway Boxing</t>
   </si>
   <si>
     <t>Hampton Golden Gloves</t>
@@ -1361,50 +1388,53 @@
   <si>
     <t>HitFit Organization</t>
   </si>
   <si>
     <t>House of Champions Martial Arts</t>
   </si>
   <si>
     <t>House of Five</t>
   </si>
   <si>
     <t>Hubtown Boxing Club</t>
   </si>
   <si>
     <t>HUF Boxing</t>
   </si>
   <si>
     <t>HUF Delgado Boxing Club</t>
   </si>
   <si>
     <t>Humble Boxing Academy</t>
   </si>
   <si>
     <t>Hustle Believe Achieve Boxing and Fitness</t>
   </si>
   <si>
+    <t>Impact Boxing Club</t>
+  </si>
+  <si>
     <t>In This Corner Boxing Fitness Centre</t>
   </si>
   <si>
     <t>Independant</t>
   </si>
   <si>
     <t>Independant Alberta</t>
   </si>
   <si>
     <t>Infinite Martial Arts and Fitness</t>
   </si>
   <si>
     <t>Inside the Ropes</t>
   </si>
   <si>
     <t>Insight x Boxing</t>
   </si>
   <si>
     <t>InsightX Boxing</t>
   </si>
   <si>
     <t>Instinct Boxing Club</t>
   </si>
   <si>
     <t>Iron Cat Boxing</t>
@@ -1490,59 +1520,53 @@
   <si>
     <t>King Solo boxing (5555)</t>
   </si>
   <si>
     <t>Kingsman Boxing</t>
   </si>
   <si>
     <t>Kingston Youth Boxing Club</t>
   </si>
   <si>
     <t>Kingsway Boxing Club</t>
   </si>
   <si>
     <t>Kingways Boxing Club (KBC)</t>
   </si>
   <si>
     <t>Knockout Brampton Boxing</t>
   </si>
   <si>
     <t>KO-ED Boxing Academy</t>
   </si>
   <si>
     <t>Kokon Jiu-Jitsu and the House of 5 Martial Arts</t>
   </si>
   <si>
-    <t>Kombat Arts Boxing</t>
-[...1 lines deleted...]
-  <si>
     <t>Kombat Arts Training Academy</t>
   </si>
   <si>
-    <t>Kombat Arts Traning</t>
-[...1 lines deleted...]
-  <si>
     <t>Komoka Kilworth School of Boxing Muay Thai Fitness</t>
   </si>
   <si>
     <t>Kopas Boxing Club</t>
   </si>
   <si>
     <t>Kubicki Boxing Team</t>
   </si>
   <si>
     <t>KV Golden Gloves</t>
   </si>
   <si>
     <t>La Zone TR</t>
   </si>
   <si>
     <t>Lac La Biche Boxing Club</t>
   </si>
   <si>
     <t>Lahave Boxing Club</t>
   </si>
   <si>
     <t>Le Kick Club</t>
   </si>
   <si>
     <t>Le Stage Boxing</t>
@@ -1712,51 +1736,51 @@
   <si>
     <t>Nelson Boxing Club</t>
   </si>
   <si>
     <t>New Line BA</t>
   </si>
   <si>
     <t>New Waterford Boxing Club</t>
   </si>
   <si>
     <t>Niagara Falls Boxing Club</t>
   </si>
   <si>
     <t>Nightmare Boxing</t>
   </si>
   <si>
     <t>No Excuse Boxing and Fitness</t>
   </si>
   <si>
     <t>No Excuse Fitness</t>
   </si>
   <si>
     <t>Nordik Fight Club</t>
   </si>
   <si>
-    <t>Nunez Art of Striking</t>
+    <t>Nunez House of Combat</t>
   </si>
   <si>
     <t>Oakville Boxing Academy</t>
   </si>
   <si>
     <t>OBFT Inc</t>
   </si>
   <si>
     <t>Obsidian Athletic Club</t>
   </si>
   <si>
     <t>Ocean City Boxing</t>
   </si>
   <si>
     <t>Officials Commission</t>
   </si>
   <si>
     <t>OGM Boxing &amp; Fitness</t>
   </si>
   <si>
     <t>Old School Boxing &amp; Fitness</t>
   </si>
   <si>
     <t>Olympus Boxing Club</t>
   </si>
@@ -1877,50 +1901,53 @@
   <si>
     <t>Queensborough Boxing Club</t>
   </si>
   <si>
     <t>Quinit Boxing Port Coquitlam</t>
   </si>
   <si>
     <t>Quinte Bay Boxing</t>
   </si>
   <si>
     <t>Quinte Bay Boxing Club</t>
   </si>
   <si>
     <t>R.I.T.C. - ABomb Boxing</t>
   </si>
   <si>
     <t>Ragnarök Boxing Club</t>
   </si>
   <si>
     <t>Raincity Boxing Club</t>
   </si>
   <si>
     <t>Rashad's Boxing Academy</t>
   </si>
   <si>
+    <t>Razor Sharpe Boxing</t>
+  </si>
+  <si>
     <t>RDD Boxing</t>
   </si>
   <si>
     <t>Real Deal Boxing Club</t>
   </si>
   <si>
     <t>Rebels Boxing</t>
   </si>
   <si>
     <t>Red Deer Boxing Club</t>
   </si>
   <si>
     <t>Red Glove</t>
   </si>
   <si>
     <t>Red Owl Boxing</t>
   </si>
   <si>
     <t>Red Owl Boxing [Scarborough]</t>
   </si>
   <si>
     <t>Red Owl Boxing Brampton</t>
   </si>
   <si>
     <t>Red Owl Boxing Burlington</t>
@@ -2048,92 +2075,89 @@
   <si>
     <t>Shore Boxing Club</t>
   </si>
   <si>
     <t>Short Sleeve Boxing</t>
   </si>
   <si>
     <t>Shortsleeves School of Boxing</t>
   </si>
   <si>
     <t>Siberia Boxing Club Ltd.</t>
   </si>
   <si>
     <t>Silvertooth Gym</t>
   </si>
   <si>
     <t>Simcoe Martial Arts (Gray Cat Boxing)</t>
   </si>
   <si>
     <t>SK Boxing</t>
   </si>
   <si>
     <t>Sooke Boxing Club</t>
   </si>
   <si>
-    <t>Soul Martial Arts</t>
-[...1 lines deleted...]
-  <si>
     <t>South Side Legion Boxing Club</t>
   </si>
   <si>
     <t>SouthPaw Boxing Club</t>
   </si>
   <si>
-    <t>Southpaw/Goldenstars Boxing</t>
-[...1 lines deleted...]
-  <si>
     <t>Southside Boxing</t>
   </si>
   <si>
     <t>Southside Boxing Club</t>
   </si>
   <si>
     <t>Southside Legion boxing club (SSLC)</t>
   </si>
   <si>
     <t>Sovereign Boxing</t>
   </si>
   <si>
     <t>Sparta Bando club</t>
   </si>
   <si>
     <t>Spartan Striking Academy</t>
   </si>
   <si>
     <t>SpeakEasy Boxing &amp; Training Academy Ltd.</t>
   </si>
   <si>
     <t>Special T Boxing</t>
   </si>
   <si>
     <t>Special T Boxing UFC Gym</t>
   </si>
   <si>
     <t>Speedy Gym APB</t>
   </si>
   <si>
+    <t>SpeedyGym Waterloo (SGW)</t>
+  </si>
+  <si>
     <t>Sponagles east west boxing club</t>
   </si>
   <si>
     <t>Spooners Boxing Academy</t>
   </si>
   <si>
     <t>St Catharines Boxing Club</t>
   </si>
   <si>
     <t>St-John Golden Gloves Amateur Boxing Club</t>
   </si>
   <si>
     <t>Steeltown Boxing Club</t>
   </si>
   <si>
     <t>Stockyards Boxing and Fitness</t>
   </si>
   <si>
     <t>Stratford Brazilian Jiu Jitsu Academy</t>
   </si>
   <si>
     <t>Striking Tactics MMA &amp; Fitness</t>
   </si>
   <si>
     <t>Studio de boxe Empire</t>
@@ -2475,50 +2499,53 @@
     <t>White Rabbit Boxing Club</t>
   </si>
   <si>
     <t>Whizbang Boxing</t>
   </si>
   <si>
     <t>Willett Boxing Club</t>
   </si>
   <si>
     <t>Wilson's Boxing</t>
   </si>
   <si>
     <t>Windsor Amateur Boxing Club</t>
   </si>
   <si>
     <t>Wismer Boxing Club and Fitness Centre</t>
   </si>
   <si>
     <t>Wolfhouse Boxing</t>
   </si>
   <si>
     <t>Wolverine Boxing Academy</t>
   </si>
   <si>
     <t>Woodstock Boxing Club</t>
+  </si>
+  <si>
+    <t>xtreme couture</t>
   </si>
   <si>
     <t>Xtreme Couture Clinic</t>
   </si>
   <si>
     <t>Yamaji Sussex Boxing Club</t>
   </si>
   <si>
     <t>YGK Boxing</t>
   </si>
   <si>
     <t>YMM Boxing Club</t>
   </si>
   <si>
     <t>York Martial Arts</t>
   </si>
   <si>
     <t>Yukon Boxing</t>
   </si>
   <si>
     <t>Zaya's Boxing Club</t>
   </si>
 </sst>
 </file>
 
@@ -2880,176 +2907,191 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:DF1000"/>
+  <dimension ref="A1:DG1000"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A3" sqref="A3:CZ4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="1" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="31" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="25" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="25" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="25" bestFit="true" customWidth="true" style="0"/>
     <col min="105" max="105" width="8" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="31" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="25" bestFit="true" customWidth="true" style="0"/>
     <col min="106" max="106" width="89" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="31" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="100" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="44" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="31" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="32" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="26" bestFit="true" customWidth="true" style="0"/>
     <col min="107" max="107" width="4" bestFit="true" customWidth="true" style="0"/>
-    <col min="13" max="13" width="31" bestFit="true" customWidth="true" style="0"/>
-[...5 lines deleted...]
-    <col min="16" max="16" width="23" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="43" bestFit="true" customWidth="true" style="0"/>
+    <col min="108" max="108" width="64" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="38" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="31" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="45" bestFit="true" customWidth="true" style="0"/>
+    <col min="109" max="109" width="42" bestFit="true" customWidth="true" style="0"/>
+    <col min="110" max="110" width="45" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="24" bestFit="true" customWidth="true" style="0"/>
+    <col min="111" max="111" width="18" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="23" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:110" hidden="true" outlineLevel="1">
+    <row r="1" spans="1:111" hidden="true" outlineLevel="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="DA1" t="s">
         <v>1</v>
       </c>
       <c r="DB1" t="s">
         <v>2</v>
       </c>
       <c r="DC1" t="s">
         <v>3</v>
       </c>
       <c r="DD1" t="s">
         <v>4</v>
       </c>
       <c r="DE1" t="s">
         <v>5</v>
       </c>
       <c r="DF1" t="s">
         <v>6</v>
       </c>
-    </row>
-    <row r="2" spans="1:110" hidden="true" collapsed="true" outlineLevel="1">
+      <c r="DG1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2" spans="1:111" hidden="true" collapsed="true" outlineLevel="1">
       <c r="A2" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="B2" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="C2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="I2" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="J2" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="K2" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="L2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="N2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="O2" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="P2" t="s">
-        <v>22</v>
+        <v>23</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>24</v>
+      </c>
+      <c r="R2" t="s">
+        <v>25</v>
       </c>
       <c r="DA2" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="DB2" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="DC2" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="DD2" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="DE2" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="DF2" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:110">
+        <v>31</v>
+      </c>
+      <c r="DG2" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="3" spans="1:111">
       <c r="A3" s="3" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B3" s="3"/>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="3"/>
       <c r="H3" s="3"/>
       <c r="I3" s="3"/>
       <c r="J3" s="3"/>
       <c r="K3" s="3"/>
       <c r="L3" s="3"/>
       <c r="M3" s="3"/>
       <c r="N3" s="3"/>
       <c r="O3" s="3"/>
       <c r="P3" s="3"/>
       <c r="Q3" s="3"/>
       <c r="R3" s="3"/>
       <c r="S3" s="3"/>
       <c r="T3" s="3"/>
       <c r="U3" s="3"/>
       <c r="V3" s="3"/>
       <c r="W3" s="3"/>
       <c r="X3" s="3"/>
       <c r="Y3" s="3"/>
@@ -3111,113 +3153,117 @@
       <c r="CC3" s="3"/>
       <c r="CD3" s="3"/>
       <c r="CE3" s="3"/>
       <c r="CF3" s="3"/>
       <c r="CG3" s="3"/>
       <c r="CH3" s="3"/>
       <c r="CI3" s="3"/>
       <c r="CJ3" s="3"/>
       <c r="CK3" s="3"/>
       <c r="CL3" s="3"/>
       <c r="CM3" s="3"/>
       <c r="CN3" s="3"/>
       <c r="CO3" s="3"/>
       <c r="CP3" s="3"/>
       <c r="CQ3" s="3"/>
       <c r="CR3" s="3"/>
       <c r="CS3" s="3"/>
       <c r="CT3" s="3"/>
       <c r="CU3" s="3"/>
       <c r="CV3" s="3"/>
       <c r="CW3" s="3"/>
       <c r="CX3" s="3"/>
       <c r="CY3" s="3"/>
       <c r="CZ3" s="3"/>
       <c r="DB3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="DE3" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="DF3" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:110">
+        <v>36</v>
+      </c>
+      <c r="DG3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="4" spans="1:111">
       <c r="A4" s="4" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="B4" s="4" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="C4" s="4" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="D4" s="4" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="E4" s="4" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="F4" s="4" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="G4" s="4" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="H4" s="4" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="I4" s="4" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="J4" s="4" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="K4" s="4" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="L4" s="4" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="M4" s="4" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="N4" s="4" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="O4" s="4" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="P4" s="4" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-      <c r="R4" s="4"/>
+        <v>53</v>
+      </c>
+      <c r="Q4" s="4" t="s">
+        <v>54</v>
+      </c>
+      <c r="R4" s="4" t="s">
+        <v>55</v>
+      </c>
       <c r="S4" s="4"/>
       <c r="T4" s="4"/>
       <c r="U4" s="4"/>
       <c r="V4" s="4"/>
       <c r="W4" s="4"/>
       <c r="X4" s="4"/>
       <c r="Y4" s="4"/>
       <c r="Z4" s="4"/>
       <c r="AA4" s="4"/>
       <c r="AB4" s="4"/>
       <c r="AC4" s="4"/>
       <c r="AD4" s="4"/>
       <c r="AE4" s="4"/>
       <c r="AF4" s="4"/>
       <c r="AG4" s="4"/>
       <c r="AH4" s="4"/>
       <c r="AI4" s="4"/>
       <c r="AJ4" s="4"/>
       <c r="AK4" s="4"/>
       <c r="AL4" s="4"/>
       <c r="AM4" s="4"/>
       <c r="AN4" s="4"/>
       <c r="AO4" s="4"/>
       <c r="AP4" s="4"/>
       <c r="AQ4" s="4"/>
@@ -3261,8407 +3307,8420 @@
       <c r="CC4" s="4"/>
       <c r="CD4" s="4"/>
       <c r="CE4" s="4"/>
       <c r="CF4" s="4"/>
       <c r="CG4" s="4"/>
       <c r="CH4" s="4"/>
       <c r="CI4" s="4"/>
       <c r="CJ4" s="4"/>
       <c r="CK4" s="4"/>
       <c r="CL4" s="4"/>
       <c r="CM4" s="4"/>
       <c r="CN4" s="4"/>
       <c r="CO4" s="4"/>
       <c r="CP4" s="4"/>
       <c r="CQ4" s="4"/>
       <c r="CR4" s="4"/>
       <c r="CS4" s="4"/>
       <c r="CT4" s="4"/>
       <c r="CU4" s="4"/>
       <c r="CV4" s="4"/>
       <c r="CW4" s="4"/>
       <c r="CX4" s="4"/>
       <c r="CY4" s="4"/>
       <c r="CZ4" s="4"/>
       <c r="DB4" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="DE4" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="DF4" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:110">
+        <v>58</v>
+      </c>
+      <c r="DG4" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="5" spans="1:111">
       <c r="D5"/>
       <c r="E5" s="2"/>
       <c r="F5"/>
       <c r="L5" t="s">
         <v>3</v>
       </c>
-      <c r="N5"/>
-      <c r="O5"/>
+      <c r="M5"/>
       <c r="P5"/>
+      <c r="Q5"/>
+      <c r="R5"/>
       <c r="DB5" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="DE5" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="DF5" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:110">
+        <v>62</v>
+      </c>
+      <c r="DG5" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="6" spans="1:111">
       <c r="E6" s="2"/>
       <c r="L6" t="s">
         <v>3</v>
       </c>
       <c r="DB6" t="s">
-        <v>58</v>
-[...2 lines deleted...]
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="DE6" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="DF6" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:110">
+        <v>66</v>
+      </c>
+      <c r="DG6" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="7" spans="1:111">
       <c r="E7" s="2"/>
       <c r="L7" t="s">
         <v>3</v>
       </c>
       <c r="DB7" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="DE7" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="DF7" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:110">
+        <v>70</v>
+      </c>
+      <c r="DG7" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="8" spans="1:111">
       <c r="E8" s="2"/>
       <c r="L8" t="s">
         <v>3</v>
       </c>
       <c r="DB8" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="DE8" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="DF8" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:110">
+        <v>74</v>
+      </c>
+      <c r="DG8" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="9" spans="1:111">
       <c r="E9" s="2"/>
       <c r="L9" t="s">
         <v>3</v>
       </c>
       <c r="DB9" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="DF9" t="s">
-        <v>72</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:110">
+        <v>77</v>
+      </c>
+      <c r="DG9" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="10" spans="1:111">
       <c r="E10" s="2"/>
       <c r="L10" t="s">
         <v>3</v>
       </c>
       <c r="DB10" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="DF10" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:110">
+        <v>80</v>
+      </c>
+      <c r="DG10" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="11" spans="1:111">
       <c r="E11" s="2"/>
       <c r="L11" t="s">
         <v>3</v>
       </c>
       <c r="DB11" t="s">
-        <v>76</v>
-[...2 lines deleted...]
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="DF11" t="s">
-        <v>78</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:110">
+        <v>83</v>
+      </c>
+      <c r="DG11" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="12" spans="1:111">
       <c r="E12" s="2"/>
       <c r="L12" t="s">
         <v>3</v>
       </c>
       <c r="DB12" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="DF12" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:110">
+        <v>86</v>
+      </c>
+      <c r="DG12" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="13" spans="1:111">
       <c r="E13" s="2"/>
       <c r="L13" t="s">
         <v>3</v>
       </c>
       <c r="DB13" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="DF13" t="s">
-        <v>84</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:110">
+        <v>89</v>
+      </c>
+      <c r="DG13" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="14" spans="1:111">
       <c r="E14" s="2"/>
       <c r="L14" t="s">
         <v>3</v>
       </c>
       <c r="DB14" t="s">
-        <v>85</v>
-[...2 lines deleted...]
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="DF14" t="s">
-        <v>87</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:110">
+        <v>92</v>
+      </c>
+      <c r="DG14" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="15" spans="1:111">
       <c r="E15" s="2"/>
       <c r="L15" t="s">
         <v>3</v>
       </c>
       <c r="DB15" t="s">
-        <v>88</v>
-[...2 lines deleted...]
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="DF15" t="s">
-        <v>90</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:110">
+        <v>95</v>
+      </c>
+      <c r="DG15" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="16" spans="1:111">
       <c r="E16" s="2"/>
       <c r="L16" t="s">
         <v>3</v>
       </c>
       <c r="DB16" t="s">
-        <v>91</v>
-[...2 lines deleted...]
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="DF16" t="s">
-        <v>93</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:110">
+        <v>98</v>
+      </c>
+      <c r="DG16" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="17" spans="1:111">
       <c r="E17" s="2"/>
       <c r="L17" t="s">
         <v>3</v>
       </c>
       <c r="DB17" t="s">
-        <v>94</v>
-[...2 lines deleted...]
-        <v>95</v>
+        <v>100</v>
       </c>
       <c r="DF17" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:110">
+        <v>101</v>
+      </c>
+      <c r="DG17" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="18" spans="1:111">
       <c r="E18" s="2"/>
       <c r="L18" t="s">
         <v>3</v>
       </c>
       <c r="DB18" t="s">
-        <v>97</v>
-[...2 lines deleted...]
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="DF18" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:110">
+        <v>104</v>
+      </c>
+      <c r="DG18" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="19" spans="1:111">
       <c r="E19" s="2"/>
       <c r="L19" t="s">
         <v>3</v>
       </c>
       <c r="DB19" t="s">
-        <v>100</v>
-[...2 lines deleted...]
-        <v>101</v>
+        <v>106</v>
       </c>
       <c r="DF19" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:110">
+        <v>107</v>
+      </c>
+      <c r="DG19" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="20" spans="1:111">
       <c r="E20" s="2"/>
       <c r="L20" t="s">
         <v>3</v>
       </c>
       <c r="DB20" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="DF20" t="s">
-        <v>105</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:110">
+        <v>110</v>
+      </c>
+      <c r="DG20" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="21" spans="1:111">
       <c r="E21" s="2"/>
       <c r="L21" t="s">
         <v>3</v>
       </c>
       <c r="DB21" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-        <v>107</v>
+        <v>112</v>
       </c>
       <c r="DF21" t="s">
-        <v>108</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:110">
+        <v>113</v>
+      </c>
+      <c r="DG21" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="22" spans="1:111">
       <c r="E22" s="2"/>
       <c r="L22" t="s">
         <v>3</v>
       </c>
       <c r="DB22" t="s">
-        <v>109</v>
-[...2 lines deleted...]
-        <v>110</v>
+        <v>115</v>
       </c>
       <c r="DF22" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:110">
+        <v>116</v>
+      </c>
+      <c r="DG22" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="23" spans="1:111">
       <c r="E23" s="2"/>
       <c r="L23" t="s">
         <v>3</v>
       </c>
       <c r="DB23" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-        <v>113</v>
+        <v>118</v>
       </c>
       <c r="DF23" t="s">
-        <v>114</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:110">
+        <v>119</v>
+      </c>
+      <c r="DG23" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="24" spans="1:111">
       <c r="E24" s="2"/>
       <c r="L24" t="s">
         <v>3</v>
       </c>
       <c r="DB24" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-        <v>116</v>
+        <v>121</v>
       </c>
       <c r="DF24" t="s">
-        <v>117</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:110">
+        <v>122</v>
+      </c>
+      <c r="DG24" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="25" spans="1:111">
       <c r="E25" s="2"/>
       <c r="L25" t="s">
         <v>3</v>
       </c>
       <c r="DB25" t="s">
-        <v>118</v>
-[...5 lines deleted...]
-    <row r="26" spans="1:110">
+        <v>124</v>
+      </c>
+      <c r="DG25" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="26" spans="1:111">
       <c r="E26" s="2"/>
       <c r="L26" t="s">
         <v>3</v>
       </c>
       <c r="DB26" t="s">
-        <v>120</v>
-[...5 lines deleted...]
-    <row r="27" spans="1:110">
+        <v>126</v>
+      </c>
+      <c r="DG26" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="27" spans="1:111">
       <c r="E27" s="2"/>
       <c r="L27" t="s">
         <v>3</v>
       </c>
       <c r="DB27" t="s">
-        <v>122</v>
-[...5 lines deleted...]
-    <row r="28" spans="1:110">
+        <v>128</v>
+      </c>
+      <c r="DG27" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="28" spans="1:111">
       <c r="E28" s="2"/>
       <c r="L28" t="s">
         <v>3</v>
       </c>
       <c r="DB28" t="s">
-        <v>124</v>
-[...5 lines deleted...]
-    <row r="29" spans="1:110">
+        <v>130</v>
+      </c>
+      <c r="DG28" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="29" spans="1:111">
       <c r="E29" s="2"/>
       <c r="L29" t="s">
         <v>3</v>
       </c>
       <c r="DB29" t="s">
-        <v>126</v>
-[...5 lines deleted...]
-    <row r="30" spans="1:110">
+        <v>132</v>
+      </c>
+      <c r="DG29" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="30" spans="1:111">
       <c r="E30" s="2"/>
       <c r="L30" t="s">
         <v>3</v>
       </c>
       <c r="DB30" t="s">
-        <v>128</v>
-[...5 lines deleted...]
-    <row r="31" spans="1:110">
+        <v>134</v>
+      </c>
+      <c r="DG30" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="31" spans="1:111">
       <c r="E31" s="2"/>
       <c r="L31" t="s">
         <v>3</v>
       </c>
       <c r="DB31" t="s">
-        <v>130</v>
-[...5 lines deleted...]
-    <row r="32" spans="1:110">
+        <v>136</v>
+      </c>
+      <c r="DG31" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="32" spans="1:111">
       <c r="E32" s="2"/>
       <c r="L32" t="s">
         <v>3</v>
       </c>
       <c r="DB32" t="s">
-        <v>132</v>
-[...5 lines deleted...]
-    <row r="33" spans="1:110">
+        <v>138</v>
+      </c>
+      <c r="DG32" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="33" spans="1:111">
       <c r="E33" s="2"/>
       <c r="L33" t="s">
         <v>3</v>
       </c>
       <c r="DB33" t="s">
-        <v>134</v>
-[...5 lines deleted...]
-    <row r="34" spans="1:110">
+        <v>140</v>
+      </c>
+      <c r="DG33" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="34" spans="1:111">
       <c r="E34" s="2"/>
       <c r="L34" t="s">
         <v>3</v>
       </c>
       <c r="DB34" t="s">
-        <v>136</v>
-[...5 lines deleted...]
-    <row r="35" spans="1:110">
+        <v>142</v>
+      </c>
+      <c r="DG34" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="35" spans="1:111">
       <c r="E35" s="2"/>
       <c r="L35" t="s">
         <v>3</v>
       </c>
       <c r="DB35" t="s">
-        <v>138</v>
-[...5 lines deleted...]
-    <row r="36" spans="1:110">
+        <v>144</v>
+      </c>
+      <c r="DG35" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="36" spans="1:111">
       <c r="E36" s="2"/>
       <c r="L36" t="s">
         <v>3</v>
       </c>
       <c r="DB36" t="s">
-        <v>138</v>
-[...5 lines deleted...]
-    <row r="37" spans="1:110">
+        <v>144</v>
+      </c>
+      <c r="DG36" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="37" spans="1:111">
       <c r="E37" s="2"/>
       <c r="L37" t="s">
         <v>3</v>
       </c>
       <c r="DB37" t="s">
-        <v>138</v>
-[...5 lines deleted...]
-    <row r="38" spans="1:110">
+        <v>147</v>
+      </c>
+      <c r="DG37" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="38" spans="1:111">
       <c r="E38" s="2"/>
       <c r="L38" t="s">
         <v>3</v>
       </c>
       <c r="DB38" t="s">
-        <v>142</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:110">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="39" spans="1:111">
       <c r="E39" s="2"/>
       <c r="L39" t="s">
         <v>3</v>
       </c>
       <c r="DB39" t="s">
-        <v>143</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:110">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="40" spans="1:111">
       <c r="E40" s="2"/>
       <c r="L40" t="s">
         <v>3</v>
       </c>
       <c r="DB40" t="s">
-        <v>144</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:110">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="41" spans="1:111">
       <c r="E41" s="2"/>
       <c r="L41" t="s">
         <v>3</v>
       </c>
       <c r="DB41" t="s">
-        <v>145</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:110">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="42" spans="1:111">
       <c r="E42" s="2"/>
       <c r="L42" t="s">
         <v>3</v>
       </c>
       <c r="DB42" t="s">
-        <v>146</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:110">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="43" spans="1:111">
       <c r="E43" s="2"/>
       <c r="L43" t="s">
         <v>3</v>
       </c>
       <c r="DB43" t="s">
-        <v>147</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:110">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="44" spans="1:111">
       <c r="E44" s="2"/>
       <c r="L44" t="s">
         <v>3</v>
       </c>
       <c r="DB44" t="s">
-        <v>148</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:110">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="45" spans="1:111">
       <c r="E45" s="2"/>
       <c r="L45" t="s">
         <v>3</v>
       </c>
       <c r="DB45" t="s">
-        <v>149</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:110">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="46" spans="1:111">
       <c r="E46" s="2"/>
       <c r="L46" t="s">
         <v>3</v>
       </c>
       <c r="DB46" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:110">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="47" spans="1:111">
       <c r="E47" s="2"/>
       <c r="L47" t="s">
         <v>3</v>
       </c>
       <c r="DB47" t="s">
-        <v>151</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:110">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="48" spans="1:111">
       <c r="E48" s="2"/>
       <c r="L48" t="s">
         <v>3</v>
       </c>
       <c r="DB48" t="s">
-        <v>152</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:110">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="49" spans="1:111">
       <c r="E49" s="2"/>
       <c r="L49" t="s">
         <v>3</v>
       </c>
       <c r="DB49" t="s">
-        <v>153</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:110">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="50" spans="1:111">
       <c r="E50" s="2"/>
       <c r="L50" t="s">
         <v>3</v>
       </c>
       <c r="DB50" t="s">
-        <v>154</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:110">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="51" spans="1:111">
       <c r="E51" s="2"/>
       <c r="L51" t="s">
         <v>3</v>
       </c>
       <c r="DB51" t="s">
-        <v>155</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:110">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="52" spans="1:111">
       <c r="E52" s="2"/>
       <c r="L52" t="s">
         <v>3</v>
       </c>
       <c r="DB52" t="s">
-        <v>156</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:110">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="53" spans="1:111">
       <c r="E53" s="2"/>
       <c r="L53" t="s">
         <v>3</v>
       </c>
       <c r="DB53" t="s">
-        <v>157</v>
-[...2 lines deleted...]
-    <row r="54" spans="1:110">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="54" spans="1:111">
       <c r="E54" s="2"/>
       <c r="L54" t="s">
         <v>3</v>
       </c>
       <c r="DB54" t="s">
-        <v>158</v>
-[...2 lines deleted...]
-    <row r="55" spans="1:110">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="55" spans="1:111">
       <c r="E55" s="2"/>
       <c r="L55" t="s">
         <v>3</v>
       </c>
       <c r="DB55" t="s">
-        <v>159</v>
-[...2 lines deleted...]
-    <row r="56" spans="1:110">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="56" spans="1:111">
       <c r="E56" s="2"/>
       <c r="L56" t="s">
         <v>3</v>
       </c>
       <c r="DB56" t="s">
-        <v>160</v>
-[...2 lines deleted...]
-    <row r="57" spans="1:110">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="57" spans="1:111">
       <c r="E57" s="2"/>
       <c r="L57" t="s">
         <v>3</v>
       </c>
       <c r="DB57" t="s">
-        <v>161</v>
-[...2 lines deleted...]
-    <row r="58" spans="1:110">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="58" spans="1:111">
       <c r="E58" s="2"/>
       <c r="L58" t="s">
         <v>3</v>
       </c>
       <c r="DB58" t="s">
-        <v>162</v>
-[...2 lines deleted...]
-    <row r="59" spans="1:110">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="59" spans="1:111">
       <c r="E59" s="2"/>
       <c r="L59" t="s">
         <v>3</v>
       </c>
       <c r="DB59" t="s">
-        <v>163</v>
-[...2 lines deleted...]
-    <row r="60" spans="1:110">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="60" spans="1:111">
       <c r="E60" s="2"/>
       <c r="L60" t="s">
         <v>3</v>
       </c>
       <c r="DB60" t="s">
-        <v>164</v>
-[...2 lines deleted...]
-    <row r="61" spans="1:110">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="61" spans="1:111">
       <c r="E61" s="2"/>
       <c r="L61" t="s">
         <v>3</v>
       </c>
       <c r="DB61" t="s">
-        <v>165</v>
-[...2 lines deleted...]
-    <row r="62" spans="1:110">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="62" spans="1:111">
       <c r="E62" s="2"/>
       <c r="L62" t="s">
         <v>3</v>
       </c>
       <c r="DB62" t="s">
-        <v>166</v>
-[...2 lines deleted...]
-    <row r="63" spans="1:110">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="63" spans="1:111">
       <c r="E63" s="2"/>
       <c r="L63" t="s">
         <v>3</v>
       </c>
       <c r="DB63" t="s">
-        <v>167</v>
-[...2 lines deleted...]
-    <row r="64" spans="1:110">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="64" spans="1:111">
       <c r="E64" s="2"/>
       <c r="L64" t="s">
         <v>3</v>
       </c>
       <c r="DB64" t="s">
-        <v>168</v>
-[...2 lines deleted...]
-    <row r="65" spans="1:110">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="65" spans="1:111">
       <c r="E65" s="2"/>
       <c r="L65" t="s">
         <v>3</v>
       </c>
       <c r="DB65" t="s">
-        <v>169</v>
-[...2 lines deleted...]
-    <row r="66" spans="1:110">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="66" spans="1:111">
       <c r="E66" s="2"/>
       <c r="L66" t="s">
         <v>3</v>
       </c>
       <c r="DB66" t="s">
-        <v>170</v>
-[...2 lines deleted...]
-    <row r="67" spans="1:110">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="67" spans="1:111">
       <c r="E67" s="2"/>
       <c r="L67" t="s">
         <v>3</v>
       </c>
       <c r="DB67" t="s">
-        <v>171</v>
-[...2 lines deleted...]
-    <row r="68" spans="1:110">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="68" spans="1:111">
       <c r="E68" s="2"/>
       <c r="L68" t="s">
         <v>3</v>
       </c>
       <c r="DB68" t="s">
-        <v>172</v>
-[...2 lines deleted...]
-    <row r="69" spans="1:110">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="69" spans="1:111">
       <c r="E69" s="2"/>
       <c r="L69" t="s">
         <v>3</v>
       </c>
       <c r="DB69" t="s">
-        <v>173</v>
-[...2 lines deleted...]
-    <row r="70" spans="1:110">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="70" spans="1:111">
       <c r="E70" s="2"/>
       <c r="L70" t="s">
         <v>3</v>
       </c>
       <c r="DB70" t="s">
-        <v>174</v>
-[...2 lines deleted...]
-    <row r="71" spans="1:110">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="71" spans="1:111">
       <c r="E71" s="2"/>
       <c r="L71" t="s">
         <v>3</v>
       </c>
       <c r="DB71" t="s">
-        <v>175</v>
-[...2 lines deleted...]
-    <row r="72" spans="1:110">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="72" spans="1:111">
       <c r="E72" s="2"/>
       <c r="L72" t="s">
         <v>3</v>
       </c>
       <c r="DB72" t="s">
-        <v>176</v>
-[...2 lines deleted...]
-    <row r="73" spans="1:110">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="73" spans="1:111">
       <c r="E73" s="2"/>
       <c r="L73" t="s">
         <v>3</v>
       </c>
       <c r="DB73" t="s">
-        <v>177</v>
-[...2 lines deleted...]
-    <row r="74" spans="1:110">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="74" spans="1:111">
       <c r="E74" s="2"/>
       <c r="L74" t="s">
         <v>3</v>
       </c>
       <c r="DB74" t="s">
-        <v>178</v>
-[...2 lines deleted...]
-    <row r="75" spans="1:110">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="75" spans="1:111">
       <c r="E75" s="2"/>
       <c r="L75" t="s">
         <v>3</v>
       </c>
       <c r="DB75" t="s">
-        <v>179</v>
-[...2 lines deleted...]
-    <row r="76" spans="1:110">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="76" spans="1:111">
       <c r="E76" s="2"/>
       <c r="L76" t="s">
         <v>3</v>
       </c>
       <c r="DB76" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-    <row r="77" spans="1:110">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="77" spans="1:111">
       <c r="E77" s="2"/>
       <c r="L77" t="s">
         <v>3</v>
       </c>
       <c r="DB77" t="s">
-        <v>181</v>
-[...2 lines deleted...]
-    <row r="78" spans="1:110">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="78" spans="1:111">
       <c r="E78" s="2"/>
       <c r="L78" t="s">
         <v>3</v>
       </c>
       <c r="DB78" t="s">
-        <v>182</v>
-[...2 lines deleted...]
-    <row r="79" spans="1:110">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="79" spans="1:111">
       <c r="E79" s="2"/>
       <c r="L79" t="s">
         <v>3</v>
       </c>
       <c r="DB79" t="s">
-        <v>183</v>
-[...2 lines deleted...]
-    <row r="80" spans="1:110">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="80" spans="1:111">
       <c r="E80" s="2"/>
       <c r="L80" t="s">
         <v>3</v>
       </c>
       <c r="DB80" t="s">
-        <v>184</v>
-[...2 lines deleted...]
-    <row r="81" spans="1:110">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="81" spans="1:111">
       <c r="E81" s="2"/>
       <c r="L81" t="s">
         <v>3</v>
       </c>
       <c r="DB81" t="s">
-        <v>185</v>
-[...2 lines deleted...]
-    <row r="82" spans="1:110">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="82" spans="1:111">
       <c r="E82" s="2"/>
       <c r="L82" t="s">
         <v>3</v>
       </c>
       <c r="DB82" t="s">
-        <v>186</v>
-[...2 lines deleted...]
-    <row r="83" spans="1:110">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="83" spans="1:111">
       <c r="E83" s="2"/>
       <c r="L83" t="s">
         <v>3</v>
       </c>
       <c r="DB83" t="s">
-        <v>187</v>
-[...2 lines deleted...]
-    <row r="84" spans="1:110">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="84" spans="1:111">
       <c r="E84" s="2"/>
       <c r="L84" t="s">
         <v>3</v>
       </c>
       <c r="DB84" t="s">
-        <v>188</v>
-[...2 lines deleted...]
-    <row r="85" spans="1:110">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="85" spans="1:111">
       <c r="E85" s="2"/>
       <c r="L85" t="s">
         <v>3</v>
       </c>
       <c r="DB85" t="s">
-        <v>189</v>
-[...2 lines deleted...]
-    <row r="86" spans="1:110">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="86" spans="1:111">
       <c r="E86" s="2"/>
       <c r="L86" t="s">
         <v>3</v>
       </c>
       <c r="DB86" t="s">
-        <v>190</v>
-[...2 lines deleted...]
-    <row r="87" spans="1:110">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="87" spans="1:111">
       <c r="E87" s="2"/>
       <c r="L87" t="s">
         <v>3</v>
       </c>
       <c r="DB87" t="s">
-        <v>191</v>
-[...2 lines deleted...]
-    <row r="88" spans="1:110">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="88" spans="1:111">
       <c r="E88" s="2"/>
       <c r="L88" t="s">
         <v>3</v>
       </c>
       <c r="DB88" t="s">
-        <v>192</v>
-[...2 lines deleted...]
-    <row r="89" spans="1:110">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="89" spans="1:111">
       <c r="E89" s="2"/>
       <c r="L89" t="s">
         <v>3</v>
       </c>
       <c r="DB89" t="s">
-        <v>193</v>
-[...2 lines deleted...]
-    <row r="90" spans="1:110">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="90" spans="1:111">
       <c r="E90" s="2"/>
       <c r="L90" t="s">
         <v>3</v>
       </c>
       <c r="DB90" t="s">
-        <v>194</v>
-[...2 lines deleted...]
-    <row r="91" spans="1:110">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="91" spans="1:111">
       <c r="E91" s="2"/>
       <c r="L91" t="s">
         <v>3</v>
       </c>
       <c r="DB91" t="s">
-        <v>195</v>
-[...2 lines deleted...]
-    <row r="92" spans="1:110">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="92" spans="1:111">
       <c r="E92" s="2"/>
       <c r="L92" t="s">
         <v>3</v>
       </c>
       <c r="DB92" t="s">
-        <v>196</v>
-[...2 lines deleted...]
-    <row r="93" spans="1:110">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="93" spans="1:111">
       <c r="E93" s="2"/>
       <c r="L93" t="s">
         <v>3</v>
       </c>
       <c r="DB93" t="s">
-        <v>197</v>
-[...2 lines deleted...]
-    <row r="94" spans="1:110">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="94" spans="1:111">
       <c r="E94" s="2"/>
       <c r="L94" t="s">
         <v>3</v>
       </c>
       <c r="DB94" t="s">
-        <v>198</v>
-[...2 lines deleted...]
-    <row r="95" spans="1:110">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="95" spans="1:111">
       <c r="E95" s="2"/>
       <c r="L95" t="s">
         <v>3</v>
       </c>
       <c r="DB95" t="s">
-        <v>199</v>
-[...2 lines deleted...]
-    <row r="96" spans="1:110">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="96" spans="1:111">
       <c r="E96" s="2"/>
       <c r="L96" t="s">
         <v>3</v>
       </c>
       <c r="DB96" t="s">
-        <v>200</v>
-[...2 lines deleted...]
-    <row r="97" spans="1:110">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="97" spans="1:111">
       <c r="E97" s="2"/>
       <c r="L97" t="s">
         <v>3</v>
       </c>
       <c r="DB97" t="s">
-        <v>201</v>
-[...2 lines deleted...]
-    <row r="98" spans="1:110">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="98" spans="1:111">
       <c r="E98" s="2"/>
       <c r="L98" t="s">
         <v>3</v>
       </c>
       <c r="DB98" t="s">
-        <v>202</v>
-[...2 lines deleted...]
-    <row r="99" spans="1:110">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="99" spans="1:111">
       <c r="E99" s="2"/>
       <c r="L99" t="s">
         <v>3</v>
       </c>
       <c r="DB99" t="s">
-        <v>203</v>
-[...2 lines deleted...]
-    <row r="100" spans="1:110">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="100" spans="1:111">
       <c r="E100" s="2"/>
       <c r="L100" t="s">
         <v>3</v>
       </c>
       <c r="DB100" t="s">
-        <v>204</v>
-[...2 lines deleted...]
-    <row r="101" spans="1:110">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="101" spans="1:111">
       <c r="E101" s="2"/>
       <c r="L101" t="s">
         <v>3</v>
       </c>
       <c r="DB101" t="s">
-        <v>205</v>
-[...2 lines deleted...]
-    <row r="102" spans="1:110">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="102" spans="1:111">
       <c r="E102" s="2"/>
       <c r="L102" t="s">
         <v>3</v>
       </c>
       <c r="DB102" t="s">
-        <v>206</v>
-[...2 lines deleted...]
-    <row r="103" spans="1:110">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="103" spans="1:111">
       <c r="E103" s="2"/>
       <c r="L103" t="s">
         <v>3</v>
       </c>
       <c r="DB103" t="s">
-        <v>207</v>
-[...2 lines deleted...]
-    <row r="104" spans="1:110">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="104" spans="1:111">
       <c r="E104" s="2"/>
       <c r="L104" t="s">
         <v>3</v>
       </c>
       <c r="DB104" t="s">
-        <v>208</v>
-[...2 lines deleted...]
-    <row r="105" spans="1:110">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="105" spans="1:111">
       <c r="E105" s="2"/>
       <c r="L105" t="s">
         <v>3</v>
       </c>
       <c r="DB105" t="s">
-        <v>209</v>
-[...2 lines deleted...]
-    <row r="106" spans="1:110">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="106" spans="1:111">
       <c r="E106" s="2"/>
       <c r="L106" t="s">
         <v>3</v>
       </c>
       <c r="DB106" t="s">
-        <v>210</v>
-[...2 lines deleted...]
-    <row r="107" spans="1:110">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="107" spans="1:111">
       <c r="E107" s="2"/>
       <c r="L107" t="s">
         <v>3</v>
       </c>
       <c r="DB107" t="s">
-        <v>211</v>
-[...2 lines deleted...]
-    <row r="108" spans="1:110">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="108" spans="1:111">
       <c r="E108" s="2"/>
       <c r="L108" t="s">
         <v>3</v>
       </c>
       <c r="DB108" t="s">
-        <v>212</v>
-[...2 lines deleted...]
-    <row r="109" spans="1:110">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="109" spans="1:111">
       <c r="E109" s="2"/>
       <c r="L109" t="s">
         <v>3</v>
       </c>
       <c r="DB109" t="s">
-        <v>213</v>
-[...2 lines deleted...]
-    <row r="110" spans="1:110">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="110" spans="1:111">
       <c r="E110" s="2"/>
       <c r="L110" t="s">
         <v>3</v>
       </c>
       <c r="DB110" t="s">
-        <v>214</v>
-[...2 lines deleted...]
-    <row r="111" spans="1:110">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="111" spans="1:111">
       <c r="E111" s="2"/>
       <c r="L111" t="s">
         <v>3</v>
       </c>
       <c r="DB111" t="s">
-        <v>215</v>
-[...2 lines deleted...]
-    <row r="112" spans="1:110">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="112" spans="1:111">
       <c r="E112" s="2"/>
       <c r="L112" t="s">
         <v>3</v>
       </c>
       <c r="DB112" t="s">
-        <v>216</v>
-[...2 lines deleted...]
-    <row r="113" spans="1:110">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="113" spans="1:111">
       <c r="E113" s="2"/>
       <c r="L113" t="s">
         <v>3</v>
       </c>
       <c r="DB113" t="s">
-        <v>217</v>
-[...2 lines deleted...]
-    <row r="114" spans="1:110">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="114" spans="1:111">
       <c r="E114" s="2"/>
       <c r="L114" t="s">
         <v>3</v>
       </c>
       <c r="DB114" t="s">
-        <v>218</v>
-[...2 lines deleted...]
-    <row r="115" spans="1:110">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="115" spans="1:111">
       <c r="E115" s="2"/>
       <c r="L115" t="s">
         <v>3</v>
       </c>
       <c r="DB115" t="s">
-        <v>219</v>
-[...2 lines deleted...]
-    <row r="116" spans="1:110">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="116" spans="1:111">
       <c r="E116" s="2"/>
       <c r="L116" t="s">
         <v>3</v>
       </c>
       <c r="DB116" t="s">
-        <v>220</v>
-[...2 lines deleted...]
-    <row r="117" spans="1:110">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="117" spans="1:111">
       <c r="E117" s="2"/>
       <c r="L117" t="s">
         <v>3</v>
       </c>
       <c r="DB117" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-    <row r="118" spans="1:110">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="118" spans="1:111">
       <c r="E118" s="2"/>
       <c r="L118" t="s">
         <v>3</v>
       </c>
       <c r="DB118" t="s">
-        <v>222</v>
-[...2 lines deleted...]
-    <row r="119" spans="1:110">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="119" spans="1:111">
       <c r="E119" s="2"/>
       <c r="L119" t="s">
         <v>3</v>
       </c>
       <c r="DB119" t="s">
-        <v>223</v>
-[...2 lines deleted...]
-    <row r="120" spans="1:110">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="120" spans="1:111">
       <c r="E120" s="2"/>
       <c r="L120" t="s">
         <v>3</v>
       </c>
       <c r="DB120" t="s">
-        <v>224</v>
-[...2 lines deleted...]
-    <row r="121" spans="1:110">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="121" spans="1:111">
       <c r="E121" s="2"/>
       <c r="L121" t="s">
         <v>3</v>
       </c>
       <c r="DB121" t="s">
-        <v>225</v>
-[...2 lines deleted...]
-    <row r="122" spans="1:110">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="122" spans="1:111">
       <c r="E122" s="2"/>
       <c r="L122" t="s">
         <v>3</v>
       </c>
       <c r="DB122" t="s">
-        <v>226</v>
-[...2 lines deleted...]
-    <row r="123" spans="1:110">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="123" spans="1:111">
       <c r="E123" s="2"/>
       <c r="L123" t="s">
         <v>3</v>
       </c>
       <c r="DB123" t="s">
-        <v>227</v>
-[...2 lines deleted...]
-    <row r="124" spans="1:110">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="124" spans="1:111">
       <c r="E124" s="2"/>
       <c r="L124" t="s">
         <v>3</v>
       </c>
       <c r="DB124" t="s">
-        <v>228</v>
-[...2 lines deleted...]
-    <row r="125" spans="1:110">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="125" spans="1:111">
       <c r="E125" s="2"/>
       <c r="L125" t="s">
         <v>3</v>
       </c>
       <c r="DB125" t="s">
-        <v>229</v>
-[...2 lines deleted...]
-    <row r="126" spans="1:110">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="126" spans="1:111">
       <c r="E126" s="2"/>
       <c r="L126" t="s">
         <v>3</v>
       </c>
       <c r="DB126" t="s">
-        <v>230</v>
-[...2 lines deleted...]
-    <row r="127" spans="1:110">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="127" spans="1:111">
       <c r="E127" s="2"/>
       <c r="L127" t="s">
         <v>3</v>
       </c>
       <c r="DB127" t="s">
-        <v>231</v>
-[...2 lines deleted...]
-    <row r="128" spans="1:110">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="128" spans="1:111">
       <c r="E128" s="2"/>
       <c r="L128" t="s">
         <v>3</v>
       </c>
       <c r="DB128" t="s">
-        <v>232</v>
-[...2 lines deleted...]
-    <row r="129" spans="1:110">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="129" spans="1:111">
       <c r="E129" s="2"/>
       <c r="L129" t="s">
         <v>3</v>
       </c>
       <c r="DB129" t="s">
-        <v>233</v>
-[...2 lines deleted...]
-    <row r="130" spans="1:110">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="130" spans="1:111">
       <c r="E130" s="2"/>
       <c r="L130" t="s">
         <v>3</v>
       </c>
       <c r="DB130" t="s">
-        <v>234</v>
-[...2 lines deleted...]
-    <row r="131" spans="1:110">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="131" spans="1:111">
       <c r="E131" s="2"/>
       <c r="L131" t="s">
         <v>3</v>
       </c>
       <c r="DB131" t="s">
-        <v>235</v>
-[...2 lines deleted...]
-    <row r="132" spans="1:110">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="132" spans="1:111">
       <c r="E132" s="2"/>
       <c r="L132" t="s">
         <v>3</v>
       </c>
       <c r="DB132" t="s">
-        <v>236</v>
-[...2 lines deleted...]
-    <row r="133" spans="1:110">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="133" spans="1:111">
       <c r="E133" s="2"/>
       <c r="L133" t="s">
         <v>3</v>
       </c>
       <c r="DB133" t="s">
-        <v>237</v>
-[...2 lines deleted...]
-    <row r="134" spans="1:110">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="134" spans="1:111">
       <c r="E134" s="2"/>
       <c r="L134" t="s">
         <v>3</v>
       </c>
       <c r="DB134" t="s">
-        <v>238</v>
-[...2 lines deleted...]
-    <row r="135" spans="1:110">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="135" spans="1:111">
       <c r="E135" s="2"/>
       <c r="L135" t="s">
         <v>3</v>
       </c>
       <c r="DB135" t="s">
-        <v>239</v>
-[...2 lines deleted...]
-    <row r="136" spans="1:110">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="136" spans="1:111">
       <c r="E136" s="2"/>
       <c r="L136" t="s">
         <v>3</v>
       </c>
       <c r="DB136" t="s">
-        <v>240</v>
-[...2 lines deleted...]
-    <row r="137" spans="1:110">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="137" spans="1:111">
       <c r="E137" s="2"/>
       <c r="L137" t="s">
         <v>3</v>
       </c>
       <c r="DB137" t="s">
-        <v>241</v>
-[...2 lines deleted...]
-    <row r="138" spans="1:110">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="138" spans="1:111">
       <c r="E138" s="2"/>
       <c r="L138" t="s">
         <v>3</v>
       </c>
       <c r="DB138" t="s">
-        <v>242</v>
-[...2 lines deleted...]
-    <row r="139" spans="1:110">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="139" spans="1:111">
       <c r="E139" s="2"/>
       <c r="L139" t="s">
         <v>3</v>
       </c>
       <c r="DB139" t="s">
-        <v>243</v>
-[...2 lines deleted...]
-    <row r="140" spans="1:110">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="140" spans="1:111">
       <c r="E140" s="2"/>
       <c r="L140" t="s">
         <v>3</v>
       </c>
       <c r="DB140" t="s">
-        <v>244</v>
-[...2 lines deleted...]
-    <row r="141" spans="1:110">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="141" spans="1:111">
       <c r="E141" s="2"/>
       <c r="L141" t="s">
         <v>3</v>
       </c>
       <c r="DB141" t="s">
-        <v>245</v>
-[...2 lines deleted...]
-    <row r="142" spans="1:110">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="142" spans="1:111">
       <c r="E142" s="2"/>
       <c r="L142" t="s">
         <v>3</v>
       </c>
       <c r="DB142" t="s">
-        <v>246</v>
-[...2 lines deleted...]
-    <row r="143" spans="1:110">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="143" spans="1:111">
       <c r="E143" s="2"/>
       <c r="L143" t="s">
         <v>3</v>
       </c>
       <c r="DB143" t="s">
-        <v>247</v>
-[...2 lines deleted...]
-    <row r="144" spans="1:110">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="144" spans="1:111">
       <c r="E144" s="2"/>
       <c r="L144" t="s">
         <v>3</v>
       </c>
       <c r="DB144" t="s">
-        <v>248</v>
-[...2 lines deleted...]
-    <row r="145" spans="1:110">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="145" spans="1:111">
       <c r="E145" s="2"/>
       <c r="L145" t="s">
         <v>3</v>
       </c>
       <c r="DB145" t="s">
-        <v>249</v>
-[...2 lines deleted...]
-    <row r="146" spans="1:110">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="146" spans="1:111">
       <c r="E146" s="2"/>
       <c r="L146" t="s">
         <v>3</v>
       </c>
       <c r="DB146" t="s">
-        <v>250</v>
-[...2 lines deleted...]
-    <row r="147" spans="1:110">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="147" spans="1:111">
       <c r="E147" s="2"/>
       <c r="L147" t="s">
         <v>3</v>
       </c>
       <c r="DB147" t="s">
-        <v>251</v>
-[...2 lines deleted...]
-    <row r="148" spans="1:110">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="148" spans="1:111">
       <c r="E148" s="2"/>
       <c r="L148" t="s">
         <v>3</v>
       </c>
       <c r="DB148" t="s">
-        <v>252</v>
-[...2 lines deleted...]
-    <row r="149" spans="1:110">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="149" spans="1:111">
       <c r="E149" s="2"/>
       <c r="L149" t="s">
         <v>3</v>
       </c>
       <c r="DB149" t="s">
-        <v>253</v>
-[...2 lines deleted...]
-    <row r="150" spans="1:110">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="150" spans="1:111">
       <c r="E150" s="2"/>
       <c r="L150" t="s">
         <v>3</v>
       </c>
       <c r="DB150" t="s">
-        <v>253</v>
-[...2 lines deleted...]
-    <row r="151" spans="1:110">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="151" spans="1:111">
       <c r="E151" s="2"/>
       <c r="L151" t="s">
         <v>3</v>
       </c>
       <c r="DB151" t="s">
-        <v>254</v>
-[...2 lines deleted...]
-    <row r="152" spans="1:110">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="152" spans="1:111">
       <c r="E152" s="2"/>
       <c r="L152" t="s">
         <v>3</v>
       </c>
       <c r="DB152" t="s">
-        <v>255</v>
-[...2 lines deleted...]
-    <row r="153" spans="1:110">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="153" spans="1:111">
       <c r="E153" s="2"/>
       <c r="L153" t="s">
         <v>3</v>
       </c>
       <c r="DB153" t="s">
-        <v>256</v>
-[...2 lines deleted...]
-    <row r="154" spans="1:110">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="154" spans="1:111">
       <c r="E154" s="2"/>
       <c r="L154" t="s">
         <v>3</v>
       </c>
       <c r="DB154" t="s">
-        <v>257</v>
-[...2 lines deleted...]
-    <row r="155" spans="1:110">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="155" spans="1:111">
       <c r="E155" s="2"/>
       <c r="L155" t="s">
         <v>3</v>
       </c>
       <c r="DB155" t="s">
-        <v>258</v>
-[...2 lines deleted...]
-    <row r="156" spans="1:110">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="156" spans="1:111">
       <c r="E156" s="2"/>
       <c r="L156" t="s">
         <v>3</v>
       </c>
       <c r="DB156" t="s">
-        <v>259</v>
-[...2 lines deleted...]
-    <row r="157" spans="1:110">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="157" spans="1:111">
       <c r="E157" s="2"/>
       <c r="L157" t="s">
         <v>3</v>
       </c>
       <c r="DB157" t="s">
-        <v>260</v>
-[...2 lines deleted...]
-    <row r="158" spans="1:110">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="158" spans="1:111">
       <c r="E158" s="2"/>
       <c r="L158" t="s">
         <v>3</v>
       </c>
       <c r="DB158" t="s">
-        <v>261</v>
-[...2 lines deleted...]
-    <row r="159" spans="1:110">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="159" spans="1:111">
       <c r="E159" s="2"/>
       <c r="L159" t="s">
         <v>3</v>
       </c>
       <c r="DB159" t="s">
-        <v>262</v>
-[...2 lines deleted...]
-    <row r="160" spans="1:110">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="160" spans="1:111">
       <c r="E160" s="2"/>
       <c r="L160" t="s">
         <v>3</v>
       </c>
       <c r="DB160" t="s">
-        <v>263</v>
-[...2 lines deleted...]
-    <row r="161" spans="1:110">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="161" spans="1:111">
       <c r="E161" s="2"/>
       <c r="L161" t="s">
         <v>3</v>
       </c>
       <c r="DB161" t="s">
-        <v>264</v>
-[...2 lines deleted...]
-    <row r="162" spans="1:110">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="162" spans="1:111">
       <c r="E162" s="2"/>
       <c r="L162" t="s">
         <v>3</v>
       </c>
       <c r="DB162" t="s">
-        <v>265</v>
-[...2 lines deleted...]
-    <row r="163" spans="1:110">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="163" spans="1:111">
       <c r="E163" s="2"/>
       <c r="L163" t="s">
         <v>3</v>
       </c>
       <c r="DB163" t="s">
-        <v>266</v>
-[...2 lines deleted...]
-    <row r="164" spans="1:110">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="164" spans="1:111">
       <c r="E164" s="2"/>
       <c r="L164" t="s">
         <v>3</v>
       </c>
       <c r="DB164" t="s">
-        <v>267</v>
-[...2 lines deleted...]
-    <row r="165" spans="1:110">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="165" spans="1:111">
       <c r="E165" s="2"/>
       <c r="L165" t="s">
         <v>3</v>
       </c>
       <c r="DB165" t="s">
-        <v>268</v>
-[...2 lines deleted...]
-    <row r="166" spans="1:110">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="166" spans="1:111">
       <c r="E166" s="2"/>
       <c r="L166" t="s">
         <v>3</v>
       </c>
       <c r="DB166" t="s">
-        <v>269</v>
-[...2 lines deleted...]
-    <row r="167" spans="1:110">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="167" spans="1:111">
       <c r="E167" s="2"/>
       <c r="L167" t="s">
         <v>3</v>
       </c>
       <c r="DB167" t="s">
-        <v>270</v>
-[...2 lines deleted...]
-    <row r="168" spans="1:110">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="168" spans="1:111">
       <c r="E168" s="2"/>
       <c r="L168" t="s">
         <v>3</v>
       </c>
       <c r="DB168" t="s">
-        <v>271</v>
-[...2 lines deleted...]
-    <row r="169" spans="1:110">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="169" spans="1:111">
       <c r="E169" s="2"/>
       <c r="L169" t="s">
         <v>3</v>
       </c>
       <c r="DB169" t="s">
-        <v>272</v>
-[...2 lines deleted...]
-    <row r="170" spans="1:110">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="170" spans="1:111">
       <c r="E170" s="2"/>
       <c r="L170" t="s">
         <v>3</v>
       </c>
       <c r="DB170" t="s">
-        <v>273</v>
-[...2 lines deleted...]
-    <row r="171" spans="1:110">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="171" spans="1:111">
       <c r="E171" s="2"/>
       <c r="L171" t="s">
         <v>3</v>
       </c>
       <c r="DB171" t="s">
-        <v>274</v>
-[...2 lines deleted...]
-    <row r="172" spans="1:110">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="172" spans="1:111">
       <c r="E172" s="2"/>
       <c r="L172" t="s">
         <v>3</v>
       </c>
       <c r="DB172" t="s">
-        <v>275</v>
-[...2 lines deleted...]
-    <row r="173" spans="1:110">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="173" spans="1:111">
       <c r="E173" s="2"/>
       <c r="L173" t="s">
         <v>3</v>
       </c>
       <c r="DB173" t="s">
-        <v>276</v>
-[...2 lines deleted...]
-    <row r="174" spans="1:110">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="174" spans="1:111">
       <c r="E174" s="2"/>
       <c r="L174" t="s">
         <v>3</v>
       </c>
       <c r="DB174" t="s">
-        <v>277</v>
-[...2 lines deleted...]
-    <row r="175" spans="1:110">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="175" spans="1:111">
       <c r="E175" s="2"/>
       <c r="L175" t="s">
         <v>3</v>
       </c>
       <c r="DB175" t="s">
-        <v>278</v>
-[...2 lines deleted...]
-    <row r="176" spans="1:110">
+        <v>284</v>
+      </c>
+    </row>
+    <row r="176" spans="1:111">
       <c r="E176" s="2"/>
       <c r="L176" t="s">
         <v>3</v>
       </c>
       <c r="DB176" t="s">
-        <v>279</v>
-[...2 lines deleted...]
-    <row r="177" spans="1:110">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="177" spans="1:111">
       <c r="E177" s="2"/>
       <c r="L177" t="s">
         <v>3</v>
       </c>
       <c r="DB177" t="s">
-        <v>280</v>
-[...2 lines deleted...]
-    <row r="178" spans="1:110">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="178" spans="1:111">
       <c r="E178" s="2"/>
       <c r="L178" t="s">
         <v>3</v>
       </c>
       <c r="DB178" t="s">
-        <v>281</v>
-[...2 lines deleted...]
-    <row r="179" spans="1:110">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="179" spans="1:111">
       <c r="E179" s="2"/>
       <c r="L179" t="s">
         <v>3</v>
       </c>
       <c r="DB179" t="s">
-        <v>282</v>
-[...2 lines deleted...]
-    <row r="180" spans="1:110">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="180" spans="1:111">
       <c r="E180" s="2"/>
       <c r="L180" t="s">
         <v>3</v>
       </c>
       <c r="DB180" t="s">
-        <v>283</v>
-[...2 lines deleted...]
-    <row r="181" spans="1:110">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="181" spans="1:111">
       <c r="E181" s="2"/>
       <c r="L181" t="s">
         <v>3</v>
       </c>
       <c r="DB181" t="s">
-        <v>284</v>
-[...2 lines deleted...]
-    <row r="182" spans="1:110">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="182" spans="1:111">
       <c r="E182" s="2"/>
       <c r="L182" t="s">
         <v>3</v>
       </c>
       <c r="DB182" t="s">
-        <v>285</v>
-[...2 lines deleted...]
-    <row r="183" spans="1:110">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="183" spans="1:111">
       <c r="E183" s="2"/>
       <c r="L183" t="s">
         <v>3</v>
       </c>
       <c r="DB183" t="s">
-        <v>286</v>
-[...2 lines deleted...]
-    <row r="184" spans="1:110">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="184" spans="1:111">
       <c r="E184" s="2"/>
       <c r="L184" t="s">
         <v>3</v>
       </c>
       <c r="DB184" t="s">
-        <v>287</v>
-[...2 lines deleted...]
-    <row r="185" spans="1:110">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="185" spans="1:111">
       <c r="E185" s="2"/>
       <c r="L185" t="s">
         <v>3</v>
       </c>
       <c r="DB185" t="s">
-        <v>288</v>
-[...2 lines deleted...]
-    <row r="186" spans="1:110">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="186" spans="1:111">
       <c r="E186" s="2"/>
       <c r="L186" t="s">
         <v>3</v>
       </c>
       <c r="DB186" t="s">
-        <v>289</v>
-[...2 lines deleted...]
-    <row r="187" spans="1:110">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="187" spans="1:111">
       <c r="E187" s="2"/>
       <c r="L187" t="s">
         <v>3</v>
       </c>
       <c r="DB187" t="s">
-        <v>290</v>
-[...2 lines deleted...]
-    <row r="188" spans="1:110">
+        <v>296</v>
+      </c>
+    </row>
+    <row r="188" spans="1:111">
       <c r="E188" s="2"/>
       <c r="L188" t="s">
         <v>3</v>
       </c>
       <c r="DB188" t="s">
-        <v>291</v>
-[...2 lines deleted...]
-    <row r="189" spans="1:110">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="189" spans="1:111">
       <c r="E189" s="2"/>
       <c r="L189" t="s">
         <v>3</v>
       </c>
       <c r="DB189" t="s">
-        <v>292</v>
-[...2 lines deleted...]
-    <row r="190" spans="1:110">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="190" spans="1:111">
       <c r="E190" s="2"/>
       <c r="L190" t="s">
         <v>3</v>
       </c>
       <c r="DB190" t="s">
-        <v>293</v>
-[...2 lines deleted...]
-    <row r="191" spans="1:110">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="191" spans="1:111">
       <c r="E191" s="2"/>
       <c r="L191" t="s">
         <v>3</v>
       </c>
       <c r="DB191" t="s">
-        <v>294</v>
-[...2 lines deleted...]
-    <row r="192" spans="1:110">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="192" spans="1:111">
       <c r="E192" s="2"/>
       <c r="L192" t="s">
         <v>3</v>
       </c>
       <c r="DB192" t="s">
-        <v>295</v>
-[...2 lines deleted...]
-    <row r="193" spans="1:110">
+        <v>301</v>
+      </c>
+    </row>
+    <row r="193" spans="1:111">
       <c r="E193" s="2"/>
       <c r="L193" t="s">
         <v>3</v>
       </c>
       <c r="DB193" t="s">
-        <v>296</v>
-[...2 lines deleted...]
-    <row r="194" spans="1:110">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="194" spans="1:111">
       <c r="E194" s="2"/>
       <c r="L194" t="s">
         <v>3</v>
       </c>
       <c r="DB194" t="s">
-        <v>297</v>
-[...2 lines deleted...]
-    <row r="195" spans="1:110">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="195" spans="1:111">
       <c r="E195" s="2"/>
       <c r="L195" t="s">
         <v>3</v>
       </c>
       <c r="DB195" t="s">
-        <v>298</v>
-[...2 lines deleted...]
-    <row r="196" spans="1:110">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="196" spans="1:111">
       <c r="E196" s="2"/>
       <c r="L196" t="s">
         <v>3</v>
       </c>
       <c r="DB196" t="s">
-        <v>299</v>
-[...2 lines deleted...]
-    <row r="197" spans="1:110">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="197" spans="1:111">
       <c r="E197" s="2"/>
       <c r="L197" t="s">
         <v>3</v>
       </c>
       <c r="DB197" t="s">
-        <v>300</v>
-[...2 lines deleted...]
-    <row r="198" spans="1:110">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="198" spans="1:111">
       <c r="E198" s="2"/>
       <c r="L198" t="s">
         <v>3</v>
       </c>
       <c r="DB198" t="s">
-        <v>301</v>
-[...2 lines deleted...]
-    <row r="199" spans="1:110">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="199" spans="1:111">
       <c r="E199" s="2"/>
       <c r="L199" t="s">
         <v>3</v>
       </c>
       <c r="DB199" t="s">
-        <v>302</v>
-[...2 lines deleted...]
-    <row r="200" spans="1:110">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="200" spans="1:111">
       <c r="E200" s="2"/>
       <c r="L200" t="s">
         <v>3</v>
       </c>
       <c r="DB200" t="s">
-        <v>303</v>
-[...2 lines deleted...]
-    <row r="201" spans="1:110">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="201" spans="1:111">
       <c r="E201" s="2"/>
       <c r="L201" t="s">
         <v>3</v>
       </c>
       <c r="DB201" t="s">
-        <v>304</v>
-[...2 lines deleted...]
-    <row r="202" spans="1:110">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="202" spans="1:111">
       <c r="E202" s="2"/>
       <c r="L202" t="s">
         <v>3</v>
       </c>
       <c r="DB202" t="s">
-        <v>305</v>
-[...2 lines deleted...]
-    <row r="203" spans="1:110">
+        <v>311</v>
+      </c>
+    </row>
+    <row r="203" spans="1:111">
       <c r="E203" s="2"/>
       <c r="L203" t="s">
         <v>3</v>
       </c>
       <c r="DB203" t="s">
-        <v>306</v>
-[...2 lines deleted...]
-    <row r="204" spans="1:110">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="204" spans="1:111">
       <c r="E204" s="2"/>
       <c r="L204" t="s">
         <v>3</v>
       </c>
       <c r="DB204" t="s">
-        <v>307</v>
-[...2 lines deleted...]
-    <row r="205" spans="1:110">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="205" spans="1:111">
       <c r="E205" s="2"/>
       <c r="L205" t="s">
         <v>3</v>
       </c>
       <c r="DB205" t="s">
-        <v>308</v>
-[...2 lines deleted...]
-    <row r="206" spans="1:110">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="206" spans="1:111">
       <c r="E206" s="2"/>
       <c r="L206" t="s">
         <v>3</v>
       </c>
       <c r="DB206" t="s">
-        <v>309</v>
-[...2 lines deleted...]
-    <row r="207" spans="1:110">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="207" spans="1:111">
       <c r="E207" s="2"/>
       <c r="L207" t="s">
         <v>3</v>
       </c>
       <c r="DB207" t="s">
-        <v>310</v>
-[...2 lines deleted...]
-    <row r="208" spans="1:110">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="208" spans="1:111">
       <c r="E208" s="2"/>
       <c r="L208" t="s">
         <v>3</v>
       </c>
       <c r="DB208" t="s">
-        <v>311</v>
-[...2 lines deleted...]
-    <row r="209" spans="1:110">
+        <v>317</v>
+      </c>
+    </row>
+    <row r="209" spans="1:111">
       <c r="E209" s="2"/>
       <c r="L209" t="s">
         <v>3</v>
       </c>
       <c r="DB209" t="s">
-        <v>312</v>
-[...2 lines deleted...]
-    <row r="210" spans="1:110">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="210" spans="1:111">
       <c r="E210" s="2"/>
       <c r="L210" t="s">
         <v>3</v>
       </c>
       <c r="DB210" t="s">
-        <v>313</v>
-[...2 lines deleted...]
-    <row r="211" spans="1:110">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="211" spans="1:111">
       <c r="E211" s="2"/>
       <c r="L211" t="s">
         <v>3</v>
       </c>
       <c r="DB211" t="s">
-        <v>314</v>
-[...2 lines deleted...]
-    <row r="212" spans="1:110">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="212" spans="1:111">
       <c r="E212" s="2"/>
       <c r="L212" t="s">
         <v>3</v>
       </c>
       <c r="DB212" t="s">
-        <v>315</v>
-[...2 lines deleted...]
-    <row r="213" spans="1:110">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="213" spans="1:111">
       <c r="E213" s="2"/>
       <c r="L213" t="s">
         <v>3</v>
       </c>
       <c r="DB213" t="s">
-        <v>316</v>
-[...2 lines deleted...]
-    <row r="214" spans="1:110">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="214" spans="1:111">
       <c r="E214" s="2"/>
       <c r="L214" t="s">
         <v>3</v>
       </c>
       <c r="DB214" t="s">
-        <v>317</v>
-[...2 lines deleted...]
-    <row r="215" spans="1:110">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="215" spans="1:111">
       <c r="E215" s="2"/>
       <c r="L215" t="s">
         <v>3</v>
       </c>
       <c r="DB215" t="s">
-        <v>318</v>
-[...2 lines deleted...]
-    <row r="216" spans="1:110">
+        <v>324</v>
+      </c>
+    </row>
+    <row r="216" spans="1:111">
       <c r="E216" s="2"/>
       <c r="L216" t="s">
         <v>3</v>
       </c>
       <c r="DB216" t="s">
-        <v>319</v>
-[...2 lines deleted...]
-    <row r="217" spans="1:110">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="217" spans="1:111">
       <c r="E217" s="2"/>
       <c r="L217" t="s">
         <v>3</v>
       </c>
       <c r="DB217" t="s">
-        <v>320</v>
-[...2 lines deleted...]
-    <row r="218" spans="1:110">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="218" spans="1:111">
       <c r="E218" s="2"/>
       <c r="L218" t="s">
         <v>3</v>
       </c>
       <c r="DB218" t="s">
-        <v>321</v>
-[...2 lines deleted...]
-    <row r="219" spans="1:110">
+        <v>327</v>
+      </c>
+    </row>
+    <row r="219" spans="1:111">
       <c r="E219" s="2"/>
       <c r="L219" t="s">
         <v>3</v>
       </c>
       <c r="DB219" t="s">
-        <v>322</v>
-[...2 lines deleted...]
-    <row r="220" spans="1:110">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="220" spans="1:111">
       <c r="E220" s="2"/>
       <c r="L220" t="s">
         <v>3</v>
       </c>
       <c r="DB220" t="s">
-        <v>323</v>
-[...2 lines deleted...]
-    <row r="221" spans="1:110">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="221" spans="1:111">
       <c r="E221" s="2"/>
       <c r="L221" t="s">
         <v>3</v>
       </c>
       <c r="DB221" t="s">
-        <v>324</v>
-[...2 lines deleted...]
-    <row r="222" spans="1:110">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="222" spans="1:111">
       <c r="E222" s="2"/>
       <c r="L222" t="s">
         <v>3</v>
       </c>
       <c r="DB222" t="s">
-        <v>325</v>
-[...2 lines deleted...]
-    <row r="223" spans="1:110">
+        <v>331</v>
+      </c>
+    </row>
+    <row r="223" spans="1:111">
       <c r="E223" s="2"/>
       <c r="L223" t="s">
         <v>3</v>
       </c>
       <c r="DB223" t="s">
-        <v>326</v>
-[...2 lines deleted...]
-    <row r="224" spans="1:110">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="224" spans="1:111">
       <c r="E224" s="2"/>
       <c r="L224" t="s">
         <v>3</v>
       </c>
       <c r="DB224" t="s">
-        <v>327</v>
-[...2 lines deleted...]
-    <row r="225" spans="1:110">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="225" spans="1:111">
       <c r="E225" s="2"/>
       <c r="L225" t="s">
         <v>3</v>
       </c>
       <c r="DB225" t="s">
-        <v>328</v>
-[...2 lines deleted...]
-    <row r="226" spans="1:110">
+        <v>334</v>
+      </c>
+    </row>
+    <row r="226" spans="1:111">
       <c r="E226" s="2"/>
       <c r="L226" t="s">
         <v>3</v>
       </c>
       <c r="DB226" t="s">
-        <v>329</v>
-[...2 lines deleted...]
-    <row r="227" spans="1:110">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="227" spans="1:111">
       <c r="E227" s="2"/>
       <c r="L227" t="s">
         <v>3</v>
       </c>
       <c r="DB227" t="s">
-        <v>330</v>
-[...2 lines deleted...]
-    <row r="228" spans="1:110">
+        <v>336</v>
+      </c>
+    </row>
+    <row r="228" spans="1:111">
       <c r="E228" s="2"/>
       <c r="L228" t="s">
         <v>3</v>
       </c>
       <c r="DB228" t="s">
-        <v>331</v>
-[...2 lines deleted...]
-    <row r="229" spans="1:110">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="229" spans="1:111">
       <c r="E229" s="2"/>
       <c r="L229" t="s">
         <v>3</v>
       </c>
       <c r="DB229" t="s">
-        <v>332</v>
-[...2 lines deleted...]
-    <row r="230" spans="1:110">
+        <v>338</v>
+      </c>
+    </row>
+    <row r="230" spans="1:111">
       <c r="E230" s="2"/>
       <c r="L230" t="s">
         <v>3</v>
       </c>
       <c r="DB230" t="s">
-        <v>333</v>
-[...2 lines deleted...]
-    <row r="231" spans="1:110">
+        <v>339</v>
+      </c>
+    </row>
+    <row r="231" spans="1:111">
       <c r="E231" s="2"/>
       <c r="L231" t="s">
         <v>3</v>
       </c>
       <c r="DB231" t="s">
-        <v>334</v>
-[...2 lines deleted...]
-    <row r="232" spans="1:110">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="232" spans="1:111">
       <c r="E232" s="2"/>
       <c r="L232" t="s">
         <v>3</v>
       </c>
       <c r="DB232" t="s">
-        <v>335</v>
-[...2 lines deleted...]
-    <row r="233" spans="1:110">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="233" spans="1:111">
       <c r="E233" s="2"/>
       <c r="L233" t="s">
         <v>3</v>
       </c>
       <c r="DB233" t="s">
-        <v>336</v>
-[...2 lines deleted...]
-    <row r="234" spans="1:110">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="234" spans="1:111">
       <c r="E234" s="2"/>
       <c r="L234" t="s">
         <v>3</v>
       </c>
       <c r="DB234" t="s">
-        <v>337</v>
-[...2 lines deleted...]
-    <row r="235" spans="1:110">
+        <v>343</v>
+      </c>
+    </row>
+    <row r="235" spans="1:111">
       <c r="E235" s="2"/>
       <c r="L235" t="s">
         <v>3</v>
       </c>
       <c r="DB235" t="s">
-        <v>338</v>
-[...2 lines deleted...]
-    <row r="236" spans="1:110">
+        <v>344</v>
+      </c>
+    </row>
+    <row r="236" spans="1:111">
       <c r="E236" s="2"/>
       <c r="L236" t="s">
         <v>3</v>
       </c>
       <c r="DB236" t="s">
-        <v>339</v>
-[...2 lines deleted...]
-    <row r="237" spans="1:110">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="237" spans="1:111">
       <c r="E237" s="2"/>
       <c r="L237" t="s">
         <v>3</v>
       </c>
       <c r="DB237" t="s">
-        <v>340</v>
-[...2 lines deleted...]
-    <row r="238" spans="1:110">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="238" spans="1:111">
       <c r="E238" s="2"/>
       <c r="L238" t="s">
         <v>3</v>
       </c>
       <c r="DB238" t="s">
-        <v>341</v>
-[...2 lines deleted...]
-    <row r="239" spans="1:110">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="239" spans="1:111">
       <c r="E239" s="2"/>
       <c r="L239" t="s">
         <v>3</v>
       </c>
       <c r="DB239" t="s">
-        <v>342</v>
-[...2 lines deleted...]
-    <row r="240" spans="1:110">
+        <v>348</v>
+      </c>
+    </row>
+    <row r="240" spans="1:111">
       <c r="E240" s="2"/>
       <c r="L240" t="s">
         <v>3</v>
       </c>
       <c r="DB240" t="s">
-        <v>343</v>
-[...2 lines deleted...]
-    <row r="241" spans="1:110">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="241" spans="1:111">
       <c r="E241" s="2"/>
       <c r="L241" t="s">
         <v>3</v>
       </c>
       <c r="DB241" t="s">
-        <v>344</v>
-[...2 lines deleted...]
-    <row r="242" spans="1:110">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="242" spans="1:111">
       <c r="E242" s="2"/>
       <c r="L242" t="s">
         <v>3</v>
       </c>
       <c r="DB242" t="s">
-        <v>345</v>
-[...2 lines deleted...]
-    <row r="243" spans="1:110">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="243" spans="1:111">
       <c r="E243" s="2"/>
       <c r="L243" t="s">
         <v>3</v>
       </c>
       <c r="DB243" t="s">
-        <v>346</v>
-[...2 lines deleted...]
-    <row r="244" spans="1:110">
+        <v>352</v>
+      </c>
+    </row>
+    <row r="244" spans="1:111">
       <c r="E244" s="2"/>
       <c r="L244" t="s">
         <v>3</v>
       </c>
       <c r="DB244" t="s">
-        <v>347</v>
-[...2 lines deleted...]
-    <row r="245" spans="1:110">
+        <v>353</v>
+      </c>
+    </row>
+    <row r="245" spans="1:111">
       <c r="E245" s="2"/>
       <c r="L245" t="s">
         <v>3</v>
       </c>
       <c r="DB245" t="s">
-        <v>348</v>
-[...2 lines deleted...]
-    <row r="246" spans="1:110">
+        <v>354</v>
+      </c>
+    </row>
+    <row r="246" spans="1:111">
       <c r="E246" s="2"/>
       <c r="L246" t="s">
         <v>3</v>
       </c>
       <c r="DB246" t="s">
-        <v>349</v>
-[...2 lines deleted...]
-    <row r="247" spans="1:110">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="247" spans="1:111">
       <c r="E247" s="2"/>
       <c r="L247" t="s">
         <v>3</v>
       </c>
       <c r="DB247" t="s">
-        <v>350</v>
-[...2 lines deleted...]
-    <row r="248" spans="1:110">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="248" spans="1:111">
       <c r="E248" s="2"/>
       <c r="L248" t="s">
         <v>3</v>
       </c>
       <c r="DB248" t="s">
-        <v>351</v>
-[...2 lines deleted...]
-    <row r="249" spans="1:110">
+        <v>357</v>
+      </c>
+    </row>
+    <row r="249" spans="1:111">
       <c r="E249" s="2"/>
       <c r="L249" t="s">
         <v>3</v>
       </c>
       <c r="DB249" t="s">
-        <v>352</v>
-[...2 lines deleted...]
-    <row r="250" spans="1:110">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="250" spans="1:111">
       <c r="E250" s="2"/>
       <c r="L250" t="s">
         <v>3</v>
       </c>
       <c r="DB250" t="s">
-        <v>353</v>
-[...2 lines deleted...]
-    <row r="251" spans="1:110">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="251" spans="1:111">
       <c r="E251" s="2"/>
       <c r="L251" t="s">
         <v>3</v>
       </c>
       <c r="DB251" t="s">
-        <v>354</v>
-[...2 lines deleted...]
-    <row r="252" spans="1:110">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="252" spans="1:111">
       <c r="E252" s="2"/>
       <c r="L252" t="s">
         <v>3</v>
       </c>
       <c r="DB252" t="s">
-        <v>353</v>
-[...2 lines deleted...]
-    <row r="253" spans="1:110">
+        <v>361</v>
+      </c>
+    </row>
+    <row r="253" spans="1:111">
       <c r="E253" s="2"/>
       <c r="L253" t="s">
         <v>3</v>
       </c>
       <c r="DB253" t="s">
-        <v>355</v>
-[...2 lines deleted...]
-    <row r="254" spans="1:110">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="254" spans="1:111">
       <c r="E254" s="2"/>
       <c r="L254" t="s">
         <v>3</v>
       </c>
       <c r="DB254" t="s">
-        <v>356</v>
-[...2 lines deleted...]
-    <row r="255" spans="1:110">
+        <v>362</v>
+      </c>
+    </row>
+    <row r="255" spans="1:111">
       <c r="E255" s="2"/>
       <c r="L255" t="s">
         <v>3</v>
       </c>
       <c r="DB255" t="s">
-        <v>357</v>
-[...2 lines deleted...]
-    <row r="256" spans="1:110">
+        <v>363</v>
+      </c>
+    </row>
+    <row r="256" spans="1:111">
       <c r="E256" s="2"/>
       <c r="L256" t="s">
         <v>3</v>
       </c>
       <c r="DB256" t="s">
-        <v>358</v>
-[...2 lines deleted...]
-    <row r="257" spans="1:110">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="257" spans="1:111">
       <c r="E257" s="2"/>
       <c r="L257" t="s">
         <v>3</v>
       </c>
       <c r="DB257" t="s">
-        <v>359</v>
-[...2 lines deleted...]
-    <row r="258" spans="1:110">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="258" spans="1:111">
       <c r="E258" s="2"/>
       <c r="L258" t="s">
         <v>3</v>
       </c>
       <c r="DB258" t="s">
-        <v>360</v>
-[...2 lines deleted...]
-    <row r="259" spans="1:110">
+        <v>366</v>
+      </c>
+    </row>
+    <row r="259" spans="1:111">
       <c r="E259" s="2"/>
       <c r="L259" t="s">
         <v>3</v>
       </c>
       <c r="DB259" t="s">
-        <v>361</v>
-[...2 lines deleted...]
-    <row r="260" spans="1:110">
+        <v>367</v>
+      </c>
+    </row>
+    <row r="260" spans="1:111">
       <c r="E260" s="2"/>
       <c r="L260" t="s">
         <v>3</v>
       </c>
       <c r="DB260" t="s">
-        <v>362</v>
-[...2 lines deleted...]
-    <row r="261" spans="1:110">
+        <v>368</v>
+      </c>
+    </row>
+    <row r="261" spans="1:111">
       <c r="E261" s="2"/>
       <c r="L261" t="s">
         <v>3</v>
       </c>
       <c r="DB261" t="s">
-        <v>363</v>
-[...2 lines deleted...]
-    <row r="262" spans="1:110">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="262" spans="1:111">
       <c r="E262" s="2"/>
       <c r="L262" t="s">
         <v>3</v>
       </c>
       <c r="DB262" t="s">
-        <v>364</v>
-[...2 lines deleted...]
-    <row r="263" spans="1:110">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="263" spans="1:111">
       <c r="E263" s="2"/>
       <c r="L263" t="s">
         <v>3</v>
       </c>
       <c r="DB263" t="s">
-        <v>365</v>
-[...2 lines deleted...]
-    <row r="264" spans="1:110">
+        <v>371</v>
+      </c>
+    </row>
+    <row r="264" spans="1:111">
       <c r="E264" s="2"/>
       <c r="L264" t="s">
         <v>3</v>
       </c>
       <c r="DB264" t="s">
-        <v>366</v>
-[...2 lines deleted...]
-    <row r="265" spans="1:110">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="265" spans="1:111">
       <c r="E265" s="2"/>
       <c r="L265" t="s">
         <v>3</v>
       </c>
       <c r="DB265" t="s">
-        <v>367</v>
-[...2 lines deleted...]
-    <row r="266" spans="1:110">
+        <v>373</v>
+      </c>
+    </row>
+    <row r="266" spans="1:111">
       <c r="E266" s="2"/>
       <c r="L266" t="s">
         <v>3</v>
       </c>
       <c r="DB266" t="s">
-        <v>368</v>
-[...2 lines deleted...]
-    <row r="267" spans="1:110">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="267" spans="1:111">
       <c r="E267" s="2"/>
       <c r="L267" t="s">
         <v>3</v>
       </c>
       <c r="DB267" t="s">
-        <v>369</v>
-[...2 lines deleted...]
-    <row r="268" spans="1:110">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="268" spans="1:111">
       <c r="E268" s="2"/>
       <c r="L268" t="s">
         <v>3</v>
       </c>
       <c r="DB268" t="s">
-        <v>370</v>
-[...2 lines deleted...]
-    <row r="269" spans="1:110">
+        <v>376</v>
+      </c>
+    </row>
+    <row r="269" spans="1:111">
       <c r="E269" s="2"/>
       <c r="L269" t="s">
         <v>3</v>
       </c>
       <c r="DB269" t="s">
-        <v>371</v>
-[...2 lines deleted...]
-    <row r="270" spans="1:110">
+        <v>377</v>
+      </c>
+    </row>
+    <row r="270" spans="1:111">
       <c r="E270" s="2"/>
       <c r="L270" t="s">
         <v>3</v>
       </c>
       <c r="DB270" t="s">
-        <v>372</v>
-[...2 lines deleted...]
-    <row r="271" spans="1:110">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="271" spans="1:111">
       <c r="E271" s="2"/>
       <c r="L271" t="s">
         <v>3</v>
       </c>
       <c r="DB271" t="s">
-        <v>373</v>
-[...2 lines deleted...]
-    <row r="272" spans="1:110">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="272" spans="1:111">
       <c r="E272" s="2"/>
       <c r="L272" t="s">
         <v>3</v>
       </c>
       <c r="DB272" t="s">
-        <v>374</v>
-[...2 lines deleted...]
-    <row r="273" spans="1:110">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="273" spans="1:111">
       <c r="E273" s="2"/>
       <c r="L273" t="s">
         <v>3</v>
       </c>
       <c r="DB273" t="s">
-        <v>375</v>
-[...2 lines deleted...]
-    <row r="274" spans="1:110">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="274" spans="1:111">
       <c r="E274" s="2"/>
       <c r="L274" t="s">
         <v>3</v>
       </c>
       <c r="DB274" t="s">
-        <v>376</v>
-[...2 lines deleted...]
-    <row r="275" spans="1:110">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="275" spans="1:111">
       <c r="E275" s="2"/>
       <c r="L275" t="s">
         <v>3</v>
       </c>
       <c r="DB275" t="s">
-        <v>377</v>
-[...2 lines deleted...]
-    <row r="276" spans="1:110">
+        <v>383</v>
+      </c>
+    </row>
+    <row r="276" spans="1:111">
       <c r="E276" s="2"/>
       <c r="L276" t="s">
         <v>3</v>
       </c>
       <c r="DB276" t="s">
-        <v>378</v>
-[...2 lines deleted...]
-    <row r="277" spans="1:110">
+        <v>384</v>
+      </c>
+    </row>
+    <row r="277" spans="1:111">
       <c r="E277" s="2"/>
       <c r="L277" t="s">
         <v>3</v>
       </c>
       <c r="DB277" t="s">
-        <v>379</v>
-[...2 lines deleted...]
-    <row r="278" spans="1:110">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="278" spans="1:111">
       <c r="E278" s="2"/>
       <c r="L278" t="s">
         <v>3</v>
       </c>
       <c r="DB278" t="s">
-        <v>380</v>
-[...2 lines deleted...]
-    <row r="279" spans="1:110">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="279" spans="1:111">
       <c r="E279" s="2"/>
       <c r="L279" t="s">
         <v>3</v>
       </c>
       <c r="DB279" t="s">
-        <v>381</v>
-[...2 lines deleted...]
-    <row r="280" spans="1:110">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="280" spans="1:111">
       <c r="E280" s="2"/>
       <c r="L280" t="s">
         <v>3</v>
       </c>
       <c r="DB280" t="s">
-        <v>382</v>
-[...2 lines deleted...]
-    <row r="281" spans="1:110">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="281" spans="1:111">
       <c r="E281" s="2"/>
       <c r="L281" t="s">
         <v>3</v>
       </c>
       <c r="DB281" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-    <row r="282" spans="1:110">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="282" spans="1:111">
       <c r="E282" s="2"/>
       <c r="L282" t="s">
         <v>3</v>
       </c>
       <c r="DB282" t="s">
-        <v>384</v>
-[...2 lines deleted...]
-    <row r="283" spans="1:110">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="283" spans="1:111">
       <c r="E283" s="2"/>
       <c r="L283" t="s">
         <v>3</v>
       </c>
       <c r="DB283" t="s">
-        <v>385</v>
-[...2 lines deleted...]
-    <row r="284" spans="1:110">
+        <v>391</v>
+      </c>
+    </row>
+    <row r="284" spans="1:111">
       <c r="E284" s="2"/>
       <c r="L284" t="s">
         <v>3</v>
       </c>
       <c r="DB284" t="s">
-        <v>386</v>
-[...2 lines deleted...]
-    <row r="285" spans="1:110">
+        <v>392</v>
+      </c>
+    </row>
+    <row r="285" spans="1:111">
       <c r="E285" s="2"/>
       <c r="L285" t="s">
         <v>3</v>
       </c>
       <c r="DB285" t="s">
-        <v>387</v>
-[...2 lines deleted...]
-    <row r="286" spans="1:110">
+        <v>393</v>
+      </c>
+    </row>
+    <row r="286" spans="1:111">
       <c r="E286" s="2"/>
       <c r="L286" t="s">
         <v>3</v>
       </c>
       <c r="DB286" t="s">
-        <v>388</v>
-[...2 lines deleted...]
-    <row r="287" spans="1:110">
+        <v>394</v>
+      </c>
+    </row>
+    <row r="287" spans="1:111">
       <c r="E287" s="2"/>
       <c r="L287" t="s">
         <v>3</v>
       </c>
       <c r="DB287" t="s">
-        <v>389</v>
-[...2 lines deleted...]
-    <row r="288" spans="1:110">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="288" spans="1:111">
       <c r="E288" s="2"/>
       <c r="L288" t="s">
         <v>3</v>
       </c>
       <c r="DB288" t="s">
-        <v>390</v>
-[...2 lines deleted...]
-    <row r="289" spans="1:110">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="289" spans="1:111">
       <c r="E289" s="2"/>
       <c r="L289" t="s">
         <v>3</v>
       </c>
       <c r="DB289" t="s">
-        <v>391</v>
-[...2 lines deleted...]
-    <row r="290" spans="1:110">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="290" spans="1:111">
       <c r="E290" s="2"/>
       <c r="L290" t="s">
         <v>3</v>
       </c>
       <c r="DB290" t="s">
-        <v>392</v>
-[...2 lines deleted...]
-    <row r="291" spans="1:110">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="291" spans="1:111">
       <c r="E291" s="2"/>
       <c r="L291" t="s">
         <v>3</v>
       </c>
       <c r="DB291" t="s">
-        <v>393</v>
-[...2 lines deleted...]
-    <row r="292" spans="1:110">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="292" spans="1:111">
       <c r="E292" s="2"/>
       <c r="L292" t="s">
         <v>3</v>
       </c>
       <c r="DB292" t="s">
-        <v>394</v>
-[...2 lines deleted...]
-    <row r="293" spans="1:110">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="293" spans="1:111">
       <c r="E293" s="2"/>
       <c r="L293" t="s">
         <v>3</v>
       </c>
       <c r="DB293" t="s">
-        <v>395</v>
-[...2 lines deleted...]
-    <row r="294" spans="1:110">
+        <v>401</v>
+      </c>
+    </row>
+    <row r="294" spans="1:111">
       <c r="E294" s="2"/>
       <c r="L294" t="s">
         <v>3</v>
       </c>
       <c r="DB294" t="s">
-        <v>396</v>
-[...2 lines deleted...]
-    <row r="295" spans="1:110">
+        <v>402</v>
+      </c>
+    </row>
+    <row r="295" spans="1:111">
       <c r="E295" s="2"/>
       <c r="L295" t="s">
         <v>3</v>
       </c>
       <c r="DB295" t="s">
-        <v>397</v>
-[...2 lines deleted...]
-    <row r="296" spans="1:110">
+        <v>403</v>
+      </c>
+    </row>
+    <row r="296" spans="1:111">
       <c r="E296" s="2"/>
       <c r="L296" t="s">
         <v>3</v>
       </c>
       <c r="DB296" t="s">
-        <v>398</v>
-[...2 lines deleted...]
-    <row r="297" spans="1:110">
+        <v>404</v>
+      </c>
+    </row>
+    <row r="297" spans="1:111">
       <c r="E297" s="2"/>
       <c r="L297" t="s">
         <v>3</v>
       </c>
       <c r="DB297" t="s">
-        <v>399</v>
-[...2 lines deleted...]
-    <row r="298" spans="1:110">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="298" spans="1:111">
       <c r="E298" s="2"/>
       <c r="L298" t="s">
         <v>3</v>
       </c>
       <c r="DB298" t="s">
-        <v>400</v>
-[...2 lines deleted...]
-    <row r="299" spans="1:110">
+        <v>406</v>
+      </c>
+    </row>
+    <row r="299" spans="1:111">
       <c r="E299" s="2"/>
       <c r="L299" t="s">
         <v>3</v>
       </c>
       <c r="DB299" t="s">
-        <v>401</v>
-[...2 lines deleted...]
-    <row r="300" spans="1:110">
+        <v>407</v>
+      </c>
+    </row>
+    <row r="300" spans="1:111">
       <c r="E300" s="2"/>
       <c r="L300" t="s">
         <v>3</v>
       </c>
       <c r="DB300" t="s">
-        <v>402</v>
-[...2 lines deleted...]
-    <row r="301" spans="1:110">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="301" spans="1:111">
       <c r="E301" s="2"/>
       <c r="L301" t="s">
         <v>3</v>
       </c>
       <c r="DB301" t="s">
-        <v>403</v>
-[...2 lines deleted...]
-    <row r="302" spans="1:110">
+        <v>409</v>
+      </c>
+    </row>
+    <row r="302" spans="1:111">
       <c r="E302" s="2"/>
       <c r="L302" t="s">
         <v>3</v>
       </c>
       <c r="DB302" t="s">
-        <v>404</v>
-[...2 lines deleted...]
-    <row r="303" spans="1:110">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="303" spans="1:111">
       <c r="E303" s="2"/>
       <c r="L303" t="s">
         <v>3</v>
       </c>
       <c r="DB303" t="s">
-        <v>405</v>
-[...2 lines deleted...]
-    <row r="304" spans="1:110">
+        <v>411</v>
+      </c>
+    </row>
+    <row r="304" spans="1:111">
       <c r="E304" s="2"/>
       <c r="L304" t="s">
         <v>3</v>
       </c>
       <c r="DB304" t="s">
-        <v>406</v>
-[...2 lines deleted...]
-    <row r="305" spans="1:110">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="305" spans="1:111">
       <c r="E305" s="2"/>
       <c r="L305" t="s">
         <v>3</v>
       </c>
       <c r="DB305" t="s">
-        <v>407</v>
-[...2 lines deleted...]
-    <row r="306" spans="1:110">
+        <v>413</v>
+      </c>
+    </row>
+    <row r="306" spans="1:111">
       <c r="E306" s="2"/>
       <c r="L306" t="s">
         <v>3</v>
       </c>
       <c r="DB306" t="s">
-        <v>408</v>
-[...2 lines deleted...]
-    <row r="307" spans="1:110">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="307" spans="1:111">
       <c r="E307" s="2"/>
       <c r="L307" t="s">
         <v>3</v>
       </c>
       <c r="DB307" t="s">
-        <v>409</v>
-[...2 lines deleted...]
-    <row r="308" spans="1:110">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="308" spans="1:111">
       <c r="E308" s="2"/>
       <c r="L308" t="s">
         <v>3</v>
       </c>
       <c r="DB308" t="s">
-        <v>410</v>
-[...2 lines deleted...]
-    <row r="309" spans="1:110">
+        <v>416</v>
+      </c>
+    </row>
+    <row r="309" spans="1:111">
       <c r="E309" s="2"/>
       <c r="L309" t="s">
         <v>3</v>
       </c>
       <c r="DB309" t="s">
-        <v>411</v>
-[...2 lines deleted...]
-    <row r="310" spans="1:110">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="310" spans="1:111">
       <c r="E310" s="2"/>
       <c r="L310" t="s">
         <v>3</v>
       </c>
       <c r="DB310" t="s">
-        <v>412</v>
-[...2 lines deleted...]
-    <row r="311" spans="1:110">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="311" spans="1:111">
       <c r="E311" s="2"/>
       <c r="L311" t="s">
         <v>3</v>
       </c>
       <c r="DB311" t="s">
-        <v>413</v>
-[...2 lines deleted...]
-    <row r="312" spans="1:110">
+        <v>419</v>
+      </c>
+    </row>
+    <row r="312" spans="1:111">
       <c r="E312" s="2"/>
       <c r="L312" t="s">
         <v>3</v>
       </c>
       <c r="DB312" t="s">
-        <v>414</v>
-[...2 lines deleted...]
-    <row r="313" spans="1:110">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="313" spans="1:111">
       <c r="E313" s="2"/>
       <c r="L313" t="s">
         <v>3</v>
       </c>
       <c r="DB313" t="s">
-        <v>415</v>
-[...2 lines deleted...]
-    <row r="314" spans="1:110">
+        <v>421</v>
+      </c>
+    </row>
+    <row r="314" spans="1:111">
       <c r="E314" s="2"/>
       <c r="L314" t="s">
         <v>3</v>
       </c>
       <c r="DB314" t="s">
-        <v>416</v>
-[...2 lines deleted...]
-    <row r="315" spans="1:110">
+        <v>422</v>
+      </c>
+    </row>
+    <row r="315" spans="1:111">
       <c r="E315" s="2"/>
       <c r="L315" t="s">
         <v>3</v>
       </c>
       <c r="DB315" t="s">
-        <v>417</v>
-[...2 lines deleted...]
-    <row r="316" spans="1:110">
+        <v>423</v>
+      </c>
+    </row>
+    <row r="316" spans="1:111">
       <c r="E316" s="2"/>
       <c r="L316" t="s">
         <v>3</v>
       </c>
       <c r="DB316" t="s">
-        <v>418</v>
-[...2 lines deleted...]
-    <row r="317" spans="1:110">
+        <v>424</v>
+      </c>
+    </row>
+    <row r="317" spans="1:111">
       <c r="E317" s="2"/>
       <c r="L317" t="s">
         <v>3</v>
       </c>
       <c r="DB317" t="s">
-        <v>419</v>
-[...2 lines deleted...]
-    <row r="318" spans="1:110">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="318" spans="1:111">
       <c r="E318" s="2"/>
       <c r="L318" t="s">
         <v>3</v>
       </c>
       <c r="DB318" t="s">
-        <v>420</v>
-[...2 lines deleted...]
-    <row r="319" spans="1:110">
+        <v>426</v>
+      </c>
+    </row>
+    <row r="319" spans="1:111">
       <c r="E319" s="2"/>
       <c r="L319" t="s">
         <v>3</v>
       </c>
       <c r="DB319" t="s">
-        <v>421</v>
-[...2 lines deleted...]
-    <row r="320" spans="1:110">
+        <v>427</v>
+      </c>
+    </row>
+    <row r="320" spans="1:111">
       <c r="E320" s="2"/>
       <c r="L320" t="s">
         <v>3</v>
       </c>
       <c r="DB320" t="s">
-        <v>422</v>
-[...2 lines deleted...]
-    <row r="321" spans="1:110">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="321" spans="1:111">
       <c r="E321" s="2"/>
       <c r="L321" t="s">
         <v>3</v>
       </c>
       <c r="DB321" t="s">
-        <v>423</v>
-[...2 lines deleted...]
-    <row r="322" spans="1:110">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="322" spans="1:111">
       <c r="E322" s="2"/>
       <c r="L322" t="s">
         <v>3</v>
       </c>
       <c r="DB322" t="s">
-        <v>424</v>
-[...2 lines deleted...]
-    <row r="323" spans="1:110">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="323" spans="1:111">
       <c r="E323" s="2"/>
       <c r="L323" t="s">
         <v>3</v>
       </c>
       <c r="DB323" t="s">
-        <v>425</v>
-[...2 lines deleted...]
-    <row r="324" spans="1:110">
+        <v>431</v>
+      </c>
+    </row>
+    <row r="324" spans="1:111">
       <c r="E324" s="2"/>
       <c r="L324" t="s">
         <v>3</v>
       </c>
       <c r="DB324" t="s">
-        <v>426</v>
-[...2 lines deleted...]
-    <row r="325" spans="1:110">
+        <v>432</v>
+      </c>
+    </row>
+    <row r="325" spans="1:111">
       <c r="E325" s="2"/>
       <c r="L325" t="s">
         <v>3</v>
       </c>
       <c r="DB325" t="s">
-        <v>427</v>
-[...2 lines deleted...]
-    <row r="326" spans="1:110">
+        <v>433</v>
+      </c>
+    </row>
+    <row r="326" spans="1:111">
       <c r="E326" s="2"/>
       <c r="L326" t="s">
         <v>3</v>
       </c>
       <c r="DB326" t="s">
-        <v>428</v>
-[...2 lines deleted...]
-    <row r="327" spans="1:110">
+        <v>434</v>
+      </c>
+    </row>
+    <row r="327" spans="1:111">
       <c r="E327" s="2"/>
       <c r="L327" t="s">
         <v>3</v>
       </c>
       <c r="DB327" t="s">
-        <v>429</v>
-[...2 lines deleted...]
-    <row r="328" spans="1:110">
+        <v>435</v>
+      </c>
+    </row>
+    <row r="328" spans="1:111">
       <c r="E328" s="2"/>
       <c r="L328" t="s">
         <v>3</v>
       </c>
       <c r="DB328" t="s">
-        <v>430</v>
-[...2 lines deleted...]
-    <row r="329" spans="1:110">
+        <v>436</v>
+      </c>
+    </row>
+    <row r="329" spans="1:111">
       <c r="E329" s="2"/>
       <c r="L329" t="s">
         <v>3</v>
       </c>
       <c r="DB329" t="s">
-        <v>431</v>
-[...2 lines deleted...]
-    <row r="330" spans="1:110">
+        <v>437</v>
+      </c>
+    </row>
+    <row r="330" spans="1:111">
       <c r="E330" s="2"/>
       <c r="L330" t="s">
         <v>3</v>
       </c>
       <c r="DB330" t="s">
-        <v>432</v>
-[...2 lines deleted...]
-    <row r="331" spans="1:110">
+        <v>438</v>
+      </c>
+    </row>
+    <row r="331" spans="1:111">
       <c r="E331" s="2"/>
       <c r="L331" t="s">
         <v>3</v>
       </c>
       <c r="DB331" t="s">
-        <v>433</v>
-[...2 lines deleted...]
-    <row r="332" spans="1:110">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="332" spans="1:111">
       <c r="E332" s="2"/>
       <c r="L332" t="s">
         <v>3</v>
       </c>
       <c r="DB332" t="s">
-        <v>434</v>
-[...2 lines deleted...]
-    <row r="333" spans="1:110">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="333" spans="1:111">
       <c r="E333" s="2"/>
       <c r="L333" t="s">
         <v>3</v>
       </c>
       <c r="DB333" t="s">
-        <v>435</v>
-[...2 lines deleted...]
-    <row r="334" spans="1:110">
+        <v>441</v>
+      </c>
+    </row>
+    <row r="334" spans="1:111">
       <c r="E334" s="2"/>
       <c r="L334" t="s">
         <v>3</v>
       </c>
       <c r="DB334" t="s">
-        <v>436</v>
-[...2 lines deleted...]
-    <row r="335" spans="1:110">
+        <v>442</v>
+      </c>
+    </row>
+    <row r="335" spans="1:111">
       <c r="E335" s="2"/>
       <c r="L335" t="s">
         <v>3</v>
       </c>
       <c r="DB335" t="s">
-        <v>437</v>
-[...2 lines deleted...]
-    <row r="336" spans="1:110">
+        <v>443</v>
+      </c>
+    </row>
+    <row r="336" spans="1:111">
       <c r="E336" s="2"/>
       <c r="L336" t="s">
         <v>3</v>
       </c>
       <c r="DB336" t="s">
-        <v>438</v>
-[...2 lines deleted...]
-    <row r="337" spans="1:110">
+        <v>444</v>
+      </c>
+    </row>
+    <row r="337" spans="1:111">
       <c r="E337" s="2"/>
       <c r="L337" t="s">
         <v>3</v>
       </c>
       <c r="DB337" t="s">
-        <v>439</v>
-[...2 lines deleted...]
-    <row r="338" spans="1:110">
+        <v>445</v>
+      </c>
+    </row>
+    <row r="338" spans="1:111">
       <c r="E338" s="2"/>
       <c r="L338" t="s">
         <v>3</v>
       </c>
       <c r="DB338" t="s">
-        <v>440</v>
-[...2 lines deleted...]
-    <row r="339" spans="1:110">
+        <v>446</v>
+      </c>
+    </row>
+    <row r="339" spans="1:111">
       <c r="E339" s="2"/>
       <c r="L339" t="s">
         <v>3</v>
       </c>
       <c r="DB339" t="s">
-        <v>441</v>
-[...2 lines deleted...]
-    <row r="340" spans="1:110">
+        <v>447</v>
+      </c>
+    </row>
+    <row r="340" spans="1:111">
       <c r="E340" s="2"/>
       <c r="L340" t="s">
         <v>3</v>
       </c>
       <c r="DB340" t="s">
-        <v>442</v>
-[...2 lines deleted...]
-    <row r="341" spans="1:110">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="341" spans="1:111">
       <c r="E341" s="2"/>
       <c r="L341" t="s">
         <v>3</v>
       </c>
       <c r="DB341" t="s">
-        <v>443</v>
-[...2 lines deleted...]
-    <row r="342" spans="1:110">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="342" spans="1:111">
       <c r="E342" s="2"/>
       <c r="L342" t="s">
         <v>3</v>
       </c>
       <c r="DB342" t="s">
-        <v>444</v>
-[...2 lines deleted...]
-    <row r="343" spans="1:110">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="343" spans="1:111">
       <c r="E343" s="2"/>
       <c r="L343" t="s">
         <v>3</v>
       </c>
       <c r="DB343" t="s">
-        <v>445</v>
-[...2 lines deleted...]
-    <row r="344" spans="1:110">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="344" spans="1:111">
       <c r="E344" s="2"/>
       <c r="L344" t="s">
         <v>3</v>
       </c>
       <c r="DB344" t="s">
-        <v>446</v>
-[...2 lines deleted...]
-    <row r="345" spans="1:110">
+        <v>452</v>
+      </c>
+    </row>
+    <row r="345" spans="1:111">
       <c r="E345" s="2"/>
       <c r="L345" t="s">
         <v>3</v>
       </c>
       <c r="DB345" t="s">
-        <v>447</v>
-[...2 lines deleted...]
-    <row r="346" spans="1:110">
+        <v>453</v>
+      </c>
+    </row>
+    <row r="346" spans="1:111">
       <c r="E346" s="2"/>
       <c r="L346" t="s">
         <v>3</v>
       </c>
       <c r="DB346" t="s">
-        <v>448</v>
-[...2 lines deleted...]
-    <row r="347" spans="1:110">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="347" spans="1:111">
       <c r="E347" s="2"/>
       <c r="L347" t="s">
         <v>3</v>
       </c>
       <c r="DB347" t="s">
-        <v>449</v>
-[...2 lines deleted...]
-    <row r="348" spans="1:110">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="348" spans="1:111">
       <c r="E348" s="2"/>
       <c r="L348" t="s">
         <v>3</v>
       </c>
       <c r="DB348" t="s">
-        <v>450</v>
-[...2 lines deleted...]
-    <row r="349" spans="1:110">
+        <v>456</v>
+      </c>
+    </row>
+    <row r="349" spans="1:111">
       <c r="E349" s="2"/>
       <c r="L349" t="s">
         <v>3</v>
       </c>
       <c r="DB349" t="s">
-        <v>451</v>
-[...2 lines deleted...]
-    <row r="350" spans="1:110">
+        <v>457</v>
+      </c>
+    </row>
+    <row r="350" spans="1:111">
       <c r="E350" s="2"/>
       <c r="L350" t="s">
         <v>3</v>
       </c>
       <c r="DB350" t="s">
-        <v>452</v>
-[...2 lines deleted...]
-    <row r="351" spans="1:110">
+        <v>458</v>
+      </c>
+    </row>
+    <row r="351" spans="1:111">
       <c r="E351" s="2"/>
       <c r="L351" t="s">
         <v>3</v>
       </c>
       <c r="DB351" t="s">
-        <v>453</v>
-[...2 lines deleted...]
-    <row r="352" spans="1:110">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="352" spans="1:111">
       <c r="E352" s="2"/>
       <c r="L352" t="s">
         <v>3</v>
       </c>
       <c r="DB352" t="s">
-        <v>454</v>
-[...2 lines deleted...]
-    <row r="353" spans="1:110">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="353" spans="1:111">
       <c r="E353" s="2"/>
       <c r="L353" t="s">
         <v>3</v>
       </c>
       <c r="DB353" t="s">
-        <v>455</v>
-[...2 lines deleted...]
-    <row r="354" spans="1:110">
+        <v>461</v>
+      </c>
+    </row>
+    <row r="354" spans="1:111">
       <c r="E354" s="2"/>
       <c r="L354" t="s">
         <v>3</v>
       </c>
       <c r="DB354" t="s">
-        <v>456</v>
-[...2 lines deleted...]
-    <row r="355" spans="1:110">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="355" spans="1:111">
       <c r="E355" s="2"/>
       <c r="L355" t="s">
         <v>3</v>
       </c>
       <c r="DB355" t="s">
-        <v>457</v>
-[...2 lines deleted...]
-    <row r="356" spans="1:110">
+        <v>463</v>
+      </c>
+    </row>
+    <row r="356" spans="1:111">
       <c r="E356" s="2"/>
       <c r="L356" t="s">
         <v>3</v>
       </c>
       <c r="DB356" t="s">
-        <v>458</v>
-[...2 lines deleted...]
-    <row r="357" spans="1:110">
+        <v>464</v>
+      </c>
+    </row>
+    <row r="357" spans="1:111">
       <c r="E357" s="2"/>
       <c r="L357" t="s">
         <v>3</v>
       </c>
       <c r="DB357" t="s">
-        <v>459</v>
-[...2 lines deleted...]
-    <row r="358" spans="1:110">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="358" spans="1:111">
       <c r="E358" s="2"/>
       <c r="L358" t="s">
         <v>3</v>
       </c>
       <c r="DB358" t="s">
-        <v>460</v>
-[...2 lines deleted...]
-    <row r="359" spans="1:110">
+        <v>466</v>
+      </c>
+    </row>
+    <row r="359" spans="1:111">
       <c r="E359" s="2"/>
       <c r="L359" t="s">
         <v>3</v>
       </c>
       <c r="DB359" t="s">
-        <v>461</v>
-[...2 lines deleted...]
-    <row r="360" spans="1:110">
+        <v>467</v>
+      </c>
+    </row>
+    <row r="360" spans="1:111">
       <c r="E360" s="2"/>
       <c r="L360" t="s">
         <v>3</v>
       </c>
       <c r="DB360" t="s">
-        <v>462</v>
-[...2 lines deleted...]
-    <row r="361" spans="1:110">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="361" spans="1:111">
       <c r="E361" s="2"/>
       <c r="L361" t="s">
         <v>3</v>
       </c>
       <c r="DB361" t="s">
-        <v>463</v>
-[...2 lines deleted...]
-    <row r="362" spans="1:110">
+        <v>469</v>
+      </c>
+    </row>
+    <row r="362" spans="1:111">
       <c r="E362" s="2"/>
       <c r="L362" t="s">
         <v>3</v>
       </c>
       <c r="DB362" t="s">
-        <v>464</v>
-[...2 lines deleted...]
-    <row r="363" spans="1:110">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="363" spans="1:111">
       <c r="E363" s="2"/>
       <c r="L363" t="s">
         <v>3</v>
       </c>
       <c r="DB363" t="s">
-        <v>465</v>
-[...2 lines deleted...]
-    <row r="364" spans="1:110">
+        <v>471</v>
+      </c>
+    </row>
+    <row r="364" spans="1:111">
       <c r="E364" s="2"/>
       <c r="L364" t="s">
         <v>3</v>
       </c>
       <c r="DB364" t="s">
-        <v>466</v>
-[...2 lines deleted...]
-    <row r="365" spans="1:110">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="365" spans="1:111">
       <c r="E365" s="2"/>
       <c r="L365" t="s">
         <v>3</v>
       </c>
       <c r="DB365" t="s">
-        <v>467</v>
-[...2 lines deleted...]
-    <row r="366" spans="1:110">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="366" spans="1:111">
       <c r="E366" s="2"/>
       <c r="L366" t="s">
         <v>3</v>
       </c>
       <c r="DB366" t="s">
-        <v>468</v>
-[...2 lines deleted...]
-    <row r="367" spans="1:110">
+        <v>474</v>
+      </c>
+    </row>
+    <row r="367" spans="1:111">
       <c r="E367" s="2"/>
       <c r="L367" t="s">
         <v>3</v>
       </c>
       <c r="DB367" t="s">
-        <v>469</v>
-[...2 lines deleted...]
-    <row r="368" spans="1:110">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="368" spans="1:111">
       <c r="E368" s="2"/>
       <c r="L368" t="s">
         <v>3</v>
       </c>
       <c r="DB368" t="s">
-        <v>470</v>
-[...2 lines deleted...]
-    <row r="369" spans="1:110">
+        <v>476</v>
+      </c>
+    </row>
+    <row r="369" spans="1:111">
       <c r="E369" s="2"/>
       <c r="L369" t="s">
         <v>3</v>
       </c>
       <c r="DB369" t="s">
-        <v>471</v>
-[...2 lines deleted...]
-    <row r="370" spans="1:110">
+        <v>477</v>
+      </c>
+    </row>
+    <row r="370" spans="1:111">
       <c r="E370" s="2"/>
       <c r="L370" t="s">
         <v>3</v>
       </c>
       <c r="DB370" t="s">
-        <v>472</v>
-[...2 lines deleted...]
-    <row r="371" spans="1:110">
+        <v>478</v>
+      </c>
+    </row>
+    <row r="371" spans="1:111">
       <c r="E371" s="2"/>
       <c r="L371" t="s">
         <v>3</v>
       </c>
       <c r="DB371" t="s">
-        <v>473</v>
-[...2 lines deleted...]
-    <row r="372" spans="1:110">
+        <v>479</v>
+      </c>
+    </row>
+    <row r="372" spans="1:111">
       <c r="E372" s="2"/>
       <c r="L372" t="s">
         <v>3</v>
       </c>
       <c r="DB372" t="s">
-        <v>474</v>
-[...2 lines deleted...]
-    <row r="373" spans="1:110">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="373" spans="1:111">
       <c r="E373" s="2"/>
       <c r="L373" t="s">
         <v>3</v>
       </c>
       <c r="DB373" t="s">
-        <v>475</v>
-[...2 lines deleted...]
-    <row r="374" spans="1:110">
+        <v>481</v>
+      </c>
+    </row>
+    <row r="374" spans="1:111">
       <c r="E374" s="2"/>
       <c r="L374" t="s">
         <v>3</v>
       </c>
       <c r="DB374" t="s">
-        <v>476</v>
-[...2 lines deleted...]
-    <row r="375" spans="1:110">
+        <v>482</v>
+      </c>
+    </row>
+    <row r="375" spans="1:111">
       <c r="E375" s="2"/>
       <c r="L375" t="s">
         <v>3</v>
       </c>
       <c r="DB375" t="s">
-        <v>477</v>
-[...2 lines deleted...]
-    <row r="376" spans="1:110">
+        <v>483</v>
+      </c>
+    </row>
+    <row r="376" spans="1:111">
       <c r="E376" s="2"/>
       <c r="L376" t="s">
         <v>3</v>
       </c>
       <c r="DB376" t="s">
-        <v>478</v>
-[...2 lines deleted...]
-    <row r="377" spans="1:110">
+        <v>484</v>
+      </c>
+    </row>
+    <row r="377" spans="1:111">
       <c r="E377" s="2"/>
       <c r="L377" t="s">
         <v>3</v>
       </c>
       <c r="DB377" t="s">
-        <v>479</v>
-[...2 lines deleted...]
-    <row r="378" spans="1:110">
+        <v>485</v>
+      </c>
+    </row>
+    <row r="378" spans="1:111">
       <c r="E378" s="2"/>
       <c r="L378" t="s">
         <v>3</v>
       </c>
       <c r="DB378" t="s">
-        <v>480</v>
-[...2 lines deleted...]
-    <row r="379" spans="1:110">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="379" spans="1:111">
       <c r="E379" s="2"/>
       <c r="L379" t="s">
         <v>3</v>
       </c>
       <c r="DB379" t="s">
-        <v>481</v>
-[...2 lines deleted...]
-    <row r="380" spans="1:110">
+        <v>487</v>
+      </c>
+    </row>
+    <row r="380" spans="1:111">
       <c r="E380" s="2"/>
       <c r="L380" t="s">
         <v>3</v>
       </c>
       <c r="DB380" t="s">
-        <v>482</v>
-[...2 lines deleted...]
-    <row r="381" spans="1:110">
+        <v>488</v>
+      </c>
+    </row>
+    <row r="381" spans="1:111">
       <c r="E381" s="2"/>
       <c r="L381" t="s">
         <v>3</v>
       </c>
       <c r="DB381" t="s">
-        <v>483</v>
-[...2 lines deleted...]
-    <row r="382" spans="1:110">
+        <v>489</v>
+      </c>
+    </row>
+    <row r="382" spans="1:111">
       <c r="E382" s="2"/>
       <c r="L382" t="s">
         <v>3</v>
       </c>
       <c r="DB382" t="s">
-        <v>484</v>
-[...2 lines deleted...]
-    <row r="383" spans="1:110">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="383" spans="1:111">
       <c r="E383" s="2"/>
       <c r="L383" t="s">
         <v>3</v>
       </c>
       <c r="DB383" t="s">
-        <v>485</v>
-[...2 lines deleted...]
-    <row r="384" spans="1:110">
+        <v>491</v>
+      </c>
+    </row>
+    <row r="384" spans="1:111">
       <c r="E384" s="2"/>
       <c r="L384" t="s">
         <v>3</v>
       </c>
       <c r="DB384" t="s">
-        <v>486</v>
-[...2 lines deleted...]
-    <row r="385" spans="1:110">
+        <v>492</v>
+      </c>
+    </row>
+    <row r="385" spans="1:111">
       <c r="E385" s="2"/>
       <c r="L385" t="s">
         <v>3</v>
       </c>
       <c r="DB385" t="s">
-        <v>487</v>
-[...2 lines deleted...]
-    <row r="386" spans="1:110">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="386" spans="1:111">
       <c r="E386" s="2"/>
       <c r="L386" t="s">
         <v>3</v>
       </c>
       <c r="DB386" t="s">
-        <v>488</v>
-[...2 lines deleted...]
-    <row r="387" spans="1:110">
+        <v>494</v>
+      </c>
+    </row>
+    <row r="387" spans="1:111">
       <c r="E387" s="2"/>
       <c r="L387" t="s">
         <v>3</v>
       </c>
       <c r="DB387" t="s">
-        <v>489</v>
-[...2 lines deleted...]
-    <row r="388" spans="1:110">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="388" spans="1:111">
       <c r="E388" s="2"/>
       <c r="L388" t="s">
         <v>3</v>
       </c>
       <c r="DB388" t="s">
-        <v>490</v>
-[...2 lines deleted...]
-    <row r="389" spans="1:110">
+        <v>496</v>
+      </c>
+    </row>
+    <row r="389" spans="1:111">
       <c r="E389" s="2"/>
       <c r="L389" t="s">
         <v>3</v>
       </c>
       <c r="DB389" t="s">
-        <v>491</v>
-[...2 lines deleted...]
-    <row r="390" spans="1:110">
+        <v>497</v>
+      </c>
+    </row>
+    <row r="390" spans="1:111">
       <c r="E390" s="2"/>
       <c r="L390" t="s">
         <v>3</v>
       </c>
       <c r="DB390" t="s">
-        <v>492</v>
-[...2 lines deleted...]
-    <row r="391" spans="1:110">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="391" spans="1:111">
       <c r="E391" s="2"/>
       <c r="L391" t="s">
         <v>3</v>
       </c>
       <c r="DB391" t="s">
-        <v>493</v>
-[...2 lines deleted...]
-    <row r="392" spans="1:110">
+        <v>499</v>
+      </c>
+    </row>
+    <row r="392" spans="1:111">
       <c r="E392" s="2"/>
       <c r="L392" t="s">
         <v>3</v>
       </c>
       <c r="DB392" t="s">
-        <v>494</v>
-[...2 lines deleted...]
-    <row r="393" spans="1:110">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="393" spans="1:111">
       <c r="E393" s="2"/>
       <c r="L393" t="s">
         <v>3</v>
       </c>
       <c r="DB393" t="s">
-        <v>495</v>
-[...2 lines deleted...]
-    <row r="394" spans="1:110">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="394" spans="1:111">
       <c r="E394" s="2"/>
       <c r="L394" t="s">
         <v>3</v>
       </c>
       <c r="DB394" t="s">
-        <v>496</v>
-[...2 lines deleted...]
-    <row r="395" spans="1:110">
+        <v>502</v>
+      </c>
+    </row>
+    <row r="395" spans="1:111">
       <c r="E395" s="2"/>
       <c r="L395" t="s">
         <v>3</v>
       </c>
       <c r="DB395" t="s">
-        <v>497</v>
-[...2 lines deleted...]
-    <row r="396" spans="1:110">
+        <v>503</v>
+      </c>
+    </row>
+    <row r="396" spans="1:111">
       <c r="E396" s="2"/>
       <c r="L396" t="s">
         <v>3</v>
       </c>
       <c r="DB396" t="s">
-        <v>498</v>
-[...2 lines deleted...]
-    <row r="397" spans="1:110">
+        <v>504</v>
+      </c>
+    </row>
+    <row r="397" spans="1:111">
       <c r="E397" s="2"/>
       <c r="L397" t="s">
         <v>3</v>
       </c>
       <c r="DB397" t="s">
-        <v>499</v>
-[...2 lines deleted...]
-    <row r="398" spans="1:110">
+        <v>505</v>
+      </c>
+    </row>
+    <row r="398" spans="1:111">
       <c r="E398" s="2"/>
       <c r="L398" t="s">
         <v>3</v>
       </c>
       <c r="DB398" t="s">
-        <v>500</v>
-[...2 lines deleted...]
-    <row r="399" spans="1:110">
+        <v>506</v>
+      </c>
+    </row>
+    <row r="399" spans="1:111">
       <c r="E399" s="2"/>
       <c r="L399" t="s">
         <v>3</v>
       </c>
       <c r="DB399" t="s">
-        <v>501</v>
-[...2 lines deleted...]
-    <row r="400" spans="1:110">
+        <v>507</v>
+      </c>
+    </row>
+    <row r="400" spans="1:111">
       <c r="E400" s="2"/>
       <c r="L400" t="s">
         <v>3</v>
       </c>
       <c r="DB400" t="s">
-        <v>502</v>
-[...2 lines deleted...]
-    <row r="401" spans="1:110">
+        <v>508</v>
+      </c>
+    </row>
+    <row r="401" spans="1:111">
       <c r="E401" s="2"/>
       <c r="L401" t="s">
         <v>3</v>
       </c>
       <c r="DB401" t="s">
-        <v>503</v>
-[...2 lines deleted...]
-    <row r="402" spans="1:110">
+        <v>509</v>
+      </c>
+    </row>
+    <row r="402" spans="1:111">
       <c r="E402" s="2"/>
       <c r="L402" t="s">
         <v>3</v>
       </c>
       <c r="DB402" t="s">
-        <v>504</v>
-[...2 lines deleted...]
-    <row r="403" spans="1:110">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="403" spans="1:111">
       <c r="E403" s="2"/>
       <c r="L403" t="s">
         <v>3</v>
       </c>
       <c r="DB403" t="s">
-        <v>505</v>
-[...2 lines deleted...]
-    <row r="404" spans="1:110">
+        <v>511</v>
+      </c>
+    </row>
+    <row r="404" spans="1:111">
       <c r="E404" s="2"/>
       <c r="L404" t="s">
         <v>3</v>
       </c>
       <c r="DB404" t="s">
-        <v>506</v>
-[...2 lines deleted...]
-    <row r="405" spans="1:110">
+        <v>512</v>
+      </c>
+    </row>
+    <row r="405" spans="1:111">
       <c r="E405" s="2"/>
       <c r="L405" t="s">
         <v>3</v>
       </c>
       <c r="DB405" t="s">
-        <v>507</v>
-[...2 lines deleted...]
-    <row r="406" spans="1:110">
+        <v>513</v>
+      </c>
+    </row>
+    <row r="406" spans="1:111">
       <c r="E406" s="2"/>
       <c r="L406" t="s">
         <v>3</v>
       </c>
       <c r="DB406" t="s">
-        <v>508</v>
-[...2 lines deleted...]
-    <row r="407" spans="1:110">
+        <v>514</v>
+      </c>
+    </row>
+    <row r="407" spans="1:111">
       <c r="E407" s="2"/>
       <c r="L407" t="s">
         <v>3</v>
       </c>
       <c r="DB407" t="s">
-        <v>509</v>
-[...2 lines deleted...]
-    <row r="408" spans="1:110">
+        <v>515</v>
+      </c>
+    </row>
+    <row r="408" spans="1:111">
       <c r="E408" s="2"/>
       <c r="L408" t="s">
         <v>3</v>
       </c>
       <c r="DB408" t="s">
-        <v>510</v>
-[...2 lines deleted...]
-    <row r="409" spans="1:110">
+        <v>516</v>
+      </c>
+    </row>
+    <row r="409" spans="1:111">
       <c r="E409" s="2"/>
       <c r="L409" t="s">
         <v>3</v>
       </c>
       <c r="DB409" t="s">
-        <v>511</v>
-[...2 lines deleted...]
-    <row r="410" spans="1:110">
+        <v>517</v>
+      </c>
+    </row>
+    <row r="410" spans="1:111">
       <c r="E410" s="2"/>
       <c r="L410" t="s">
         <v>3</v>
       </c>
       <c r="DB410" t="s">
-        <v>512</v>
-[...2 lines deleted...]
-    <row r="411" spans="1:110">
+        <v>518</v>
+      </c>
+    </row>
+    <row r="411" spans="1:111">
       <c r="E411" s="2"/>
       <c r="L411" t="s">
         <v>3</v>
       </c>
       <c r="DB411" t="s">
-        <v>513</v>
-[...2 lines deleted...]
-    <row r="412" spans="1:110">
+        <v>519</v>
+      </c>
+    </row>
+    <row r="412" spans="1:111">
       <c r="E412" s="2"/>
       <c r="L412" t="s">
         <v>3</v>
       </c>
       <c r="DB412" t="s">
-        <v>514</v>
-[...2 lines deleted...]
-    <row r="413" spans="1:110">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="413" spans="1:111">
       <c r="E413" s="2"/>
       <c r="L413" t="s">
         <v>3</v>
       </c>
       <c r="DB413" t="s">
-        <v>515</v>
-[...2 lines deleted...]
-    <row r="414" spans="1:110">
+        <v>521</v>
+      </c>
+    </row>
+    <row r="414" spans="1:111">
       <c r="E414" s="2"/>
       <c r="L414" t="s">
         <v>3</v>
       </c>
       <c r="DB414" t="s">
-        <v>516</v>
-[...2 lines deleted...]
-    <row r="415" spans="1:110">
+        <v>522</v>
+      </c>
+    </row>
+    <row r="415" spans="1:111">
       <c r="E415" s="2"/>
       <c r="L415" t="s">
         <v>3</v>
       </c>
       <c r="DB415" t="s">
-        <v>517</v>
-[...2 lines deleted...]
-    <row r="416" spans="1:110">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="416" spans="1:111">
       <c r="E416" s="2"/>
       <c r="L416" t="s">
         <v>3</v>
       </c>
       <c r="DB416" t="s">
-        <v>518</v>
-[...2 lines deleted...]
-    <row r="417" spans="1:110">
+        <v>524</v>
+      </c>
+    </row>
+    <row r="417" spans="1:111">
       <c r="E417" s="2"/>
       <c r="L417" t="s">
         <v>3</v>
       </c>
       <c r="DB417" t="s">
-        <v>519</v>
-[...2 lines deleted...]
-    <row r="418" spans="1:110">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="418" spans="1:111">
       <c r="E418" s="2"/>
       <c r="L418" t="s">
         <v>3</v>
       </c>
       <c r="DB418" t="s">
-        <v>520</v>
-[...2 lines deleted...]
-    <row r="419" spans="1:110">
+        <v>526</v>
+      </c>
+    </row>
+    <row r="419" spans="1:111">
       <c r="E419" s="2"/>
       <c r="L419" t="s">
         <v>3</v>
       </c>
       <c r="DB419" t="s">
-        <v>521</v>
-[...2 lines deleted...]
-    <row r="420" spans="1:110">
+        <v>527</v>
+      </c>
+    </row>
+    <row r="420" spans="1:111">
       <c r="E420" s="2"/>
       <c r="L420" t="s">
         <v>3</v>
       </c>
       <c r="DB420" t="s">
-        <v>522</v>
-[...2 lines deleted...]
-    <row r="421" spans="1:110">
+        <v>528</v>
+      </c>
+    </row>
+    <row r="421" spans="1:111">
       <c r="E421" s="2"/>
       <c r="L421" t="s">
         <v>3</v>
       </c>
       <c r="DB421" t="s">
-        <v>523</v>
-[...2 lines deleted...]
-    <row r="422" spans="1:110">
+        <v>529</v>
+      </c>
+    </row>
+    <row r="422" spans="1:111">
       <c r="E422" s="2"/>
       <c r="L422" t="s">
         <v>3</v>
       </c>
       <c r="DB422" t="s">
-        <v>524</v>
-[...2 lines deleted...]
-    <row r="423" spans="1:110">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="423" spans="1:111">
       <c r="E423" s="2"/>
       <c r="L423" t="s">
         <v>3</v>
       </c>
       <c r="DB423" t="s">
-        <v>525</v>
-[...2 lines deleted...]
-    <row r="424" spans="1:110">
+        <v>531</v>
+      </c>
+    </row>
+    <row r="424" spans="1:111">
       <c r="E424" s="2"/>
       <c r="L424" t="s">
         <v>3</v>
       </c>
       <c r="DB424" t="s">
-        <v>526</v>
-[...2 lines deleted...]
-    <row r="425" spans="1:110">
+        <v>532</v>
+      </c>
+    </row>
+    <row r="425" spans="1:111">
       <c r="E425" s="2"/>
       <c r="L425" t="s">
         <v>3</v>
       </c>
       <c r="DB425" t="s">
-        <v>527</v>
-[...2 lines deleted...]
-    <row r="426" spans="1:110">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="426" spans="1:111">
       <c r="E426" s="2"/>
       <c r="L426" t="s">
         <v>3</v>
       </c>
       <c r="DB426" t="s">
-        <v>528</v>
-[...2 lines deleted...]
-    <row r="427" spans="1:110">
+        <v>534</v>
+      </c>
+    </row>
+    <row r="427" spans="1:111">
       <c r="E427" s="2"/>
       <c r="L427" t="s">
         <v>3</v>
       </c>
       <c r="DB427" t="s">
-        <v>529</v>
-[...2 lines deleted...]
-    <row r="428" spans="1:110">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="428" spans="1:111">
       <c r="E428" s="2"/>
       <c r="L428" t="s">
         <v>3</v>
       </c>
       <c r="DB428" t="s">
-        <v>530</v>
-[...2 lines deleted...]
-    <row r="429" spans="1:110">
+        <v>536</v>
+      </c>
+    </row>
+    <row r="429" spans="1:111">
       <c r="E429" s="2"/>
       <c r="L429" t="s">
         <v>3</v>
       </c>
       <c r="DB429" t="s">
-        <v>531</v>
-[...2 lines deleted...]
-    <row r="430" spans="1:110">
+        <v>537</v>
+      </c>
+    </row>
+    <row r="430" spans="1:111">
       <c r="E430" s="2"/>
       <c r="L430" t="s">
         <v>3</v>
       </c>
       <c r="DB430" t="s">
-        <v>532</v>
-[...2 lines deleted...]
-    <row r="431" spans="1:110">
+        <v>538</v>
+      </c>
+    </row>
+    <row r="431" spans="1:111">
       <c r="E431" s="2"/>
       <c r="L431" t="s">
         <v>3</v>
       </c>
       <c r="DB431" t="s">
-        <v>533</v>
-[...2 lines deleted...]
-    <row r="432" spans="1:110">
+        <v>539</v>
+      </c>
+    </row>
+    <row r="432" spans="1:111">
       <c r="E432" s="2"/>
       <c r="L432" t="s">
         <v>3</v>
       </c>
       <c r="DB432" t="s">
-        <v>534</v>
-[...2 lines deleted...]
-    <row r="433" spans="1:110">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="433" spans="1:111">
       <c r="E433" s="2"/>
       <c r="L433" t="s">
         <v>3</v>
       </c>
       <c r="DB433" t="s">
-        <v>535</v>
-[...2 lines deleted...]
-    <row r="434" spans="1:110">
+        <v>541</v>
+      </c>
+    </row>
+    <row r="434" spans="1:111">
       <c r="E434" s="2"/>
       <c r="L434" t="s">
         <v>3</v>
       </c>
       <c r="DB434" t="s">
-        <v>536</v>
-[...2 lines deleted...]
-    <row r="435" spans="1:110">
+        <v>542</v>
+      </c>
+    </row>
+    <row r="435" spans="1:111">
       <c r="E435" s="2"/>
       <c r="L435" t="s">
         <v>3</v>
       </c>
       <c r="DB435" t="s">
-        <v>537</v>
-[...2 lines deleted...]
-    <row r="436" spans="1:110">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="436" spans="1:111">
       <c r="E436" s="2"/>
       <c r="L436" t="s">
         <v>3</v>
       </c>
       <c r="DB436" t="s">
-        <v>538</v>
-[...2 lines deleted...]
-    <row r="437" spans="1:110">
+        <v>544</v>
+      </c>
+    </row>
+    <row r="437" spans="1:111">
       <c r="E437" s="2"/>
       <c r="L437" t="s">
         <v>3</v>
       </c>
       <c r="DB437" t="s">
-        <v>539</v>
-[...2 lines deleted...]
-    <row r="438" spans="1:110">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="438" spans="1:111">
       <c r="E438" s="2"/>
       <c r="L438" t="s">
         <v>3</v>
       </c>
       <c r="DB438" t="s">
-        <v>540</v>
-[...2 lines deleted...]
-    <row r="439" spans="1:110">
+        <v>546</v>
+      </c>
+    </row>
+    <row r="439" spans="1:111">
       <c r="E439" s="2"/>
       <c r="L439" t="s">
         <v>3</v>
       </c>
       <c r="DB439" t="s">
-        <v>541</v>
-[...2 lines deleted...]
-    <row r="440" spans="1:110">
+        <v>547</v>
+      </c>
+    </row>
+    <row r="440" spans="1:111">
       <c r="E440" s="2"/>
       <c r="L440" t="s">
         <v>3</v>
       </c>
       <c r="DB440" t="s">
-        <v>542</v>
-[...2 lines deleted...]
-    <row r="441" spans="1:110">
+        <v>548</v>
+      </c>
+    </row>
+    <row r="441" spans="1:111">
       <c r="E441" s="2"/>
       <c r="L441" t="s">
         <v>3</v>
       </c>
       <c r="DB441" t="s">
-        <v>543</v>
-[...2 lines deleted...]
-    <row r="442" spans="1:110">
+        <v>549</v>
+      </c>
+    </row>
+    <row r="442" spans="1:111">
       <c r="E442" s="2"/>
       <c r="L442" t="s">
         <v>3</v>
       </c>
       <c r="DB442" t="s">
-        <v>544</v>
-[...2 lines deleted...]
-    <row r="443" spans="1:110">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="443" spans="1:111">
       <c r="E443" s="2"/>
       <c r="L443" t="s">
         <v>3</v>
       </c>
       <c r="DB443" t="s">
-        <v>545</v>
-[...2 lines deleted...]
-    <row r="444" spans="1:110">
+        <v>551</v>
+      </c>
+    </row>
+    <row r="444" spans="1:111">
       <c r="E444" s="2"/>
       <c r="L444" t="s">
         <v>3</v>
       </c>
       <c r="DB444" t="s">
-        <v>546</v>
-[...2 lines deleted...]
-    <row r="445" spans="1:110">
+        <v>552</v>
+      </c>
+    </row>
+    <row r="445" spans="1:111">
       <c r="E445" s="2"/>
       <c r="L445" t="s">
         <v>3</v>
       </c>
       <c r="DB445" t="s">
-        <v>547</v>
-[...2 lines deleted...]
-    <row r="446" spans="1:110">
+        <v>553</v>
+      </c>
+    </row>
+    <row r="446" spans="1:111">
       <c r="E446" s="2"/>
       <c r="L446" t="s">
         <v>3</v>
       </c>
       <c r="DB446" t="s">
-        <v>548</v>
-[...2 lines deleted...]
-    <row r="447" spans="1:110">
+        <v>554</v>
+      </c>
+    </row>
+    <row r="447" spans="1:111">
       <c r="E447" s="2"/>
       <c r="L447" t="s">
         <v>3</v>
       </c>
       <c r="DB447" t="s">
-        <v>549</v>
-[...2 lines deleted...]
-    <row r="448" spans="1:110">
+        <v>555</v>
+      </c>
+    </row>
+    <row r="448" spans="1:111">
       <c r="E448" s="2"/>
       <c r="L448" t="s">
         <v>3</v>
       </c>
       <c r="DB448" t="s">
-        <v>550</v>
-[...2 lines deleted...]
-    <row r="449" spans="1:110">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="449" spans="1:111">
       <c r="E449" s="2"/>
       <c r="L449" t="s">
         <v>3</v>
       </c>
       <c r="DB449" t="s">
-        <v>551</v>
-[...2 lines deleted...]
-    <row r="450" spans="1:110">
+        <v>557</v>
+      </c>
+    </row>
+    <row r="450" spans="1:111">
       <c r="E450" s="2"/>
       <c r="L450" t="s">
         <v>3</v>
       </c>
       <c r="DB450" t="s">
-        <v>552</v>
-[...2 lines deleted...]
-    <row r="451" spans="1:110">
+        <v>558</v>
+      </c>
+    </row>
+    <row r="451" spans="1:111">
       <c r="E451" s="2"/>
       <c r="L451" t="s">
         <v>3</v>
       </c>
       <c r="DB451" t="s">
-        <v>553</v>
-[...2 lines deleted...]
-    <row r="452" spans="1:110">
+        <v>559</v>
+      </c>
+    </row>
+    <row r="452" spans="1:111">
       <c r="E452" s="2"/>
       <c r="L452" t="s">
         <v>3</v>
       </c>
       <c r="DB452" t="s">
-        <v>554</v>
-[...2 lines deleted...]
-    <row r="453" spans="1:110">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="453" spans="1:111">
       <c r="E453" s="2"/>
       <c r="L453" t="s">
         <v>3</v>
       </c>
       <c r="DB453" t="s">
-        <v>555</v>
-[...2 lines deleted...]
-    <row r="454" spans="1:110">
+        <v>561</v>
+      </c>
+    </row>
+    <row r="454" spans="1:111">
       <c r="E454" s="2"/>
       <c r="L454" t="s">
         <v>3</v>
       </c>
       <c r="DB454" t="s">
-        <v>556</v>
-[...2 lines deleted...]
-    <row r="455" spans="1:110">
+        <v>562</v>
+      </c>
+    </row>
+    <row r="455" spans="1:111">
       <c r="E455" s="2"/>
       <c r="L455" t="s">
         <v>3</v>
       </c>
       <c r="DB455" t="s">
-        <v>557</v>
-[...2 lines deleted...]
-    <row r="456" spans="1:110">
+        <v>563</v>
+      </c>
+    </row>
+    <row r="456" spans="1:111">
       <c r="E456" s="2"/>
       <c r="L456" t="s">
         <v>3</v>
       </c>
       <c r="DB456" t="s">
-        <v>558</v>
-[...2 lines deleted...]
-    <row r="457" spans="1:110">
+        <v>564</v>
+      </c>
+    </row>
+    <row r="457" spans="1:111">
       <c r="E457" s="2"/>
       <c r="L457" t="s">
         <v>3</v>
       </c>
       <c r="DB457" t="s">
-        <v>559</v>
-[...2 lines deleted...]
-    <row r="458" spans="1:110">
+        <v>565</v>
+      </c>
+    </row>
+    <row r="458" spans="1:111">
       <c r="E458" s="2"/>
       <c r="L458" t="s">
         <v>3</v>
       </c>
       <c r="DB458" t="s">
-        <v>560</v>
-[...2 lines deleted...]
-    <row r="459" spans="1:110">
+        <v>566</v>
+      </c>
+    </row>
+    <row r="459" spans="1:111">
       <c r="E459" s="2"/>
       <c r="L459" t="s">
         <v>3</v>
       </c>
       <c r="DB459" t="s">
-        <v>561</v>
-[...2 lines deleted...]
-    <row r="460" spans="1:110">
+        <v>567</v>
+      </c>
+    </row>
+    <row r="460" spans="1:111">
       <c r="E460" s="2"/>
       <c r="L460" t="s">
         <v>3</v>
       </c>
       <c r="DB460" t="s">
-        <v>562</v>
-[...2 lines deleted...]
-    <row r="461" spans="1:110">
+        <v>568</v>
+      </c>
+    </row>
+    <row r="461" spans="1:111">
       <c r="E461" s="2"/>
       <c r="L461" t="s">
         <v>3</v>
       </c>
       <c r="DB461" t="s">
-        <v>563</v>
-[...2 lines deleted...]
-    <row r="462" spans="1:110">
+        <v>569</v>
+      </c>
+    </row>
+    <row r="462" spans="1:111">
       <c r="E462" s="2"/>
       <c r="L462" t="s">
         <v>3</v>
       </c>
       <c r="DB462" t="s">
-        <v>564</v>
-[...2 lines deleted...]
-    <row r="463" spans="1:110">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="463" spans="1:111">
       <c r="E463" s="2"/>
       <c r="L463" t="s">
         <v>3</v>
       </c>
       <c r="DB463" t="s">
-        <v>565</v>
-[...2 lines deleted...]
-    <row r="464" spans="1:110">
+        <v>571</v>
+      </c>
+    </row>
+    <row r="464" spans="1:111">
       <c r="E464" s="2"/>
       <c r="L464" t="s">
         <v>3</v>
       </c>
       <c r="DB464" t="s">
-        <v>566</v>
-[...2 lines deleted...]
-    <row r="465" spans="1:110">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="465" spans="1:111">
       <c r="E465" s="2"/>
       <c r="L465" t="s">
         <v>3</v>
       </c>
       <c r="DB465" t="s">
-        <v>567</v>
-[...2 lines deleted...]
-    <row r="466" spans="1:110">
+        <v>573</v>
+      </c>
+    </row>
+    <row r="466" spans="1:111">
       <c r="E466" s="2"/>
       <c r="L466" t="s">
         <v>3</v>
       </c>
       <c r="DB466" t="s">
-        <v>568</v>
-[...2 lines deleted...]
-    <row r="467" spans="1:110">
+        <v>574</v>
+      </c>
+    </row>
+    <row r="467" spans="1:111">
       <c r="E467" s="2"/>
       <c r="L467" t="s">
         <v>3</v>
       </c>
       <c r="DB467" t="s">
-        <v>569</v>
-[...2 lines deleted...]
-    <row r="468" spans="1:110">
+        <v>575</v>
+      </c>
+    </row>
+    <row r="468" spans="1:111">
       <c r="E468" s="2"/>
       <c r="L468" t="s">
         <v>3</v>
       </c>
       <c r="DB468" t="s">
-        <v>570</v>
-[...2 lines deleted...]
-    <row r="469" spans="1:110">
+        <v>576</v>
+      </c>
+    </row>
+    <row r="469" spans="1:111">
       <c r="E469" s="2"/>
       <c r="L469" t="s">
         <v>3</v>
       </c>
       <c r="DB469" t="s">
-        <v>571</v>
-[...2 lines deleted...]
-    <row r="470" spans="1:110">
+        <v>577</v>
+      </c>
+    </row>
+    <row r="470" spans="1:111">
       <c r="E470" s="2"/>
       <c r="L470" t="s">
         <v>3</v>
       </c>
       <c r="DB470" t="s">
-        <v>572</v>
-[...2 lines deleted...]
-    <row r="471" spans="1:110">
+        <v>578</v>
+      </c>
+    </row>
+    <row r="471" spans="1:111">
       <c r="E471" s="2"/>
       <c r="L471" t="s">
         <v>3</v>
       </c>
       <c r="DB471" t="s">
-        <v>573</v>
-[...2 lines deleted...]
-    <row r="472" spans="1:110">
+        <v>579</v>
+      </c>
+    </row>
+    <row r="472" spans="1:111">
       <c r="E472" s="2"/>
       <c r="L472" t="s">
         <v>3</v>
       </c>
       <c r="DB472" t="s">
-        <v>574</v>
-[...2 lines deleted...]
-    <row r="473" spans="1:110">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="473" spans="1:111">
       <c r="E473" s="2"/>
       <c r="L473" t="s">
         <v>3</v>
       </c>
       <c r="DB473" t="s">
-        <v>575</v>
-[...2 lines deleted...]
-    <row r="474" spans="1:110">
+        <v>581</v>
+      </c>
+    </row>
+    <row r="474" spans="1:111">
       <c r="E474" s="2"/>
       <c r="L474" t="s">
         <v>3</v>
       </c>
       <c r="DB474" t="s">
-        <v>576</v>
-[...2 lines deleted...]
-    <row r="475" spans="1:110">
+        <v>582</v>
+      </c>
+    </row>
+    <row r="475" spans="1:111">
       <c r="E475" s="2"/>
       <c r="L475" t="s">
         <v>3</v>
       </c>
       <c r="DB475" t="s">
-        <v>577</v>
-[...2 lines deleted...]
-    <row r="476" spans="1:110">
+        <v>583</v>
+      </c>
+    </row>
+    <row r="476" spans="1:111">
       <c r="E476" s="2"/>
       <c r="L476" t="s">
         <v>3</v>
       </c>
       <c r="DB476" t="s">
-        <v>578</v>
-[...2 lines deleted...]
-    <row r="477" spans="1:110">
+        <v>584</v>
+      </c>
+    </row>
+    <row r="477" spans="1:111">
       <c r="E477" s="2"/>
       <c r="L477" t="s">
         <v>3</v>
       </c>
       <c r="DB477" t="s">
-        <v>579</v>
-[...2 lines deleted...]
-    <row r="478" spans="1:110">
+        <v>585</v>
+      </c>
+    </row>
+    <row r="478" spans="1:111">
       <c r="E478" s="2"/>
       <c r="L478" t="s">
         <v>3</v>
       </c>
       <c r="DB478" t="s">
-        <v>580</v>
-[...2 lines deleted...]
-    <row r="479" spans="1:110">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="479" spans="1:111">
       <c r="E479" s="2"/>
       <c r="L479" t="s">
         <v>3</v>
       </c>
       <c r="DB479" t="s">
-        <v>581</v>
-[...2 lines deleted...]
-    <row r="480" spans="1:110">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="480" spans="1:111">
       <c r="E480" s="2"/>
       <c r="L480" t="s">
         <v>3</v>
       </c>
       <c r="DB480" t="s">
-        <v>582</v>
-[...2 lines deleted...]
-    <row r="481" spans="1:110">
+        <v>588</v>
+      </c>
+    </row>
+    <row r="481" spans="1:111">
       <c r="E481" s="2"/>
       <c r="L481" t="s">
         <v>3</v>
       </c>
       <c r="DB481" t="s">
-        <v>583</v>
-[...2 lines deleted...]
-    <row r="482" spans="1:110">
+        <v>589</v>
+      </c>
+    </row>
+    <row r="482" spans="1:111">
       <c r="E482" s="2"/>
       <c r="L482" t="s">
         <v>3</v>
       </c>
       <c r="DB482" t="s">
-        <v>584</v>
-[...2 lines deleted...]
-    <row r="483" spans="1:110">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="483" spans="1:111">
       <c r="E483" s="2"/>
       <c r="L483" t="s">
         <v>3</v>
       </c>
       <c r="DB483" t="s">
-        <v>585</v>
-[...2 lines deleted...]
-    <row r="484" spans="1:110">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="484" spans="1:111">
       <c r="E484" s="2"/>
       <c r="L484" t="s">
         <v>3</v>
       </c>
       <c r="DB484" t="s">
-        <v>586</v>
-[...2 lines deleted...]
-    <row r="485" spans="1:110">
+        <v>592</v>
+      </c>
+    </row>
+    <row r="485" spans="1:111">
       <c r="E485" s="2"/>
       <c r="L485" t="s">
         <v>3</v>
       </c>
       <c r="DB485" t="s">
-        <v>587</v>
-[...2 lines deleted...]
-    <row r="486" spans="1:110">
+        <v>593</v>
+      </c>
+    </row>
+    <row r="486" spans="1:111">
       <c r="E486" s="2"/>
       <c r="L486" t="s">
         <v>3</v>
       </c>
       <c r="DB486" t="s">
-        <v>588</v>
-[...2 lines deleted...]
-    <row r="487" spans="1:110">
+        <v>594</v>
+      </c>
+    </row>
+    <row r="487" spans="1:111">
       <c r="E487" s="2"/>
       <c r="L487" t="s">
         <v>3</v>
       </c>
       <c r="DB487" t="s">
-        <v>589</v>
-[...2 lines deleted...]
-    <row r="488" spans="1:110">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="488" spans="1:111">
       <c r="E488" s="2"/>
       <c r="L488" t="s">
         <v>3</v>
       </c>
       <c r="DB488" t="s">
-        <v>590</v>
-[...2 lines deleted...]
-    <row r="489" spans="1:110">
+        <v>596</v>
+      </c>
+    </row>
+    <row r="489" spans="1:111">
       <c r="E489" s="2"/>
       <c r="L489" t="s">
         <v>3</v>
       </c>
       <c r="DB489" t="s">
-        <v>591</v>
-[...2 lines deleted...]
-    <row r="490" spans="1:110">
+        <v>597</v>
+      </c>
+    </row>
+    <row r="490" spans="1:111">
       <c r="E490" s="2"/>
       <c r="L490" t="s">
         <v>3</v>
       </c>
       <c r="DB490" t="s">
-        <v>592</v>
-[...2 lines deleted...]
-    <row r="491" spans="1:110">
+        <v>598</v>
+      </c>
+    </row>
+    <row r="491" spans="1:111">
       <c r="E491" s="2"/>
       <c r="L491" t="s">
         <v>3</v>
       </c>
       <c r="DB491" t="s">
-        <v>593</v>
-[...2 lines deleted...]
-    <row r="492" spans="1:110">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="492" spans="1:111">
       <c r="E492" s="2"/>
       <c r="L492" t="s">
         <v>3</v>
       </c>
       <c r="DB492" t="s">
-        <v>594</v>
-[...2 lines deleted...]
-    <row r="493" spans="1:110">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="493" spans="1:111">
       <c r="E493" s="2"/>
       <c r="L493" t="s">
         <v>3</v>
       </c>
       <c r="DB493" t="s">
-        <v>595</v>
-[...2 lines deleted...]
-    <row r="494" spans="1:110">
+        <v>601</v>
+      </c>
+    </row>
+    <row r="494" spans="1:111">
       <c r="E494" s="2"/>
       <c r="L494" t="s">
         <v>3</v>
       </c>
       <c r="DB494" t="s">
-        <v>596</v>
-[...2 lines deleted...]
-    <row r="495" spans="1:110">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="495" spans="1:111">
       <c r="E495" s="2"/>
       <c r="L495" t="s">
         <v>3</v>
       </c>
       <c r="DB495" t="s">
-        <v>597</v>
-[...2 lines deleted...]
-    <row r="496" spans="1:110">
+        <v>603</v>
+      </c>
+    </row>
+    <row r="496" spans="1:111">
       <c r="E496" s="2"/>
       <c r="L496" t="s">
         <v>3</v>
       </c>
       <c r="DB496" t="s">
-        <v>598</v>
-[...2 lines deleted...]
-    <row r="497" spans="1:110">
+        <v>604</v>
+      </c>
+    </row>
+    <row r="497" spans="1:111">
       <c r="E497" s="2"/>
       <c r="L497" t="s">
         <v>3</v>
       </c>
       <c r="DB497" t="s">
-        <v>599</v>
-[...2 lines deleted...]
-    <row r="498" spans="1:110">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="498" spans="1:111">
       <c r="E498" s="2"/>
       <c r="L498" t="s">
         <v>3</v>
       </c>
       <c r="DB498" t="s">
-        <v>600</v>
-[...2 lines deleted...]
-    <row r="499" spans="1:110">
+        <v>606</v>
+      </c>
+    </row>
+    <row r="499" spans="1:111">
       <c r="E499" s="2"/>
       <c r="L499" t="s">
         <v>3</v>
       </c>
       <c r="DB499" t="s">
-        <v>601</v>
-[...2 lines deleted...]
-    <row r="500" spans="1:110">
+        <v>607</v>
+      </c>
+    </row>
+    <row r="500" spans="1:111">
       <c r="E500" s="2"/>
       <c r="L500" t="s">
         <v>3</v>
       </c>
       <c r="DB500" t="s">
-        <v>602</v>
-[...2 lines deleted...]
-    <row r="501" spans="1:110">
+        <v>608</v>
+      </c>
+    </row>
+    <row r="501" spans="1:111">
       <c r="E501" s="2"/>
       <c r="L501" t="s">
         <v>3</v>
       </c>
       <c r="DB501" t="s">
-        <v>603</v>
-[...2 lines deleted...]
-    <row r="502" spans="1:110">
+        <v>609</v>
+      </c>
+    </row>
+    <row r="502" spans="1:111">
       <c r="E502" s="2"/>
       <c r="L502" t="s">
         <v>3</v>
       </c>
       <c r="DB502" t="s">
-        <v>604</v>
-[...2 lines deleted...]
-    <row r="503" spans="1:110">
+        <v>610</v>
+      </c>
+    </row>
+    <row r="503" spans="1:111">
       <c r="E503" s="2"/>
       <c r="L503" t="s">
         <v>3</v>
       </c>
       <c r="DB503" t="s">
-        <v>605</v>
-[...2 lines deleted...]
-    <row r="504" spans="1:110">
+        <v>611</v>
+      </c>
+    </row>
+    <row r="504" spans="1:111">
       <c r="E504" s="2"/>
       <c r="L504" t="s">
         <v>3</v>
       </c>
       <c r="DB504" t="s">
-        <v>606</v>
-[...2 lines deleted...]
-    <row r="505" spans="1:110">
+        <v>612</v>
+      </c>
+    </row>
+    <row r="505" spans="1:111">
       <c r="E505" s="2"/>
       <c r="L505" t="s">
         <v>3</v>
       </c>
       <c r="DB505" t="s">
-        <v>607</v>
-[...2 lines deleted...]
-    <row r="506" spans="1:110">
+        <v>613</v>
+      </c>
+    </row>
+    <row r="506" spans="1:111">
       <c r="E506" s="2"/>
       <c r="L506" t="s">
         <v>3</v>
       </c>
       <c r="DB506" t="s">
-        <v>608</v>
-[...2 lines deleted...]
-    <row r="507" spans="1:110">
+        <v>614</v>
+      </c>
+    </row>
+    <row r="507" spans="1:111">
       <c r="E507" s="2"/>
       <c r="L507" t="s">
         <v>3</v>
       </c>
       <c r="DB507" t="s">
-        <v>609</v>
-[...2 lines deleted...]
-    <row r="508" spans="1:110">
+        <v>615</v>
+      </c>
+    </row>
+    <row r="508" spans="1:111">
       <c r="E508" s="2"/>
       <c r="L508" t="s">
         <v>3</v>
       </c>
       <c r="DB508" t="s">
-        <v>610</v>
-[...2 lines deleted...]
-    <row r="509" spans="1:110">
+        <v>616</v>
+      </c>
+    </row>
+    <row r="509" spans="1:111">
       <c r="E509" s="2"/>
       <c r="L509" t="s">
         <v>3</v>
       </c>
       <c r="DB509" t="s">
-        <v>611</v>
-[...2 lines deleted...]
-    <row r="510" spans="1:110">
+        <v>617</v>
+      </c>
+    </row>
+    <row r="510" spans="1:111">
       <c r="E510" s="2"/>
       <c r="L510" t="s">
         <v>3</v>
       </c>
       <c r="DB510" t="s">
-        <v>612</v>
-[...2 lines deleted...]
-    <row r="511" spans="1:110">
+        <v>618</v>
+      </c>
+    </row>
+    <row r="511" spans="1:111">
       <c r="E511" s="2"/>
       <c r="L511" t="s">
         <v>3</v>
       </c>
       <c r="DB511" t="s">
-        <v>613</v>
-[...2 lines deleted...]
-    <row r="512" spans="1:110">
+        <v>619</v>
+      </c>
+    </row>
+    <row r="512" spans="1:111">
       <c r="E512" s="2"/>
       <c r="L512" t="s">
         <v>3</v>
       </c>
       <c r="DB512" t="s">
-        <v>614</v>
-[...2 lines deleted...]
-    <row r="513" spans="1:110">
+        <v>620</v>
+      </c>
+    </row>
+    <row r="513" spans="1:111">
       <c r="E513" s="2"/>
       <c r="L513" t="s">
         <v>3</v>
       </c>
       <c r="DB513" t="s">
-        <v>615</v>
-[...2 lines deleted...]
-    <row r="514" spans="1:110">
+        <v>621</v>
+      </c>
+    </row>
+    <row r="514" spans="1:111">
       <c r="E514" s="2"/>
       <c r="L514" t="s">
         <v>3</v>
       </c>
       <c r="DB514" t="s">
-        <v>616</v>
-[...2 lines deleted...]
-    <row r="515" spans="1:110">
+        <v>622</v>
+      </c>
+    </row>
+    <row r="515" spans="1:111">
       <c r="E515" s="2"/>
       <c r="L515" t="s">
         <v>3</v>
       </c>
       <c r="DB515" t="s">
-        <v>617</v>
-[...2 lines deleted...]
-    <row r="516" spans="1:110">
+        <v>623</v>
+      </c>
+    </row>
+    <row r="516" spans="1:111">
       <c r="E516" s="2"/>
       <c r="L516" t="s">
         <v>3</v>
       </c>
       <c r="DB516" t="s">
-        <v>618</v>
-[...2 lines deleted...]
-    <row r="517" spans="1:110">
+        <v>624</v>
+      </c>
+    </row>
+    <row r="517" spans="1:111">
       <c r="E517" s="2"/>
       <c r="L517" t="s">
         <v>3</v>
       </c>
       <c r="DB517" t="s">
-        <v>619</v>
-[...2 lines deleted...]
-    <row r="518" spans="1:110">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="518" spans="1:111">
       <c r="E518" s="2"/>
       <c r="L518" t="s">
         <v>3</v>
       </c>
       <c r="DB518" t="s">
-        <v>620</v>
-[...2 lines deleted...]
-    <row r="519" spans="1:110">
+        <v>626</v>
+      </c>
+    </row>
+    <row r="519" spans="1:111">
       <c r="E519" s="2"/>
       <c r="L519" t="s">
         <v>3</v>
       </c>
       <c r="DB519" t="s">
-        <v>621</v>
-[...2 lines deleted...]
-    <row r="520" spans="1:110">
+        <v>627</v>
+      </c>
+    </row>
+    <row r="520" spans="1:111">
       <c r="E520" s="2"/>
       <c r="L520" t="s">
         <v>3</v>
       </c>
       <c r="DB520" t="s">
-        <v>622</v>
-[...2 lines deleted...]
-    <row r="521" spans="1:110">
+        <v>628</v>
+      </c>
+    </row>
+    <row r="521" spans="1:111">
       <c r="E521" s="2"/>
       <c r="L521" t="s">
         <v>3</v>
       </c>
       <c r="DB521" t="s">
-        <v>623</v>
-[...2 lines deleted...]
-    <row r="522" spans="1:110">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="522" spans="1:111">
       <c r="E522" s="2"/>
       <c r="L522" t="s">
         <v>3</v>
       </c>
       <c r="DB522" t="s">
-        <v>624</v>
-[...2 lines deleted...]
-    <row r="523" spans="1:110">
+        <v>630</v>
+      </c>
+    </row>
+    <row r="523" spans="1:111">
       <c r="E523" s="2"/>
       <c r="L523" t="s">
         <v>3</v>
       </c>
       <c r="DB523" t="s">
-        <v>625</v>
-[...2 lines deleted...]
-    <row r="524" spans="1:110">
+        <v>631</v>
+      </c>
+    </row>
+    <row r="524" spans="1:111">
       <c r="E524" s="2"/>
       <c r="L524" t="s">
         <v>3</v>
       </c>
       <c r="DB524" t="s">
-        <v>626</v>
-[...2 lines deleted...]
-    <row r="525" spans="1:110">
+        <v>632</v>
+      </c>
+    </row>
+    <row r="525" spans="1:111">
       <c r="E525" s="2"/>
       <c r="L525" t="s">
         <v>3</v>
       </c>
       <c r="DB525" t="s">
-        <v>627</v>
-[...2 lines deleted...]
-    <row r="526" spans="1:110">
+        <v>633</v>
+      </c>
+    </row>
+    <row r="526" spans="1:111">
       <c r="E526" s="2"/>
       <c r="L526" t="s">
         <v>3</v>
       </c>
       <c r="DB526" t="s">
-        <v>628</v>
-[...2 lines deleted...]
-    <row r="527" spans="1:110">
+        <v>634</v>
+      </c>
+    </row>
+    <row r="527" spans="1:111">
       <c r="E527" s="2"/>
       <c r="L527" t="s">
         <v>3</v>
       </c>
       <c r="DB527" t="s">
-        <v>629</v>
-[...2 lines deleted...]
-    <row r="528" spans="1:110">
+        <v>635</v>
+      </c>
+    </row>
+    <row r="528" spans="1:111">
       <c r="E528" s="2"/>
       <c r="L528" t="s">
         <v>3</v>
       </c>
       <c r="DB528" t="s">
-        <v>630</v>
-[...2 lines deleted...]
-    <row r="529" spans="1:110">
+        <v>636</v>
+      </c>
+    </row>
+    <row r="529" spans="1:111">
       <c r="E529" s="2"/>
       <c r="L529" t="s">
         <v>3</v>
       </c>
       <c r="DB529" t="s">
-        <v>631</v>
-[...2 lines deleted...]
-    <row r="530" spans="1:110">
+        <v>637</v>
+      </c>
+    </row>
+    <row r="530" spans="1:111">
       <c r="E530" s="2"/>
       <c r="L530" t="s">
         <v>3</v>
       </c>
       <c r="DB530" t="s">
-        <v>632</v>
-[...2 lines deleted...]
-    <row r="531" spans="1:110">
+        <v>638</v>
+      </c>
+    </row>
+    <row r="531" spans="1:111">
       <c r="E531" s="2"/>
       <c r="L531" t="s">
         <v>3</v>
       </c>
       <c r="DB531" t="s">
-        <v>633</v>
-[...2 lines deleted...]
-    <row r="532" spans="1:110">
+        <v>639</v>
+      </c>
+    </row>
+    <row r="532" spans="1:111">
       <c r="E532" s="2"/>
       <c r="L532" t="s">
         <v>3</v>
       </c>
       <c r="DB532" t="s">
-        <v>634</v>
-[...2 lines deleted...]
-    <row r="533" spans="1:110">
+        <v>640</v>
+      </c>
+    </row>
+    <row r="533" spans="1:111">
       <c r="E533" s="2"/>
       <c r="L533" t="s">
         <v>3</v>
       </c>
       <c r="DB533" t="s">
-        <v>635</v>
-[...2 lines deleted...]
-    <row r="534" spans="1:110">
+        <v>641</v>
+      </c>
+    </row>
+    <row r="534" spans="1:111">
       <c r="E534" s="2"/>
       <c r="L534" t="s">
         <v>3</v>
       </c>
       <c r="DB534" t="s">
-        <v>636</v>
-[...2 lines deleted...]
-    <row r="535" spans="1:110">
+        <v>642</v>
+      </c>
+    </row>
+    <row r="535" spans="1:111">
       <c r="E535" s="2"/>
       <c r="L535" t="s">
         <v>3</v>
       </c>
       <c r="DB535" t="s">
-        <v>637</v>
-[...2 lines deleted...]
-    <row r="536" spans="1:110">
+        <v>643</v>
+      </c>
+    </row>
+    <row r="536" spans="1:111">
       <c r="E536" s="2"/>
       <c r="L536" t="s">
         <v>3</v>
       </c>
       <c r="DB536" t="s">
-        <v>638</v>
-[...2 lines deleted...]
-    <row r="537" spans="1:110">
+        <v>644</v>
+      </c>
+    </row>
+    <row r="537" spans="1:111">
       <c r="E537" s="2"/>
       <c r="L537" t="s">
         <v>3</v>
       </c>
       <c r="DB537" t="s">
-        <v>639</v>
-[...2 lines deleted...]
-    <row r="538" spans="1:110">
+        <v>645</v>
+      </c>
+    </row>
+    <row r="538" spans="1:111">
       <c r="E538" s="2"/>
       <c r="L538" t="s">
         <v>3</v>
       </c>
       <c r="DB538" t="s">
-        <v>640</v>
-[...2 lines deleted...]
-    <row r="539" spans="1:110">
+        <v>646</v>
+      </c>
+    </row>
+    <row r="539" spans="1:111">
       <c r="E539" s="2"/>
       <c r="L539" t="s">
         <v>3</v>
       </c>
       <c r="DB539" t="s">
-        <v>641</v>
-[...2 lines deleted...]
-    <row r="540" spans="1:110">
+        <v>647</v>
+      </c>
+    </row>
+    <row r="540" spans="1:111">
       <c r="E540" s="2"/>
       <c r="L540" t="s">
         <v>3</v>
       </c>
       <c r="DB540" t="s">
-        <v>642</v>
-[...2 lines deleted...]
-    <row r="541" spans="1:110">
+        <v>648</v>
+      </c>
+    </row>
+    <row r="541" spans="1:111">
       <c r="E541" s="2"/>
       <c r="L541" t="s">
         <v>3</v>
       </c>
       <c r="DB541" t="s">
-        <v>643</v>
-[...2 lines deleted...]
-    <row r="542" spans="1:110">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="542" spans="1:111">
       <c r="E542" s="2"/>
       <c r="L542" t="s">
         <v>3</v>
       </c>
       <c r="DB542" t="s">
-        <v>644</v>
-[...2 lines deleted...]
-    <row r="543" spans="1:110">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="543" spans="1:111">
       <c r="E543" s="2"/>
       <c r="L543" t="s">
         <v>3</v>
       </c>
       <c r="DB543" t="s">
-        <v>645</v>
-[...2 lines deleted...]
-    <row r="544" spans="1:110">
+        <v>651</v>
+      </c>
+    </row>
+    <row r="544" spans="1:111">
       <c r="E544" s="2"/>
       <c r="L544" t="s">
         <v>3</v>
       </c>
       <c r="DB544" t="s">
-        <v>646</v>
-[...2 lines deleted...]
-    <row r="545" spans="1:110">
+        <v>652</v>
+      </c>
+    </row>
+    <row r="545" spans="1:111">
       <c r="E545" s="2"/>
       <c r="L545" t="s">
         <v>3</v>
       </c>
       <c r="DB545" t="s">
-        <v>647</v>
-[...2 lines deleted...]
-    <row r="546" spans="1:110">
+        <v>653</v>
+      </c>
+    </row>
+    <row r="546" spans="1:111">
       <c r="E546" s="2"/>
       <c r="L546" t="s">
         <v>3</v>
       </c>
       <c r="DB546" t="s">
-        <v>648</v>
-[...2 lines deleted...]
-    <row r="547" spans="1:110">
+        <v>654</v>
+      </c>
+    </row>
+    <row r="547" spans="1:111">
       <c r="E547" s="2"/>
       <c r="L547" t="s">
         <v>3</v>
       </c>
       <c r="DB547" t="s">
-        <v>649</v>
-[...2 lines deleted...]
-    <row r="548" spans="1:110">
+        <v>655</v>
+      </c>
+    </row>
+    <row r="548" spans="1:111">
       <c r="E548" s="2"/>
       <c r="L548" t="s">
         <v>3</v>
       </c>
       <c r="DB548" t="s">
-        <v>650</v>
-[...2 lines deleted...]
-    <row r="549" spans="1:110">
+        <v>656</v>
+      </c>
+    </row>
+    <row r="549" spans="1:111">
       <c r="E549" s="2"/>
       <c r="L549" t="s">
         <v>3</v>
       </c>
       <c r="DB549" t="s">
-        <v>651</v>
-[...2 lines deleted...]
-    <row r="550" spans="1:110">
+        <v>657</v>
+      </c>
+    </row>
+    <row r="550" spans="1:111">
       <c r="E550" s="2"/>
       <c r="L550" t="s">
         <v>3</v>
       </c>
       <c r="DB550" t="s">
-        <v>652</v>
-[...2 lines deleted...]
-    <row r="551" spans="1:110">
+        <v>658</v>
+      </c>
+    </row>
+    <row r="551" spans="1:111">
       <c r="E551" s="2"/>
       <c r="L551" t="s">
         <v>3</v>
       </c>
       <c r="DB551" t="s">
-        <v>653</v>
-[...2 lines deleted...]
-    <row r="552" spans="1:110">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="552" spans="1:111">
       <c r="E552" s="2"/>
       <c r="L552" t="s">
         <v>3</v>
       </c>
       <c r="DB552" t="s">
-        <v>654</v>
-[...2 lines deleted...]
-    <row r="553" spans="1:110">
+        <v>660</v>
+      </c>
+    </row>
+    <row r="553" spans="1:111">
       <c r="E553" s="2"/>
       <c r="L553" t="s">
         <v>3</v>
       </c>
       <c r="DB553" t="s">
-        <v>655</v>
-[...2 lines deleted...]
-    <row r="554" spans="1:110">
+        <v>661</v>
+      </c>
+    </row>
+    <row r="554" spans="1:111">
       <c r="E554" s="2"/>
       <c r="L554" t="s">
         <v>3</v>
       </c>
       <c r="DB554" t="s">
-        <v>656</v>
-[...2 lines deleted...]
-    <row r="555" spans="1:110">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="555" spans="1:111">
       <c r="E555" s="2"/>
       <c r="L555" t="s">
         <v>3</v>
       </c>
       <c r="DB555" t="s">
-        <v>657</v>
-[...2 lines deleted...]
-    <row r="556" spans="1:110">
+        <v>663</v>
+      </c>
+    </row>
+    <row r="556" spans="1:111">
       <c r="E556" s="2"/>
       <c r="L556" t="s">
         <v>3</v>
       </c>
       <c r="DB556" t="s">
-        <v>658</v>
-[...2 lines deleted...]
-    <row r="557" spans="1:110">
+        <v>664</v>
+      </c>
+    </row>
+    <row r="557" spans="1:111">
       <c r="E557" s="2"/>
       <c r="L557" t="s">
         <v>3</v>
       </c>
       <c r="DB557" t="s">
-        <v>659</v>
-[...2 lines deleted...]
-    <row r="558" spans="1:110">
+        <v>665</v>
+      </c>
+    </row>
+    <row r="558" spans="1:111">
       <c r="E558" s="2"/>
       <c r="L558" t="s">
         <v>3</v>
       </c>
       <c r="DB558" t="s">
-        <v>660</v>
-[...2 lines deleted...]
-    <row r="559" spans="1:110">
+        <v>666</v>
+      </c>
+    </row>
+    <row r="559" spans="1:111">
       <c r="E559" s="2"/>
       <c r="L559" t="s">
         <v>3</v>
       </c>
       <c r="DB559" t="s">
-        <v>661</v>
-[...2 lines deleted...]
-    <row r="560" spans="1:110">
+        <v>667</v>
+      </c>
+    </row>
+    <row r="560" spans="1:111">
       <c r="E560" s="2"/>
       <c r="L560" t="s">
         <v>3</v>
       </c>
       <c r="DB560" t="s">
-        <v>662</v>
-[...2 lines deleted...]
-    <row r="561" spans="1:110">
+        <v>668</v>
+      </c>
+    </row>
+    <row r="561" spans="1:111">
       <c r="E561" s="2"/>
       <c r="L561" t="s">
         <v>3</v>
       </c>
       <c r="DB561" t="s">
-        <v>663</v>
-[...2 lines deleted...]
-    <row r="562" spans="1:110">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="562" spans="1:111">
       <c r="E562" s="2"/>
       <c r="L562" t="s">
         <v>3</v>
       </c>
       <c r="DB562" t="s">
-        <v>664</v>
-[...2 lines deleted...]
-    <row r="563" spans="1:110">
+        <v>670</v>
+      </c>
+    </row>
+    <row r="563" spans="1:111">
       <c r="E563" s="2"/>
       <c r="L563" t="s">
         <v>3</v>
       </c>
       <c r="DB563" t="s">
-        <v>665</v>
-[...2 lines deleted...]
-    <row r="564" spans="1:110">
+        <v>671</v>
+      </c>
+    </row>
+    <row r="564" spans="1:111">
       <c r="E564" s="2"/>
       <c r="L564" t="s">
         <v>3</v>
       </c>
       <c r="DB564" t="s">
-        <v>666</v>
-[...2 lines deleted...]
-    <row r="565" spans="1:110">
+        <v>672</v>
+      </c>
+    </row>
+    <row r="565" spans="1:111">
       <c r="E565" s="2"/>
       <c r="L565" t="s">
         <v>3</v>
       </c>
       <c r="DB565" t="s">
-        <v>667</v>
-[...2 lines deleted...]
-    <row r="566" spans="1:110">
+        <v>673</v>
+      </c>
+    </row>
+    <row r="566" spans="1:111">
       <c r="E566" s="2"/>
       <c r="L566" t="s">
         <v>3</v>
       </c>
       <c r="DB566" t="s">
-        <v>668</v>
-[...2 lines deleted...]
-    <row r="567" spans="1:110">
+        <v>674</v>
+      </c>
+    </row>
+    <row r="567" spans="1:111">
       <c r="E567" s="2"/>
       <c r="L567" t="s">
         <v>3</v>
       </c>
       <c r="DB567" t="s">
-        <v>669</v>
-[...2 lines deleted...]
-    <row r="568" spans="1:110">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="568" spans="1:111">
       <c r="E568" s="2"/>
       <c r="L568" t="s">
         <v>3</v>
       </c>
       <c r="DB568" t="s">
-        <v>670</v>
-[...2 lines deleted...]
-    <row r="569" spans="1:110">
+        <v>676</v>
+      </c>
+    </row>
+    <row r="569" spans="1:111">
       <c r="E569" s="2"/>
       <c r="L569" t="s">
         <v>3</v>
       </c>
       <c r="DB569" t="s">
-        <v>671</v>
-[...2 lines deleted...]
-    <row r="570" spans="1:110">
+        <v>677</v>
+      </c>
+    </row>
+    <row r="570" spans="1:111">
       <c r="E570" s="2"/>
       <c r="L570" t="s">
         <v>3</v>
       </c>
       <c r="DB570" t="s">
-        <v>672</v>
-[...2 lines deleted...]
-    <row r="571" spans="1:110">
+        <v>678</v>
+      </c>
+    </row>
+    <row r="571" spans="1:111">
       <c r="E571" s="2"/>
       <c r="L571" t="s">
         <v>3</v>
       </c>
       <c r="DB571" t="s">
-        <v>673</v>
-[...2 lines deleted...]
-    <row r="572" spans="1:110">
+        <v>679</v>
+      </c>
+    </row>
+    <row r="572" spans="1:111">
       <c r="E572" s="2"/>
       <c r="L572" t="s">
         <v>3</v>
       </c>
       <c r="DB572" t="s">
-        <v>674</v>
-[...2 lines deleted...]
-    <row r="573" spans="1:110">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="573" spans="1:111">
       <c r="E573" s="2"/>
       <c r="L573" t="s">
         <v>3</v>
       </c>
       <c r="DB573" t="s">
-        <v>675</v>
-[...2 lines deleted...]
-    <row r="574" spans="1:110">
+        <v>681</v>
+      </c>
+    </row>
+    <row r="574" spans="1:111">
       <c r="E574" s="2"/>
       <c r="L574" t="s">
         <v>3</v>
       </c>
       <c r="DB574" t="s">
-        <v>676</v>
-[...2 lines deleted...]
-    <row r="575" spans="1:110">
+        <v>682</v>
+      </c>
+    </row>
+    <row r="575" spans="1:111">
       <c r="E575" s="2"/>
       <c r="L575" t="s">
         <v>3</v>
       </c>
       <c r="DB575" t="s">
-        <v>677</v>
-[...2 lines deleted...]
-    <row r="576" spans="1:110">
+        <v>683</v>
+      </c>
+    </row>
+    <row r="576" spans="1:111">
       <c r="E576" s="2"/>
       <c r="L576" t="s">
         <v>3</v>
       </c>
       <c r="DB576" t="s">
-        <v>678</v>
-[...2 lines deleted...]
-    <row r="577" spans="1:110">
+        <v>684</v>
+      </c>
+    </row>
+    <row r="577" spans="1:111">
       <c r="E577" s="2"/>
       <c r="L577" t="s">
         <v>3</v>
       </c>
       <c r="DB577" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="578" spans="1:110">
+        <v>685</v>
+      </c>
+    </row>
+    <row r="578" spans="1:111">
       <c r="E578" s="2"/>
       <c r="L578" t="s">
         <v>3</v>
       </c>
       <c r="DB578" t="s">
-        <v>680</v>
-[...2 lines deleted...]
-    <row r="579" spans="1:110">
+        <v>686</v>
+      </c>
+    </row>
+    <row r="579" spans="1:111">
       <c r="E579" s="2"/>
       <c r="L579" t="s">
         <v>3</v>
       </c>
       <c r="DB579" t="s">
-        <v>681</v>
-[...2 lines deleted...]
-    <row r="580" spans="1:110">
+        <v>687</v>
+      </c>
+    </row>
+    <row r="580" spans="1:111">
       <c r="E580" s="2"/>
       <c r="L580" t="s">
         <v>3</v>
       </c>
       <c r="DB580" t="s">
-        <v>682</v>
-[...2 lines deleted...]
-    <row r="581" spans="1:110">
+        <v>688</v>
+      </c>
+    </row>
+    <row r="581" spans="1:111">
       <c r="E581" s="2"/>
       <c r="L581" t="s">
         <v>3</v>
       </c>
       <c r="DB581" t="s">
-        <v>683</v>
-[...2 lines deleted...]
-    <row r="582" spans="1:110">
+        <v>689</v>
+      </c>
+    </row>
+    <row r="582" spans="1:111">
       <c r="E582" s="2"/>
       <c r="L582" t="s">
         <v>3</v>
       </c>
       <c r="DB582" t="s">
-        <v>684</v>
-[...2 lines deleted...]
-    <row r="583" spans="1:110">
+        <v>690</v>
+      </c>
+    </row>
+    <row r="583" spans="1:111">
       <c r="E583" s="2"/>
       <c r="L583" t="s">
         <v>3</v>
       </c>
       <c r="DB583" t="s">
-        <v>685</v>
-[...2 lines deleted...]
-    <row r="584" spans="1:110">
+        <v>691</v>
+      </c>
+    </row>
+    <row r="584" spans="1:111">
       <c r="E584" s="2"/>
       <c r="L584" t="s">
         <v>3</v>
       </c>
       <c r="DB584" t="s">
-        <v>686</v>
-[...2 lines deleted...]
-    <row r="585" spans="1:110">
+        <v>692</v>
+      </c>
+    </row>
+    <row r="585" spans="1:111">
       <c r="E585" s="2"/>
       <c r="L585" t="s">
         <v>3</v>
       </c>
       <c r="DB585" t="s">
-        <v>687</v>
-[...2 lines deleted...]
-    <row r="586" spans="1:110">
+        <v>693</v>
+      </c>
+    </row>
+    <row r="586" spans="1:111">
       <c r="E586" s="2"/>
       <c r="L586" t="s">
         <v>3</v>
       </c>
       <c r="DB586" t="s">
-        <v>688</v>
-[...2 lines deleted...]
-    <row r="587" spans="1:110">
+        <v>694</v>
+      </c>
+    </row>
+    <row r="587" spans="1:111">
       <c r="E587" s="2"/>
       <c r="L587" t="s">
         <v>3</v>
       </c>
       <c r="DB587" t="s">
-        <v>689</v>
-[...2 lines deleted...]
-    <row r="588" spans="1:110">
+        <v>695</v>
+      </c>
+    </row>
+    <row r="588" spans="1:111">
       <c r="E588" s="2"/>
       <c r="L588" t="s">
         <v>3</v>
       </c>
       <c r="DB588" t="s">
-        <v>690</v>
-[...2 lines deleted...]
-    <row r="589" spans="1:110">
+        <v>696</v>
+      </c>
+    </row>
+    <row r="589" spans="1:111">
       <c r="E589" s="2"/>
       <c r="L589" t="s">
         <v>3</v>
       </c>
       <c r="DB589" t="s">
-        <v>691</v>
-[...2 lines deleted...]
-    <row r="590" spans="1:110">
+        <v>697</v>
+      </c>
+    </row>
+    <row r="590" spans="1:111">
       <c r="E590" s="2"/>
       <c r="L590" t="s">
         <v>3</v>
       </c>
       <c r="DB590" t="s">
-        <v>692</v>
-[...2 lines deleted...]
-    <row r="591" spans="1:110">
+        <v>698</v>
+      </c>
+    </row>
+    <row r="591" spans="1:111">
       <c r="E591" s="2"/>
       <c r="L591" t="s">
         <v>3</v>
       </c>
       <c r="DB591" t="s">
-        <v>693</v>
-[...2 lines deleted...]
-    <row r="592" spans="1:110">
+        <v>699</v>
+      </c>
+    </row>
+    <row r="592" spans="1:111">
       <c r="E592" s="2"/>
       <c r="L592" t="s">
         <v>3</v>
       </c>
       <c r="DB592" t="s">
-        <v>694</v>
-[...2 lines deleted...]
-    <row r="593" spans="1:110">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="593" spans="1:111">
       <c r="E593" s="2"/>
       <c r="L593" t="s">
         <v>3</v>
       </c>
       <c r="DB593" t="s">
-        <v>695</v>
-[...2 lines deleted...]
-    <row r="594" spans="1:110">
+        <v>701</v>
+      </c>
+    </row>
+    <row r="594" spans="1:111">
       <c r="E594" s="2"/>
       <c r="L594" t="s">
         <v>3</v>
       </c>
       <c r="DB594" t="s">
-        <v>696</v>
-[...2 lines deleted...]
-    <row r="595" spans="1:110">
+        <v>702</v>
+      </c>
+    </row>
+    <row r="595" spans="1:111">
       <c r="E595" s="2"/>
       <c r="L595" t="s">
         <v>3</v>
       </c>
       <c r="DB595" t="s">
-        <v>697</v>
-[...2 lines deleted...]
-    <row r="596" spans="1:110">
+        <v>703</v>
+      </c>
+    </row>
+    <row r="596" spans="1:111">
       <c r="E596" s="2"/>
       <c r="L596" t="s">
         <v>3</v>
       </c>
       <c r="DB596" t="s">
-        <v>698</v>
-[...2 lines deleted...]
-    <row r="597" spans="1:110">
+        <v>704</v>
+      </c>
+    </row>
+    <row r="597" spans="1:111">
       <c r="E597" s="2"/>
       <c r="L597" t="s">
         <v>3</v>
       </c>
       <c r="DB597" t="s">
-        <v>699</v>
-[...2 lines deleted...]
-    <row r="598" spans="1:110">
+        <v>705</v>
+      </c>
+    </row>
+    <row r="598" spans="1:111">
       <c r="E598" s="2"/>
       <c r="L598" t="s">
         <v>3</v>
       </c>
       <c r="DB598" t="s">
-        <v>700</v>
-[...2 lines deleted...]
-    <row r="599" spans="1:110">
+        <v>706</v>
+      </c>
+    </row>
+    <row r="599" spans="1:111">
       <c r="E599" s="2"/>
       <c r="L599" t="s">
         <v>3</v>
       </c>
       <c r="DB599" t="s">
-        <v>701</v>
-[...2 lines deleted...]
-    <row r="600" spans="1:110">
+        <v>707</v>
+      </c>
+    </row>
+    <row r="600" spans="1:111">
       <c r="E600" s="2"/>
       <c r="L600" t="s">
         <v>3</v>
       </c>
       <c r="DB600" t="s">
-        <v>702</v>
-[...2 lines deleted...]
-    <row r="601" spans="1:110">
+        <v>708</v>
+      </c>
+    </row>
+    <row r="601" spans="1:111">
       <c r="E601" s="2"/>
       <c r="L601" t="s">
         <v>3</v>
       </c>
       <c r="DB601" t="s">
-        <v>703</v>
-[...2 lines deleted...]
-    <row r="602" spans="1:110">
+        <v>709</v>
+      </c>
+    </row>
+    <row r="602" spans="1:111">
       <c r="E602" s="2"/>
       <c r="L602" t="s">
         <v>3</v>
       </c>
       <c r="DB602" t="s">
-        <v>704</v>
-[...2 lines deleted...]
-    <row r="603" spans="1:110">
+        <v>710</v>
+      </c>
+    </row>
+    <row r="603" spans="1:111">
       <c r="E603" s="2"/>
       <c r="L603" t="s">
         <v>3</v>
       </c>
       <c r="DB603" t="s">
-        <v>705</v>
-[...2 lines deleted...]
-    <row r="604" spans="1:110">
+        <v>711</v>
+      </c>
+    </row>
+    <row r="604" spans="1:111">
       <c r="E604" s="2"/>
       <c r="L604" t="s">
         <v>3</v>
       </c>
       <c r="DB604" t="s">
-        <v>706</v>
-[...2 lines deleted...]
-    <row r="605" spans="1:110">
+        <v>712</v>
+      </c>
+    </row>
+    <row r="605" spans="1:111">
       <c r="E605" s="2"/>
       <c r="L605" t="s">
         <v>3</v>
       </c>
       <c r="DB605" t="s">
-        <v>707</v>
-[...2 lines deleted...]
-    <row r="606" spans="1:110">
+        <v>713</v>
+      </c>
+    </row>
+    <row r="606" spans="1:111">
       <c r="E606" s="2"/>
       <c r="L606" t="s">
         <v>3</v>
       </c>
       <c r="DB606" t="s">
-        <v>708</v>
-[...2 lines deleted...]
-    <row r="607" spans="1:110">
+        <v>714</v>
+      </c>
+    </row>
+    <row r="607" spans="1:111">
       <c r="E607" s="2"/>
       <c r="L607" t="s">
         <v>3</v>
       </c>
       <c r="DB607" t="s">
-        <v>709</v>
-[...2 lines deleted...]
-    <row r="608" spans="1:110">
+        <v>715</v>
+      </c>
+    </row>
+    <row r="608" spans="1:111">
       <c r="E608" s="2"/>
       <c r="L608" t="s">
         <v>3</v>
       </c>
       <c r="DB608" t="s">
-        <v>710</v>
-[...2 lines deleted...]
-    <row r="609" spans="1:110">
+        <v>716</v>
+      </c>
+    </row>
+    <row r="609" spans="1:111">
       <c r="E609" s="2"/>
       <c r="L609" t="s">
         <v>3</v>
       </c>
       <c r="DB609" t="s">
-        <v>711</v>
-[...2 lines deleted...]
-    <row r="610" spans="1:110">
+        <v>717</v>
+      </c>
+    </row>
+    <row r="610" spans="1:111">
       <c r="E610" s="2"/>
       <c r="L610" t="s">
         <v>3</v>
       </c>
       <c r="DB610" t="s">
-        <v>712</v>
-[...2 lines deleted...]
-    <row r="611" spans="1:110">
+        <v>718</v>
+      </c>
+    </row>
+    <row r="611" spans="1:111">
       <c r="E611" s="2"/>
       <c r="L611" t="s">
         <v>3</v>
       </c>
       <c r="DB611" t="s">
-        <v>713</v>
-[...2 lines deleted...]
-    <row r="612" spans="1:110">
+        <v>719</v>
+      </c>
+    </row>
+    <row r="612" spans="1:111">
       <c r="E612" s="2"/>
       <c r="L612" t="s">
         <v>3</v>
       </c>
       <c r="DB612" t="s">
-        <v>714</v>
-[...2 lines deleted...]
-    <row r="613" spans="1:110">
+        <v>720</v>
+      </c>
+    </row>
+    <row r="613" spans="1:111">
       <c r="E613" s="2"/>
       <c r="L613" t="s">
         <v>3</v>
       </c>
       <c r="DB613" t="s">
-        <v>715</v>
-[...2 lines deleted...]
-    <row r="614" spans="1:110">
+        <v>721</v>
+      </c>
+    </row>
+    <row r="614" spans="1:111">
       <c r="E614" s="2"/>
       <c r="L614" t="s">
         <v>3</v>
       </c>
       <c r="DB614" t="s">
-        <v>716</v>
-[...2 lines deleted...]
-    <row r="615" spans="1:110">
+        <v>722</v>
+      </c>
+    </row>
+    <row r="615" spans="1:111">
       <c r="E615" s="2"/>
       <c r="L615" t="s">
         <v>3</v>
       </c>
       <c r="DB615" t="s">
-        <v>717</v>
-[...2 lines deleted...]
-    <row r="616" spans="1:110">
+        <v>723</v>
+      </c>
+    </row>
+    <row r="616" spans="1:111">
       <c r="E616" s="2"/>
       <c r="L616" t="s">
         <v>3</v>
       </c>
       <c r="DB616" t="s">
-        <v>718</v>
-[...2 lines deleted...]
-    <row r="617" spans="1:110">
+        <v>724</v>
+      </c>
+    </row>
+    <row r="617" spans="1:111">
       <c r="E617" s="2"/>
       <c r="L617" t="s">
         <v>3</v>
       </c>
       <c r="DB617" t="s">
-        <v>719</v>
-[...2 lines deleted...]
-    <row r="618" spans="1:110">
+        <v>725</v>
+      </c>
+    </row>
+    <row r="618" spans="1:111">
       <c r="E618" s="2"/>
       <c r="L618" t="s">
         <v>3</v>
       </c>
       <c r="DB618" t="s">
-        <v>720</v>
-[...2 lines deleted...]
-    <row r="619" spans="1:110">
+        <v>726</v>
+      </c>
+    </row>
+    <row r="619" spans="1:111">
       <c r="E619" s="2"/>
       <c r="L619" t="s">
         <v>3</v>
       </c>
       <c r="DB619" t="s">
-        <v>721</v>
-[...2 lines deleted...]
-    <row r="620" spans="1:110">
+        <v>727</v>
+      </c>
+    </row>
+    <row r="620" spans="1:111">
       <c r="E620" s="2"/>
       <c r="L620" t="s">
         <v>3</v>
       </c>
       <c r="DB620" t="s">
-        <v>722</v>
-[...2 lines deleted...]
-    <row r="621" spans="1:110">
+        <v>728</v>
+      </c>
+    </row>
+    <row r="621" spans="1:111">
       <c r="E621" s="2"/>
       <c r="L621" t="s">
         <v>3</v>
       </c>
       <c r="DB621" t="s">
-        <v>723</v>
-[...2 lines deleted...]
-    <row r="622" spans="1:110">
+        <v>729</v>
+      </c>
+    </row>
+    <row r="622" spans="1:111">
       <c r="E622" s="2"/>
       <c r="L622" t="s">
         <v>3</v>
       </c>
       <c r="DB622" t="s">
-        <v>724</v>
-[...2 lines deleted...]
-    <row r="623" spans="1:110">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="623" spans="1:111">
       <c r="E623" s="2"/>
       <c r="L623" t="s">
         <v>3</v>
       </c>
       <c r="DB623" t="s">
-        <v>725</v>
-[...2 lines deleted...]
-    <row r="624" spans="1:110">
+        <v>731</v>
+      </c>
+    </row>
+    <row r="624" spans="1:111">
       <c r="E624" s="2"/>
       <c r="L624" t="s">
         <v>3</v>
       </c>
       <c r="DB624" t="s">
-        <v>726</v>
-[...2 lines deleted...]
-    <row r="625" spans="1:110">
+        <v>732</v>
+      </c>
+    </row>
+    <row r="625" spans="1:111">
       <c r="E625" s="2"/>
       <c r="L625" t="s">
         <v>3</v>
       </c>
       <c r="DB625" t="s">
-        <v>727</v>
-[...2 lines deleted...]
-    <row r="626" spans="1:110">
+        <v>733</v>
+      </c>
+    </row>
+    <row r="626" spans="1:111">
       <c r="E626" s="2"/>
       <c r="L626" t="s">
         <v>3</v>
       </c>
       <c r="DB626" t="s">
-        <v>728</v>
-[...2 lines deleted...]
-    <row r="627" spans="1:110">
+        <v>734</v>
+      </c>
+    </row>
+    <row r="627" spans="1:111">
       <c r="E627" s="2"/>
       <c r="L627" t="s">
         <v>3</v>
       </c>
       <c r="DB627" t="s">
-        <v>729</v>
-[...2 lines deleted...]
-    <row r="628" spans="1:110">
+        <v>735</v>
+      </c>
+    </row>
+    <row r="628" spans="1:111">
       <c r="E628" s="2"/>
       <c r="L628" t="s">
         <v>3</v>
       </c>
       <c r="DB628" t="s">
-        <v>730</v>
-[...2 lines deleted...]
-    <row r="629" spans="1:110">
+        <v>736</v>
+      </c>
+    </row>
+    <row r="629" spans="1:111">
       <c r="E629" s="2"/>
       <c r="L629" t="s">
         <v>3</v>
       </c>
       <c r="DB629" t="s">
-        <v>731</v>
-[...2 lines deleted...]
-    <row r="630" spans="1:110">
+        <v>737</v>
+      </c>
+    </row>
+    <row r="630" spans="1:111">
       <c r="E630" s="2"/>
       <c r="L630" t="s">
         <v>3</v>
       </c>
       <c r="DB630" t="s">
-        <v>732</v>
-[...2 lines deleted...]
-    <row r="631" spans="1:110">
+        <v>738</v>
+      </c>
+    </row>
+    <row r="631" spans="1:111">
       <c r="E631" s="2"/>
       <c r="L631" t="s">
         <v>3</v>
       </c>
       <c r="DB631" t="s">
-        <v>733</v>
-[...2 lines deleted...]
-    <row r="632" spans="1:110">
+        <v>739</v>
+      </c>
+    </row>
+    <row r="632" spans="1:111">
       <c r="E632" s="2"/>
       <c r="L632" t="s">
         <v>3</v>
       </c>
       <c r="DB632" t="s">
-        <v>734</v>
-[...2 lines deleted...]
-    <row r="633" spans="1:110">
+        <v>740</v>
+      </c>
+    </row>
+    <row r="633" spans="1:111">
       <c r="E633" s="2"/>
       <c r="L633" t="s">
         <v>3</v>
       </c>
       <c r="DB633" t="s">
-        <v>735</v>
-[...2 lines deleted...]
-    <row r="634" spans="1:110">
+        <v>741</v>
+      </c>
+    </row>
+    <row r="634" spans="1:111">
       <c r="E634" s="2"/>
       <c r="L634" t="s">
         <v>3</v>
       </c>
       <c r="DB634" t="s">
-        <v>736</v>
-[...2 lines deleted...]
-    <row r="635" spans="1:110">
+        <v>742</v>
+      </c>
+    </row>
+    <row r="635" spans="1:111">
       <c r="E635" s="2"/>
       <c r="L635" t="s">
         <v>3</v>
       </c>
       <c r="DB635" t="s">
-        <v>737</v>
-[...2 lines deleted...]
-    <row r="636" spans="1:110">
+        <v>743</v>
+      </c>
+    </row>
+    <row r="636" spans="1:111">
       <c r="E636" s="2"/>
       <c r="L636" t="s">
         <v>3</v>
       </c>
       <c r="DB636" t="s">
-        <v>738</v>
-[...2 lines deleted...]
-    <row r="637" spans="1:110">
+        <v>744</v>
+      </c>
+    </row>
+    <row r="637" spans="1:111">
       <c r="E637" s="2"/>
       <c r="L637" t="s">
         <v>3</v>
       </c>
       <c r="DB637" t="s">
-        <v>739</v>
-[...2 lines deleted...]
-    <row r="638" spans="1:110">
+        <v>745</v>
+      </c>
+    </row>
+    <row r="638" spans="1:111">
       <c r="E638" s="2"/>
       <c r="L638" t="s">
         <v>3</v>
       </c>
       <c r="DB638" t="s">
-        <v>740</v>
-[...2 lines deleted...]
-    <row r="639" spans="1:110">
+        <v>746</v>
+      </c>
+    </row>
+    <row r="639" spans="1:111">
       <c r="E639" s="2"/>
       <c r="L639" t="s">
         <v>3</v>
       </c>
       <c r="DB639" t="s">
-        <v>741</v>
-[...2 lines deleted...]
-    <row r="640" spans="1:110">
+        <v>747</v>
+      </c>
+    </row>
+    <row r="640" spans="1:111">
       <c r="E640" s="2"/>
       <c r="L640" t="s">
         <v>3</v>
       </c>
       <c r="DB640" t="s">
-        <v>742</v>
-[...2 lines deleted...]
-    <row r="641" spans="1:110">
+        <v>748</v>
+      </c>
+    </row>
+    <row r="641" spans="1:111">
       <c r="E641" s="2"/>
       <c r="L641" t="s">
         <v>3</v>
       </c>
       <c r="DB641" t="s">
-        <v>743</v>
-[...2 lines deleted...]
-    <row r="642" spans="1:110">
+        <v>749</v>
+      </c>
+    </row>
+    <row r="642" spans="1:111">
       <c r="E642" s="2"/>
       <c r="L642" t="s">
         <v>3</v>
       </c>
       <c r="DB642" t="s">
-        <v>744</v>
-[...2 lines deleted...]
-    <row r="643" spans="1:110">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="643" spans="1:111">
       <c r="E643" s="2"/>
       <c r="L643" t="s">
         <v>3</v>
       </c>
       <c r="DB643" t="s">
-        <v>745</v>
-[...2 lines deleted...]
-    <row r="644" spans="1:110">
+        <v>751</v>
+      </c>
+    </row>
+    <row r="644" spans="1:111">
       <c r="E644" s="2"/>
       <c r="L644" t="s">
         <v>3</v>
       </c>
       <c r="DB644" t="s">
-        <v>746</v>
-[...2 lines deleted...]
-    <row r="645" spans="1:110">
+        <v>752</v>
+      </c>
+    </row>
+    <row r="645" spans="1:111">
       <c r="E645" s="2"/>
       <c r="L645" t="s">
         <v>3</v>
       </c>
       <c r="DB645" t="s">
-        <v>747</v>
-[...2 lines deleted...]
-    <row r="646" spans="1:110">
+        <v>753</v>
+      </c>
+    </row>
+    <row r="646" spans="1:111">
       <c r="E646" s="2"/>
       <c r="L646" t="s">
         <v>3</v>
       </c>
       <c r="DB646" t="s">
-        <v>748</v>
-[...2 lines deleted...]
-    <row r="647" spans="1:110">
+        <v>754</v>
+      </c>
+    </row>
+    <row r="647" spans="1:111">
       <c r="E647" s="2"/>
       <c r="L647" t="s">
         <v>3</v>
       </c>
       <c r="DB647" t="s">
-        <v>749</v>
-[...2 lines deleted...]
-    <row r="648" spans="1:110">
+        <v>755</v>
+      </c>
+    </row>
+    <row r="648" spans="1:111">
       <c r="E648" s="2"/>
       <c r="L648" t="s">
         <v>3</v>
       </c>
       <c r="DB648" t="s">
-        <v>750</v>
-[...2 lines deleted...]
-    <row r="649" spans="1:110">
+        <v>756</v>
+      </c>
+    </row>
+    <row r="649" spans="1:111">
       <c r="E649" s="2"/>
       <c r="L649" t="s">
         <v>3</v>
       </c>
       <c r="DB649" t="s">
-        <v>751</v>
-[...2 lines deleted...]
-    <row r="650" spans="1:110">
+        <v>757</v>
+      </c>
+    </row>
+    <row r="650" spans="1:111">
       <c r="E650" s="2"/>
       <c r="L650" t="s">
         <v>3</v>
       </c>
       <c r="DB650" t="s">
-        <v>752</v>
-[...2 lines deleted...]
-    <row r="651" spans="1:110">
+        <v>758</v>
+      </c>
+    </row>
+    <row r="651" spans="1:111">
       <c r="E651" s="2"/>
       <c r="L651" t="s">
         <v>3</v>
       </c>
       <c r="DB651" t="s">
-        <v>753</v>
-[...2 lines deleted...]
-    <row r="652" spans="1:110">
+        <v>759</v>
+      </c>
+    </row>
+    <row r="652" spans="1:111">
       <c r="E652" s="2"/>
       <c r="L652" t="s">
         <v>3</v>
       </c>
       <c r="DB652" t="s">
-        <v>754</v>
-[...2 lines deleted...]
-    <row r="653" spans="1:110">
+        <v>760</v>
+      </c>
+    </row>
+    <row r="653" spans="1:111">
       <c r="E653" s="2"/>
       <c r="L653" t="s">
         <v>3</v>
       </c>
       <c r="DB653" t="s">
-        <v>755</v>
-[...2 lines deleted...]
-    <row r="654" spans="1:110">
+        <v>761</v>
+      </c>
+    </row>
+    <row r="654" spans="1:111">
       <c r="E654" s="2"/>
       <c r="L654" t="s">
         <v>3</v>
       </c>
       <c r="DB654" t="s">
-        <v>756</v>
-[...2 lines deleted...]
-    <row r="655" spans="1:110">
+        <v>762</v>
+      </c>
+    </row>
+    <row r="655" spans="1:111">
       <c r="E655" s="2"/>
       <c r="L655" t="s">
         <v>3</v>
       </c>
       <c r="DB655" t="s">
-        <v>757</v>
-[...2 lines deleted...]
-    <row r="656" spans="1:110">
+        <v>763</v>
+      </c>
+    </row>
+    <row r="656" spans="1:111">
       <c r="E656" s="2"/>
       <c r="L656" t="s">
         <v>3</v>
       </c>
       <c r="DB656" t="s">
-        <v>758</v>
-[...2 lines deleted...]
-    <row r="657" spans="1:110">
+        <v>764</v>
+      </c>
+    </row>
+    <row r="657" spans="1:111">
       <c r="E657" s="2"/>
       <c r="L657" t="s">
         <v>3</v>
       </c>
       <c r="DB657" t="s">
-        <v>759</v>
-[...2 lines deleted...]
-    <row r="658" spans="1:110">
+        <v>765</v>
+      </c>
+    </row>
+    <row r="658" spans="1:111">
       <c r="E658" s="2"/>
       <c r="L658" t="s">
         <v>3</v>
       </c>
       <c r="DB658" t="s">
-        <v>760</v>
-[...2 lines deleted...]
-    <row r="659" spans="1:110">
+        <v>766</v>
+      </c>
+    </row>
+    <row r="659" spans="1:111">
       <c r="E659" s="2"/>
       <c r="L659" t="s">
         <v>3</v>
       </c>
       <c r="DB659" t="s">
-        <v>761</v>
-[...2 lines deleted...]
-    <row r="660" spans="1:110">
+        <v>767</v>
+      </c>
+    </row>
+    <row r="660" spans="1:111">
       <c r="E660" s="2"/>
       <c r="L660" t="s">
         <v>3</v>
       </c>
       <c r="DB660" t="s">
-        <v>762</v>
-[...2 lines deleted...]
-    <row r="661" spans="1:110">
+        <v>768</v>
+      </c>
+    </row>
+    <row r="661" spans="1:111">
       <c r="E661" s="2"/>
       <c r="L661" t="s">
         <v>3</v>
       </c>
       <c r="DB661" t="s">
-        <v>763</v>
-[...2 lines deleted...]
-    <row r="662" spans="1:110">
+        <v>769</v>
+      </c>
+    </row>
+    <row r="662" spans="1:111">
       <c r="E662" s="2"/>
       <c r="L662" t="s">
         <v>3</v>
       </c>
       <c r="DB662" t="s">
-        <v>764</v>
-[...2 lines deleted...]
-    <row r="663" spans="1:110">
+        <v>770</v>
+      </c>
+    </row>
+    <row r="663" spans="1:111">
       <c r="E663" s="2"/>
       <c r="L663" t="s">
         <v>3</v>
       </c>
       <c r="DB663" t="s">
-        <v>765</v>
-[...2 lines deleted...]
-    <row r="664" spans="1:110">
+        <v>771</v>
+      </c>
+    </row>
+    <row r="664" spans="1:111">
       <c r="E664" s="2"/>
       <c r="L664" t="s">
         <v>3</v>
       </c>
       <c r="DB664" t="s">
-        <v>766</v>
-[...2 lines deleted...]
-    <row r="665" spans="1:110">
+        <v>772</v>
+      </c>
+    </row>
+    <row r="665" spans="1:111">
       <c r="E665" s="2"/>
       <c r="L665" t="s">
         <v>3</v>
       </c>
       <c r="DB665" t="s">
-        <v>767</v>
-[...2 lines deleted...]
-    <row r="666" spans="1:110">
+        <v>773</v>
+      </c>
+    </row>
+    <row r="666" spans="1:111">
       <c r="E666" s="2"/>
       <c r="L666" t="s">
         <v>3</v>
       </c>
       <c r="DB666" t="s">
-        <v>768</v>
-[...2 lines deleted...]
-    <row r="667" spans="1:110">
+        <v>774</v>
+      </c>
+    </row>
+    <row r="667" spans="1:111">
       <c r="E667" s="2"/>
       <c r="L667" t="s">
         <v>3</v>
       </c>
       <c r="DB667" t="s">
-        <v>769</v>
-[...2 lines deleted...]
-    <row r="668" spans="1:110">
+        <v>775</v>
+      </c>
+    </row>
+    <row r="668" spans="1:111">
       <c r="E668" s="2"/>
       <c r="L668" t="s">
         <v>3</v>
       </c>
       <c r="DB668" t="s">
-        <v>770</v>
-[...2 lines deleted...]
-    <row r="669" spans="1:110">
+        <v>776</v>
+      </c>
+    </row>
+    <row r="669" spans="1:111">
       <c r="E669" s="2"/>
       <c r="L669" t="s">
         <v>3</v>
       </c>
       <c r="DB669" t="s">
-        <v>771</v>
-[...2 lines deleted...]
-    <row r="670" spans="1:110">
+        <v>777</v>
+      </c>
+    </row>
+    <row r="670" spans="1:111">
       <c r="E670" s="2"/>
       <c r="L670" t="s">
         <v>3</v>
       </c>
       <c r="DB670" t="s">
-        <v>772</v>
-[...2 lines deleted...]
-    <row r="671" spans="1:110">
+        <v>778</v>
+      </c>
+    </row>
+    <row r="671" spans="1:111">
       <c r="E671" s="2"/>
       <c r="L671" t="s">
         <v>3</v>
       </c>
       <c r="DB671" t="s">
-        <v>773</v>
-[...2 lines deleted...]
-    <row r="672" spans="1:110">
+        <v>779</v>
+      </c>
+    </row>
+    <row r="672" spans="1:111">
       <c r="E672" s="2"/>
       <c r="L672" t="s">
         <v>3</v>
       </c>
       <c r="DB672" t="s">
-        <v>774</v>
-[...2 lines deleted...]
-    <row r="673" spans="1:110">
+        <v>780</v>
+      </c>
+    </row>
+    <row r="673" spans="1:111">
       <c r="E673" s="2"/>
       <c r="L673" t="s">
         <v>3</v>
       </c>
       <c r="DB673" t="s">
-        <v>775</v>
-[...2 lines deleted...]
-    <row r="674" spans="1:110">
+        <v>781</v>
+      </c>
+    </row>
+    <row r="674" spans="1:111">
       <c r="E674" s="2"/>
       <c r="L674" t="s">
         <v>3</v>
       </c>
       <c r="DB674" t="s">
-        <v>776</v>
-[...2 lines deleted...]
-    <row r="675" spans="1:110">
+        <v>782</v>
+      </c>
+    </row>
+    <row r="675" spans="1:111">
       <c r="E675" s="2"/>
       <c r="L675" t="s">
         <v>3</v>
       </c>
       <c r="DB675" t="s">
-        <v>777</v>
-[...2 lines deleted...]
-    <row r="676" spans="1:110">
+        <v>783</v>
+      </c>
+    </row>
+    <row r="676" spans="1:111">
       <c r="E676" s="2"/>
       <c r="L676" t="s">
         <v>3</v>
       </c>
       <c r="DB676" t="s">
-        <v>778</v>
-[...2 lines deleted...]
-    <row r="677" spans="1:110">
+        <v>784</v>
+      </c>
+    </row>
+    <row r="677" spans="1:111">
       <c r="E677" s="2"/>
       <c r="L677" t="s">
         <v>3</v>
       </c>
       <c r="DB677" t="s">
-        <v>779</v>
-[...2 lines deleted...]
-    <row r="678" spans="1:110">
+        <v>785</v>
+      </c>
+    </row>
+    <row r="678" spans="1:111">
       <c r="E678" s="2"/>
       <c r="L678" t="s">
         <v>3</v>
       </c>
       <c r="DB678" t="s">
-        <v>780</v>
-[...2 lines deleted...]
-    <row r="679" spans="1:110">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="679" spans="1:111">
       <c r="E679" s="2"/>
       <c r="L679" t="s">
         <v>3</v>
       </c>
       <c r="DB679" t="s">
-        <v>781</v>
-[...2 lines deleted...]
-    <row r="680" spans="1:110">
+        <v>787</v>
+      </c>
+    </row>
+    <row r="680" spans="1:111">
       <c r="E680" s="2"/>
       <c r="L680" t="s">
         <v>3</v>
       </c>
       <c r="DB680" t="s">
-        <v>782</v>
-[...2 lines deleted...]
-    <row r="681" spans="1:110">
+        <v>788</v>
+      </c>
+    </row>
+    <row r="681" spans="1:111">
       <c r="E681" s="2"/>
       <c r="L681" t="s">
         <v>3</v>
       </c>
       <c r="DB681" t="s">
-        <v>783</v>
-[...2 lines deleted...]
-    <row r="682" spans="1:110">
+        <v>789</v>
+      </c>
+    </row>
+    <row r="682" spans="1:111">
       <c r="E682" s="2"/>
       <c r="L682" t="s">
         <v>3</v>
       </c>
       <c r="DB682" t="s">
-        <v>784</v>
-[...2 lines deleted...]
-    <row r="683" spans="1:110">
+        <v>790</v>
+      </c>
+    </row>
+    <row r="683" spans="1:111">
       <c r="E683" s="2"/>
       <c r="L683" t="s">
         <v>3</v>
       </c>
       <c r="DB683" t="s">
-        <v>784</v>
-[...2 lines deleted...]
-    <row r="684" spans="1:110">
+        <v>791</v>
+      </c>
+    </row>
+    <row r="684" spans="1:111">
       <c r="E684" s="2"/>
       <c r="L684" t="s">
         <v>3</v>
       </c>
       <c r="DB684" t="s">
-        <v>785</v>
-[...2 lines deleted...]
-    <row r="685" spans="1:110">
+        <v>792</v>
+      </c>
+    </row>
+    <row r="685" spans="1:111">
       <c r="E685" s="2"/>
       <c r="L685" t="s">
         <v>3</v>
       </c>
       <c r="DB685" t="s">
-        <v>786</v>
-[...2 lines deleted...]
-    <row r="686" spans="1:110">
+        <v>792</v>
+      </c>
+    </row>
+    <row r="686" spans="1:111">
       <c r="E686" s="2"/>
       <c r="L686" t="s">
         <v>3</v>
       </c>
       <c r="DB686" t="s">
-        <v>787</v>
-[...2 lines deleted...]
-    <row r="687" spans="1:110">
+        <v>793</v>
+      </c>
+    </row>
+    <row r="687" spans="1:111">
       <c r="E687" s="2"/>
       <c r="L687" t="s">
         <v>3</v>
       </c>
       <c r="DB687" t="s">
-        <v>788</v>
-[...2 lines deleted...]
-    <row r="688" spans="1:110">
+        <v>794</v>
+      </c>
+    </row>
+    <row r="688" spans="1:111">
       <c r="E688" s="2"/>
       <c r="L688" t="s">
         <v>3</v>
       </c>
       <c r="DB688" t="s">
-        <v>789</v>
-[...2 lines deleted...]
-    <row r="689" spans="1:110">
+        <v>795</v>
+      </c>
+    </row>
+    <row r="689" spans="1:111">
       <c r="E689" s="2"/>
       <c r="L689" t="s">
         <v>3</v>
       </c>
       <c r="DB689" t="s">
-        <v>790</v>
-[...2 lines deleted...]
-    <row r="690" spans="1:110">
+        <v>796</v>
+      </c>
+    </row>
+    <row r="690" spans="1:111">
       <c r="E690" s="2"/>
       <c r="L690" t="s">
         <v>3</v>
       </c>
       <c r="DB690" t="s">
-        <v>791</v>
-[...2 lines deleted...]
-    <row r="691" spans="1:110">
+        <v>797</v>
+      </c>
+    </row>
+    <row r="691" spans="1:111">
       <c r="E691" s="2"/>
       <c r="L691" t="s">
         <v>3</v>
       </c>
       <c r="DB691" t="s">
-        <v>792</v>
-[...2 lines deleted...]
-    <row r="692" spans="1:110">
+        <v>798</v>
+      </c>
+    </row>
+    <row r="692" spans="1:111">
       <c r="E692" s="2"/>
       <c r="L692" t="s">
         <v>3</v>
       </c>
       <c r="DB692" t="s">
-        <v>793</v>
-[...2 lines deleted...]
-    <row r="693" spans="1:110">
+        <v>799</v>
+      </c>
+    </row>
+    <row r="693" spans="1:111">
       <c r="E693" s="2"/>
       <c r="L693" t="s">
         <v>3</v>
       </c>
       <c r="DB693" t="s">
-        <v>794</v>
-[...2 lines deleted...]
-    <row r="694" spans="1:110">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="694" spans="1:111">
       <c r="E694" s="2"/>
       <c r="L694" t="s">
         <v>3</v>
       </c>
       <c r="DB694" t="s">
-        <v>795</v>
-[...2 lines deleted...]
-    <row r="695" spans="1:110">
+        <v>801</v>
+      </c>
+    </row>
+    <row r="695" spans="1:111">
       <c r="E695" s="2"/>
       <c r="L695" t="s">
         <v>3</v>
       </c>
       <c r="DB695" t="s">
-        <v>796</v>
-[...2 lines deleted...]
-    <row r="696" spans="1:110">
+        <v>802</v>
+      </c>
+    </row>
+    <row r="696" spans="1:111">
       <c r="E696" s="2"/>
       <c r="L696" t="s">
         <v>3</v>
       </c>
       <c r="DB696" t="s">
-        <v>797</v>
-[...2 lines deleted...]
-    <row r="697" spans="1:110">
+        <v>803</v>
+      </c>
+    </row>
+    <row r="697" spans="1:111">
       <c r="E697" s="2"/>
       <c r="L697" t="s">
         <v>3</v>
       </c>
       <c r="DB697" t="s">
-        <v>798</v>
-[...2 lines deleted...]
-    <row r="698" spans="1:110">
+        <v>804</v>
+      </c>
+    </row>
+    <row r="698" spans="1:111">
       <c r="E698" s="2"/>
       <c r="L698" t="s">
         <v>3</v>
       </c>
       <c r="DB698" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-    <row r="699" spans="1:110">
+        <v>805</v>
+      </c>
+    </row>
+    <row r="699" spans="1:111">
       <c r="E699" s="2"/>
       <c r="L699" t="s">
         <v>3</v>
       </c>
       <c r="DB699" t="s">
-        <v>800</v>
-[...2 lines deleted...]
-    <row r="700" spans="1:110">
+        <v>806</v>
+      </c>
+    </row>
+    <row r="700" spans="1:111">
       <c r="E700" s="2"/>
       <c r="L700" t="s">
         <v>3</v>
       </c>
       <c r="DB700" t="s">
-        <v>801</v>
-[...2 lines deleted...]
-    <row r="701" spans="1:110">
+        <v>807</v>
+      </c>
+    </row>
+    <row r="701" spans="1:111">
       <c r="E701" s="2"/>
       <c r="L701" t="s">
         <v>3</v>
       </c>
       <c r="DB701" t="s">
-        <v>802</v>
-[...2 lines deleted...]
-    <row r="702" spans="1:110">
+        <v>808</v>
+      </c>
+    </row>
+    <row r="702" spans="1:111">
       <c r="E702" s="2"/>
       <c r="L702" t="s">
         <v>3</v>
       </c>
       <c r="DB702" t="s">
-        <v>803</v>
-[...2 lines deleted...]
-    <row r="703" spans="1:110">
+        <v>809</v>
+      </c>
+    </row>
+    <row r="703" spans="1:111">
       <c r="E703" s="2"/>
       <c r="L703" t="s">
         <v>3</v>
       </c>
       <c r="DB703" t="s">
-        <v>804</v>
-[...2 lines deleted...]
-    <row r="704" spans="1:110">
+        <v>810</v>
+      </c>
+    </row>
+    <row r="704" spans="1:111">
       <c r="E704" s="2"/>
       <c r="L704" t="s">
         <v>3</v>
       </c>
       <c r="DB704" t="s">
-        <v>805</v>
-[...2 lines deleted...]
-    <row r="705" spans="1:110">
+        <v>811</v>
+      </c>
+    </row>
+    <row r="705" spans="1:111">
       <c r="E705" s="2"/>
       <c r="L705" t="s">
         <v>3</v>
       </c>
       <c r="DB705" t="s">
-        <v>806</v>
-[...2 lines deleted...]
-    <row r="706" spans="1:110">
+        <v>812</v>
+      </c>
+    </row>
+    <row r="706" spans="1:111">
       <c r="E706" s="2"/>
       <c r="L706" t="s">
         <v>3</v>
       </c>
       <c r="DB706" t="s">
-        <v>807</v>
-[...2 lines deleted...]
-    <row r="707" spans="1:110">
+        <v>813</v>
+      </c>
+    </row>
+    <row r="707" spans="1:111">
       <c r="E707" s="2"/>
       <c r="L707" t="s">
         <v>3</v>
       </c>
       <c r="DB707" t="s">
-        <v>808</v>
-[...2 lines deleted...]
-    <row r="708" spans="1:110">
+        <v>814</v>
+      </c>
+    </row>
+    <row r="708" spans="1:111">
       <c r="E708" s="2"/>
       <c r="L708" t="s">
         <v>3</v>
       </c>
       <c r="DB708" t="s">
-        <v>809</v>
-[...2 lines deleted...]
-    <row r="709" spans="1:110">
+        <v>815</v>
+      </c>
+    </row>
+    <row r="709" spans="1:111">
       <c r="E709" s="2"/>
       <c r="L709" t="s">
         <v>3</v>
       </c>
       <c r="DB709" t="s">
-        <v>810</v>
-[...2 lines deleted...]
-    <row r="710" spans="1:110">
+        <v>816</v>
+      </c>
+    </row>
+    <row r="710" spans="1:111">
       <c r="E710" s="2"/>
       <c r="L710" t="s">
         <v>3</v>
       </c>
       <c r="DB710" t="s">
-        <v>811</v>
-[...2 lines deleted...]
-    <row r="711" spans="1:110">
+        <v>817</v>
+      </c>
+    </row>
+    <row r="711" spans="1:111">
       <c r="E711" s="2"/>
       <c r="L711" t="s">
         <v>3</v>
       </c>
       <c r="DB711" t="s">
-        <v>812</v>
-[...2 lines deleted...]
-    <row r="712" spans="1:110">
+        <v>818</v>
+      </c>
+    </row>
+    <row r="712" spans="1:111">
       <c r="E712" s="2"/>
       <c r="L712" t="s">
         <v>3</v>
       </c>
       <c r="DB712" t="s">
-        <v>813</v>
-[...2 lines deleted...]
-    <row r="713" spans="1:110">
+        <v>819</v>
+      </c>
+    </row>
+    <row r="713" spans="1:111">
       <c r="E713" s="2"/>
       <c r="L713" t="s">
         <v>3</v>
       </c>
       <c r="DB713" t="s">
-        <v>814</v>
-[...2 lines deleted...]
-    <row r="714" spans="1:110">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="714" spans="1:111">
       <c r="E714" s="2"/>
       <c r="L714" t="s">
         <v>3</v>
       </c>
       <c r="DB714" t="s">
-        <v>815</v>
-[...2 lines deleted...]
-    <row r="715" spans="1:110">
+        <v>821</v>
+      </c>
+    </row>
+    <row r="715" spans="1:111">
       <c r="E715" s="2"/>
       <c r="L715" t="s">
         <v>3</v>
       </c>
       <c r="DB715" t="s">
-        <v>816</v>
-[...2 lines deleted...]
-    <row r="716" spans="1:110">
+        <v>822</v>
+      </c>
+    </row>
+    <row r="716" spans="1:111">
       <c r="E716" s="2"/>
       <c r="L716" t="s">
         <v>3</v>
       </c>
       <c r="DB716" t="s">
-        <v>817</v>
-[...2 lines deleted...]
-    <row r="717" spans="1:110">
+        <v>823</v>
+      </c>
+    </row>
+    <row r="717" spans="1:111">
       <c r="E717" s="2"/>
       <c r="L717" t="s">
         <v>3</v>
       </c>
       <c r="DB717" t="s">
-        <v>818</v>
-[...2 lines deleted...]
-    <row r="718" spans="1:110">
+        <v>824</v>
+      </c>
+    </row>
+    <row r="718" spans="1:111">
       <c r="E718" s="2"/>
       <c r="L718" t="s">
         <v>3</v>
       </c>
       <c r="DB718" t="s">
-        <v>819</v>
-[...2 lines deleted...]
-    <row r="719" spans="1:110">
+        <v>825</v>
+      </c>
+    </row>
+    <row r="719" spans="1:111">
       <c r="E719" s="2"/>
       <c r="L719" t="s">
         <v>3</v>
       </c>
       <c r="DB719" t="s">
-        <v>820</v>
-[...2 lines deleted...]
-    <row r="720" spans="1:110">
+        <v>826</v>
+      </c>
+    </row>
+    <row r="720" spans="1:111">
       <c r="E720" s="2"/>
       <c r="L720" t="s">
         <v>3</v>
       </c>
       <c r="DB720" t="s">
-        <v>821</v>
-[...2 lines deleted...]
-    <row r="721" spans="1:110">
+        <v>827</v>
+      </c>
+    </row>
+    <row r="721" spans="1:111">
       <c r="E721" s="2"/>
       <c r="L721" t="s">
         <v>3</v>
       </c>
       <c r="DB721" t="s">
-        <v>822</v>
-[...2 lines deleted...]
-    <row r="722" spans="1:110">
+        <v>828</v>
+      </c>
+    </row>
+    <row r="722" spans="1:111">
       <c r="E722" s="2"/>
       <c r="L722" t="s">
         <v>3</v>
       </c>
       <c r="DB722" t="s">
-        <v>823</v>
-[...2 lines deleted...]
-    <row r="723" spans="1:110">
+        <v>829</v>
+      </c>
+    </row>
+    <row r="723" spans="1:111">
       <c r="E723" s="2"/>
       <c r="L723" t="s">
         <v>3</v>
       </c>
       <c r="DB723" t="s">
-        <v>824</v>
-[...2 lines deleted...]
-    <row r="724" spans="1:110">
+        <v>830</v>
+      </c>
+    </row>
+    <row r="724" spans="1:111">
       <c r="E724" s="2"/>
       <c r="L724" t="s">
         <v>3</v>
       </c>
       <c r="DB724" t="s">
-        <v>825</v>
-[...2 lines deleted...]
-    <row r="725" spans="1:110">
+        <v>831</v>
+      </c>
+    </row>
+    <row r="725" spans="1:111">
       <c r="E725" s="2"/>
       <c r="L725" t="s">
         <v>3</v>
       </c>
       <c r="DB725" t="s">
-        <v>826</v>
-[...2 lines deleted...]
-    <row r="726" spans="1:110">
+        <v>832</v>
+      </c>
+    </row>
+    <row r="726" spans="1:111">
       <c r="E726" s="2"/>
       <c r="L726" t="s">
         <v>3</v>
       </c>
       <c r="DB726" t="s">
-        <v>827</v>
-[...2 lines deleted...]
-    <row r="727" spans="1:110">
+        <v>833</v>
+      </c>
+    </row>
+    <row r="727" spans="1:111">
       <c r="E727" s="2"/>
       <c r="L727" t="s">
         <v>3</v>
       </c>
       <c r="DB727" t="s">
-        <v>828</v>
-[...2 lines deleted...]
-    <row r="728" spans="1:110">
+        <v>834</v>
+      </c>
+    </row>
+    <row r="728" spans="1:111">
       <c r="E728" s="2"/>
       <c r="L728" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="729" spans="1:110">
+      <c r="DB728" t="s">
+        <v>835</v>
+      </c>
+    </row>
+    <row r="729" spans="1:111">
       <c r="E729" s="2"/>
       <c r="L729" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="730" spans="1:110">
+      <c r="DB729" t="s">
+        <v>836</v>
+      </c>
+    </row>
+    <row r="730" spans="1:111">
       <c r="E730" s="2"/>
       <c r="L730" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="731" spans="1:110">
+      <c r="DB730" t="s">
+        <v>837</v>
+      </c>
+    </row>
+    <row r="731" spans="1:111">
       <c r="E731" s="2"/>
       <c r="L731" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="732" spans="1:110">
+    <row r="732" spans="1:111">
       <c r="E732" s="2"/>
       <c r="L732" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="733" spans="1:110">
+    <row r="733" spans="1:111">
       <c r="E733" s="2"/>
       <c r="L733" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="734" spans="1:110">
+    <row r="734" spans="1:111">
       <c r="E734" s="2"/>
       <c r="L734" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="735" spans="1:110">
+    <row r="735" spans="1:111">
       <c r="E735" s="2"/>
       <c r="L735" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="736" spans="1:110">
+    <row r="736" spans="1:111">
       <c r="E736" s="2"/>
       <c r="L736" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="737" spans="1:110">
+    <row r="737" spans="1:111">
       <c r="E737" s="2"/>
       <c r="L737" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="738" spans="1:110">
+    <row r="738" spans="1:111">
       <c r="E738" s="2"/>
       <c r="L738" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="739" spans="1:110">
+    <row r="739" spans="1:111">
       <c r="E739" s="2"/>
       <c r="L739" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="740" spans="1:110">
+    <row r="740" spans="1:111">
       <c r="E740" s="2"/>
       <c r="L740" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="741" spans="1:110">
+    <row r="741" spans="1:111">
       <c r="E741" s="2"/>
       <c r="L741" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="742" spans="1:110">
+    <row r="742" spans="1:111">
       <c r="E742" s="2"/>
       <c r="L742" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="743" spans="1:110">
+    <row r="743" spans="1:111">
       <c r="E743" s="2"/>
       <c r="L743" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="744" spans="1:110">
+    <row r="744" spans="1:111">
       <c r="E744" s="2"/>
       <c r="L744" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="745" spans="1:110">
+    <row r="745" spans="1:111">
       <c r="E745" s="2"/>
       <c r="L745" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="746" spans="1:110">
+    <row r="746" spans="1:111">
       <c r="E746" s="2"/>
       <c r="L746" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="747" spans="1:110">
+    <row r="747" spans="1:111">
       <c r="E747" s="2"/>
       <c r="L747" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="748" spans="1:110">
+    <row r="748" spans="1:111">
       <c r="E748" s="2"/>
       <c r="L748" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="749" spans="1:110">
+    <row r="749" spans="1:111">
       <c r="E749" s="2"/>
       <c r="L749" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="750" spans="1:110">
+    <row r="750" spans="1:111">
       <c r="E750" s="2"/>
       <c r="L750" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="751" spans="1:110">
+    <row r="751" spans="1:111">
       <c r="E751" s="2"/>
       <c r="L751" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="752" spans="1:110">
+    <row r="752" spans="1:111">
       <c r="E752" s="2"/>
       <c r="L752" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="753" spans="1:110">
+    <row r="753" spans="1:111">
       <c r="E753" s="2"/>
       <c r="L753" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="754" spans="1:110">
+    <row r="754" spans="1:111">
       <c r="E754" s="2"/>
       <c r="L754" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="755" spans="1:110">
+    <row r="755" spans="1:111">
       <c r="E755" s="2"/>
       <c r="L755" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="756" spans="1:110">
+    <row r="756" spans="1:111">
       <c r="E756" s="2"/>
       <c r="L756" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="757" spans="1:110">
+    <row r="757" spans="1:111">
       <c r="E757" s="2"/>
       <c r="L757" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="758" spans="1:110">
+    <row r="758" spans="1:111">
       <c r="E758" s="2"/>
       <c r="L758" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="759" spans="1:110">
+    <row r="759" spans="1:111">
       <c r="E759" s="2"/>
       <c r="L759" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="760" spans="1:110">
+    <row r="760" spans="1:111">
       <c r="E760" s="2"/>
       <c r="L760" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="761" spans="1:110">
+    <row r="761" spans="1:111">
       <c r="E761" s="2"/>
       <c r="L761" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="762" spans="1:110">
+    <row r="762" spans="1:111">
       <c r="E762" s="2"/>
       <c r="L762" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="763" spans="1:110">
+    <row r="763" spans="1:111">
       <c r="E763" s="2"/>
       <c r="L763" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="764" spans="1:110">
+    <row r="764" spans="1:111">
       <c r="E764" s="2"/>
       <c r="L764" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="765" spans="1:110">
+    <row r="765" spans="1:111">
       <c r="E765" s="2"/>
       <c r="L765" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="766" spans="1:110">
+    <row r="766" spans="1:111">
       <c r="E766" s="2"/>
       <c r="L766" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="767" spans="1:110">
+    <row r="767" spans="1:111">
       <c r="E767" s="2"/>
       <c r="L767" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="768" spans="1:110">
+    <row r="768" spans="1:111">
       <c r="E768" s="2"/>
       <c r="L768" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="769" spans="1:110">
+    <row r="769" spans="1:111">
       <c r="E769" s="2"/>
       <c r="L769" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="770" spans="1:110">
+    <row r="770" spans="1:111">
       <c r="E770" s="2"/>
       <c r="L770" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="771" spans="1:110">
+    <row r="771" spans="1:111">
       <c r="E771" s="2"/>
       <c r="L771" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="772" spans="1:110">
+    <row r="772" spans="1:111">
       <c r="E772" s="2"/>
       <c r="L772" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="773" spans="1:110">
+    <row r="773" spans="1:111">
       <c r="E773" s="2"/>
       <c r="L773" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="774" spans="1:110">
+    <row r="774" spans="1:111">
       <c r="E774" s="2"/>
       <c r="L774" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="775" spans="1:110">
+    <row r="775" spans="1:111">
       <c r="E775" s="2"/>
       <c r="L775" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="776" spans="1:110">
+    <row r="776" spans="1:111">
       <c r="E776" s="2"/>
       <c r="L776" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="777" spans="1:110">
+    <row r="777" spans="1:111">
       <c r="E777" s="2"/>
       <c r="L777" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="778" spans="1:110">
+    <row r="778" spans="1:111">
       <c r="E778" s="2"/>
       <c r="L778" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="779" spans="1:110">
+    <row r="779" spans="1:111">
       <c r="E779" s="2"/>
       <c r="L779" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="780" spans="1:110">
+    <row r="780" spans="1:111">
       <c r="E780" s="2"/>
       <c r="L780" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="781" spans="1:110">
+    <row r="781" spans="1:111">
       <c r="E781" s="2"/>
       <c r="L781" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="782" spans="1:110">
+    <row r="782" spans="1:111">
       <c r="E782" s="2"/>
       <c r="L782" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="783" spans="1:110">
+    <row r="783" spans="1:111">
       <c r="E783" s="2"/>
       <c r="L783" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="784" spans="1:110">
+    <row r="784" spans="1:111">
       <c r="E784" s="2"/>
       <c r="L784" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="785" spans="1:110">
+    <row r="785" spans="1:111">
       <c r="E785" s="2"/>
       <c r="L785" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="786" spans="1:110">
+    <row r="786" spans="1:111">
       <c r="E786" s="2"/>
       <c r="L786" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="787" spans="1:110">
+    <row r="787" spans="1:111">
       <c r="E787" s="2"/>
       <c r="L787" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="788" spans="1:110">
+    <row r="788" spans="1:111">
       <c r="E788" s="2"/>
       <c r="L788" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="789" spans="1:110">
+    <row r="789" spans="1:111">
       <c r="E789" s="2"/>
       <c r="L789" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="790" spans="1:110">
+    <row r="790" spans="1:111">
       <c r="E790" s="2"/>
       <c r="L790" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="791" spans="1:110">
+    <row r="791" spans="1:111">
       <c r="E791" s="2"/>
       <c r="L791" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="792" spans="1:110">
+    <row r="792" spans="1:111">
       <c r="E792" s="2"/>
       <c r="L792" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="793" spans="1:110">
+    <row r="793" spans="1:111">
       <c r="E793" s="2"/>
       <c r="L793" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="794" spans="1:110">
+    <row r="794" spans="1:111">
       <c r="E794" s="2"/>
       <c r="L794" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="795" spans="1:110">
+    <row r="795" spans="1:111">
       <c r="E795" s="2"/>
       <c r="L795" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="796" spans="1:110">
+    <row r="796" spans="1:111">
       <c r="E796" s="2"/>
       <c r="L796" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="797" spans="1:110">
+    <row r="797" spans="1:111">
       <c r="E797" s="2"/>
       <c r="L797" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="798" spans="1:110">
+    <row r="798" spans="1:111">
       <c r="E798" s="2"/>
       <c r="L798" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="799" spans="1:110">
+    <row r="799" spans="1:111">
       <c r="E799" s="2"/>
       <c r="L799" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="800" spans="1:110">
+    <row r="800" spans="1:111">
       <c r="E800" s="2"/>
       <c r="L800" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="801" spans="1:110">
+    <row r="801" spans="1:111">
       <c r="E801" s="2"/>
       <c r="L801" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="802" spans="1:110">
+    <row r="802" spans="1:111">
       <c r="E802" s="2"/>
       <c r="L802" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="803" spans="1:110">
+    <row r="803" spans="1:111">
       <c r="E803" s="2"/>
       <c r="L803" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="804" spans="1:110">
+    <row r="804" spans="1:111">
       <c r="E804" s="2"/>
       <c r="L804" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="805" spans="1:110">
+    <row r="805" spans="1:111">
       <c r="E805" s="2"/>
       <c r="L805" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="806" spans="1:110">
+    <row r="806" spans="1:111">
       <c r="E806" s="2"/>
       <c r="L806" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="807" spans="1:110">
+    <row r="807" spans="1:111">
       <c r="E807" s="2"/>
       <c r="L807" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="808" spans="1:110">
+    <row r="808" spans="1:111">
       <c r="E808" s="2"/>
       <c r="L808" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="809" spans="1:110">
+    <row r="809" spans="1:111">
       <c r="E809" s="2"/>
       <c r="L809" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="810" spans="1:110">
+    <row r="810" spans="1:111">
       <c r="E810" s="2"/>
       <c r="L810" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="811" spans="1:110">
+    <row r="811" spans="1:111">
       <c r="E811" s="2"/>
       <c r="L811" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="812" spans="1:110">
+    <row r="812" spans="1:111">
       <c r="E812" s="2"/>
       <c r="L812" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="813" spans="1:110">
+    <row r="813" spans="1:111">
       <c r="E813" s="2"/>
       <c r="L813" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="814" spans="1:110">
+    <row r="814" spans="1:111">
       <c r="E814" s="2"/>
       <c r="L814" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="815" spans="1:110">
+    <row r="815" spans="1:111">
       <c r="E815" s="2"/>
       <c r="L815" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="816" spans="1:110">
+    <row r="816" spans="1:111">
       <c r="E816" s="2"/>
       <c r="L816" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="817" spans="1:110">
+    <row r="817" spans="1:111">
       <c r="E817" s="2"/>
       <c r="L817" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="818" spans="1:110">
+    <row r="818" spans="1:111">
       <c r="E818" s="2"/>
       <c r="L818" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="819" spans="1:110">
+    <row r="819" spans="1:111">
       <c r="E819" s="2"/>
       <c r="L819" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="820" spans="1:110">
+    <row r="820" spans="1:111">
       <c r="E820" s="2"/>
       <c r="L820" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="821" spans="1:110">
+    <row r="821" spans="1:111">
       <c r="E821" s="2"/>
       <c r="L821" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="822" spans="1:110">
+    <row r="822" spans="1:111">
       <c r="E822" s="2"/>
       <c r="L822" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="823" spans="1:110">
+    <row r="823" spans="1:111">
       <c r="E823" s="2"/>
       <c r="L823" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="824" spans="1:110">
+    <row r="824" spans="1:111">
       <c r="E824" s="2"/>
       <c r="L824" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="825" spans="1:110">
+    <row r="825" spans="1:111">
       <c r="E825" s="2"/>
       <c r="L825" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="826" spans="1:110">
+    <row r="826" spans="1:111">
       <c r="E826" s="2"/>
       <c r="L826" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="827" spans="1:110">
+    <row r="827" spans="1:111">
       <c r="E827" s="2"/>
       <c r="L827" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="828" spans="1:110">
+    <row r="828" spans="1:111">
       <c r="E828" s="2"/>
       <c r="L828" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="829" spans="1:110">
+    <row r="829" spans="1:111">
       <c r="E829" s="2"/>
       <c r="L829" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="830" spans="1:110">
+    <row r="830" spans="1:111">
       <c r="E830" s="2"/>
       <c r="L830" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="831" spans="1:110">
+    <row r="831" spans="1:111">
       <c r="E831" s="2"/>
       <c r="L831" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="832" spans="1:110">
+    <row r="832" spans="1:111">
       <c r="E832" s="2"/>
       <c r="L832" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="833" spans="1:110">
+    <row r="833" spans="1:111">
       <c r="E833" s="2"/>
       <c r="L833" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="834" spans="1:110">
+    <row r="834" spans="1:111">
       <c r="E834" s="2"/>
       <c r="L834" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="835" spans="1:110">
+    <row r="835" spans="1:111">
       <c r="E835" s="2"/>
       <c r="L835" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="836" spans="1:110">
+    <row r="836" spans="1:111">
       <c r="E836" s="2"/>
       <c r="L836" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="837" spans="1:110">
+    <row r="837" spans="1:111">
       <c r="E837" s="2"/>
       <c r="L837" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="838" spans="1:110">
+    <row r="838" spans="1:111">
       <c r="E838" s="2"/>
       <c r="L838" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="839" spans="1:110">
+    <row r="839" spans="1:111">
       <c r="E839" s="2"/>
       <c r="L839" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="840" spans="1:110">
+    <row r="840" spans="1:111">
       <c r="E840" s="2"/>
       <c r="L840" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="841" spans="1:110">
+    <row r="841" spans="1:111">
       <c r="E841" s="2"/>
       <c r="L841" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="842" spans="1:110">
+    <row r="842" spans="1:111">
       <c r="E842" s="2"/>
       <c r="L842" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="843" spans="1:110">
+    <row r="843" spans="1:111">
       <c r="E843" s="2"/>
       <c r="L843" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="844" spans="1:110">
+    <row r="844" spans="1:111">
       <c r="E844" s="2"/>
       <c r="L844" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="845" spans="1:110">
+    <row r="845" spans="1:111">
       <c r="E845" s="2"/>
       <c r="L845" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="846" spans="1:110">
+    <row r="846" spans="1:111">
       <c r="E846" s="2"/>
       <c r="L846" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="847" spans="1:110">
+    <row r="847" spans="1:111">
       <c r="E847" s="2"/>
       <c r="L847" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="848" spans="1:110">
+    <row r="848" spans="1:111">
       <c r="E848" s="2"/>
       <c r="L848" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="849" spans="1:110">
+    <row r="849" spans="1:111">
       <c r="E849" s="2"/>
       <c r="L849" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="850" spans="1:110">
+    <row r="850" spans="1:111">
       <c r="E850" s="2"/>
       <c r="L850" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="851" spans="1:110">
+    <row r="851" spans="1:111">
       <c r="E851" s="2"/>
       <c r="L851" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="852" spans="1:110">
+    <row r="852" spans="1:111">
       <c r="E852" s="2"/>
       <c r="L852" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="853" spans="1:110">
+    <row r="853" spans="1:111">
       <c r="E853" s="2"/>
       <c r="L853" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="854" spans="1:110">
+    <row r="854" spans="1:111">
       <c r="E854" s="2"/>
       <c r="L854" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="855" spans="1:110">
+    <row r="855" spans="1:111">
       <c r="E855" s="2"/>
       <c r="L855" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="856" spans="1:110">
+    <row r="856" spans="1:111">
       <c r="E856" s="2"/>
       <c r="L856" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="857" spans="1:110">
+    <row r="857" spans="1:111">
       <c r="E857" s="2"/>
       <c r="L857" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="858" spans="1:110">
+    <row r="858" spans="1:111">
       <c r="E858" s="2"/>
       <c r="L858" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="859" spans="1:110">
+    <row r="859" spans="1:111">
       <c r="E859" s="2"/>
       <c r="L859" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="860" spans="1:110">
+    <row r="860" spans="1:111">
       <c r="E860" s="2"/>
       <c r="L860" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="861" spans="1:110">
+    <row r="861" spans="1:111">
       <c r="E861" s="2"/>
       <c r="L861" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="862" spans="1:110">
+    <row r="862" spans="1:111">
       <c r="E862" s="2"/>
       <c r="L862" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="863" spans="1:110">
+    <row r="863" spans="1:111">
       <c r="E863" s="2"/>
       <c r="L863" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="864" spans="1:110">
+    <row r="864" spans="1:111">
       <c r="E864" s="2"/>
       <c r="L864" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="865" spans="1:110">
+    <row r="865" spans="1:111">
       <c r="E865" s="2"/>
       <c r="L865" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="866" spans="1:110">
+    <row r="866" spans="1:111">
       <c r="E866" s="2"/>
       <c r="L866" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="867" spans="1:110">
+    <row r="867" spans="1:111">
       <c r="E867" s="2"/>
       <c r="L867" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="868" spans="1:110">
+    <row r="868" spans="1:111">
       <c r="E868" s="2"/>
       <c r="L868" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="869" spans="1:110">
+    <row r="869" spans="1:111">
       <c r="E869" s="2"/>
       <c r="L869" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="870" spans="1:110">
+    <row r="870" spans="1:111">
       <c r="E870" s="2"/>
       <c r="L870" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="871" spans="1:110">
+    <row r="871" spans="1:111">
       <c r="E871" s="2"/>
       <c r="L871" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="872" spans="1:110">
+    <row r="872" spans="1:111">
       <c r="E872" s="2"/>
       <c r="L872" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="873" spans="1:110">
+    <row r="873" spans="1:111">
       <c r="E873" s="2"/>
       <c r="L873" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="874" spans="1:110">
+    <row r="874" spans="1:111">
       <c r="E874" s="2"/>
       <c r="L874" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="875" spans="1:110">
+    <row r="875" spans="1:111">
       <c r="E875" s="2"/>
       <c r="L875" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="876" spans="1:110">
+    <row r="876" spans="1:111">
       <c r="E876" s="2"/>
       <c r="L876" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="877" spans="1:110">
+    <row r="877" spans="1:111">
       <c r="E877" s="2"/>
       <c r="L877" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="878" spans="1:110">
+    <row r="878" spans="1:111">
       <c r="E878" s="2"/>
       <c r="L878" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="879" spans="1:110">
+    <row r="879" spans="1:111">
       <c r="E879" s="2"/>
       <c r="L879" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="880" spans="1:110">
+    <row r="880" spans="1:111">
       <c r="E880" s="2"/>
       <c r="L880" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="881" spans="1:110">
+    <row r="881" spans="1:111">
       <c r="E881" s="2"/>
       <c r="L881" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="882" spans="1:110">
+    <row r="882" spans="1:111">
       <c r="E882" s="2"/>
       <c r="L882" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="883" spans="1:110">
+    <row r="883" spans="1:111">
       <c r="E883" s="2"/>
       <c r="L883" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="884" spans="1:110">
+    <row r="884" spans="1:111">
       <c r="E884" s="2"/>
       <c r="L884" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="885" spans="1:110">
+    <row r="885" spans="1:111">
       <c r="E885" s="2"/>
       <c r="L885" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="886" spans="1:110">
+    <row r="886" spans="1:111">
       <c r="E886" s="2"/>
       <c r="L886" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="887" spans="1:110">
+    <row r="887" spans="1:111">
       <c r="E887" s="2"/>
       <c r="L887" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="888" spans="1:110">
+    <row r="888" spans="1:111">
       <c r="E888" s="2"/>
       <c r="L888" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="889" spans="1:110">
+    <row r="889" spans="1:111">
       <c r="E889" s="2"/>
       <c r="L889" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="890" spans="1:110">
+    <row r="890" spans="1:111">
       <c r="E890" s="2"/>
       <c r="L890" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="891" spans="1:110">
+    <row r="891" spans="1:111">
       <c r="E891" s="2"/>
       <c r="L891" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="892" spans="1:110">
+    <row r="892" spans="1:111">
       <c r="E892" s="2"/>
       <c r="L892" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="893" spans="1:110">
+    <row r="893" spans="1:111">
       <c r="E893" s="2"/>
       <c r="L893" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="894" spans="1:110">
+    <row r="894" spans="1:111">
       <c r="E894" s="2"/>
       <c r="L894" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="895" spans="1:110">
+    <row r="895" spans="1:111">
       <c r="E895" s="2"/>
       <c r="L895" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="896" spans="1:110">
+    <row r="896" spans="1:111">
       <c r="E896" s="2"/>
       <c r="L896" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="897" spans="1:110">
+    <row r="897" spans="1:111">
       <c r="E897" s="2"/>
       <c r="L897" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="898" spans="1:110">
+    <row r="898" spans="1:111">
       <c r="E898" s="2"/>
       <c r="L898" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="899" spans="1:110">
+    <row r="899" spans="1:111">
       <c r="E899" s="2"/>
       <c r="L899" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="900" spans="1:110">
+    <row r="900" spans="1:111">
       <c r="E900" s="2"/>
       <c r="L900" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="901" spans="1:110">
+    <row r="901" spans="1:111">
       <c r="E901" s="2"/>
       <c r="L901" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="902" spans="1:110">
+    <row r="902" spans="1:111">
       <c r="E902" s="2"/>
       <c r="L902" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="903" spans="1:110">
+    <row r="903" spans="1:111">
       <c r="E903" s="2"/>
       <c r="L903" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="904" spans="1:110">
+    <row r="904" spans="1:111">
       <c r="E904" s="2"/>
       <c r="L904" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="905" spans="1:110">
+    <row r="905" spans="1:111">
       <c r="E905" s="2"/>
       <c r="L905" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="906" spans="1:110">
+    <row r="906" spans="1:111">
       <c r="E906" s="2"/>
       <c r="L906" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="907" spans="1:110">
+    <row r="907" spans="1:111">
       <c r="E907" s="2"/>
       <c r="L907" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="908" spans="1:110">
+    <row r="908" spans="1:111">
       <c r="E908" s="2"/>
       <c r="L908" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="909" spans="1:110">
+    <row r="909" spans="1:111">
       <c r="E909" s="2"/>
       <c r="L909" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="910" spans="1:110">
+    <row r="910" spans="1:111">
       <c r="E910" s="2"/>
       <c r="L910" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="911" spans="1:110">
+    <row r="911" spans="1:111">
       <c r="E911" s="2"/>
       <c r="L911" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="912" spans="1:110">
+    <row r="912" spans="1:111">
       <c r="E912" s="2"/>
       <c r="L912" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="913" spans="1:110">
+    <row r="913" spans="1:111">
       <c r="E913" s="2"/>
       <c r="L913" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="914" spans="1:110">
+    <row r="914" spans="1:111">
       <c r="E914" s="2"/>
       <c r="L914" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="915" spans="1:110">
+    <row r="915" spans="1:111">
       <c r="E915" s="2"/>
       <c r="L915" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="916" spans="1:110">
+    <row r="916" spans="1:111">
       <c r="E916" s="2"/>
       <c r="L916" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="917" spans="1:110">
+    <row r="917" spans="1:111">
       <c r="E917" s="2"/>
       <c r="L917" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="918" spans="1:110">
+    <row r="918" spans="1:111">
       <c r="E918" s="2"/>
       <c r="L918" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="919" spans="1:110">
+    <row r="919" spans="1:111">
       <c r="E919" s="2"/>
       <c r="L919" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="920" spans="1:110">
+    <row r="920" spans="1:111">
       <c r="E920" s="2"/>
       <c r="L920" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="921" spans="1:110">
+    <row r="921" spans="1:111">
       <c r="E921" s="2"/>
       <c r="L921" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="922" spans="1:110">
+    <row r="922" spans="1:111">
       <c r="E922" s="2"/>
       <c r="L922" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="923" spans="1:110">
+    <row r="923" spans="1:111">
       <c r="E923" s="2"/>
       <c r="L923" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="924" spans="1:110">
+    <row r="924" spans="1:111">
       <c r="E924" s="2"/>
       <c r="L924" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="925" spans="1:110">
+    <row r="925" spans="1:111">
       <c r="E925" s="2"/>
       <c r="L925" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="926" spans="1:110">
+    <row r="926" spans="1:111">
       <c r="E926" s="2"/>
       <c r="L926" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="927" spans="1:110">
+    <row r="927" spans="1:111">
       <c r="E927" s="2"/>
       <c r="L927" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="928" spans="1:110">
+    <row r="928" spans="1:111">
       <c r="E928" s="2"/>
       <c r="L928" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="929" spans="1:110">
+    <row r="929" spans="1:111">
       <c r="E929" s="2"/>
       <c r="L929" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="930" spans="1:110">
+    <row r="930" spans="1:111">
       <c r="E930" s="2"/>
       <c r="L930" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="931" spans="1:110">
+    <row r="931" spans="1:111">
       <c r="E931" s="2"/>
       <c r="L931" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="932" spans="1:110">
+    <row r="932" spans="1:111">
       <c r="E932" s="2"/>
       <c r="L932" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="933" spans="1:110">
+    <row r="933" spans="1:111">
       <c r="E933" s="2"/>
       <c r="L933" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="934" spans="1:110">
+    <row r="934" spans="1:111">
       <c r="E934" s="2"/>
       <c r="L934" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="935" spans="1:110">
+    <row r="935" spans="1:111">
       <c r="E935" s="2"/>
       <c r="L935" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="936" spans="1:110">
+    <row r="936" spans="1:111">
       <c r="E936" s="2"/>
       <c r="L936" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="937" spans="1:110">
+    <row r="937" spans="1:111">
       <c r="E937" s="2"/>
       <c r="L937" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="938" spans="1:110">
+    <row r="938" spans="1:111">
       <c r="E938" s="2"/>
       <c r="L938" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="939" spans="1:110">
+    <row r="939" spans="1:111">
       <c r="E939" s="2"/>
       <c r="L939" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="940" spans="1:110">
+    <row r="940" spans="1:111">
       <c r="E940" s="2"/>
       <c r="L940" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="941" spans="1:110">
+    <row r="941" spans="1:111">
       <c r="E941" s="2"/>
       <c r="L941" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="942" spans="1:110">
+    <row r="942" spans="1:111">
       <c r="E942" s="2"/>
       <c r="L942" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="943" spans="1:110">
+    <row r="943" spans="1:111">
       <c r="E943" s="2"/>
       <c r="L943" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="944" spans="1:110">
+    <row r="944" spans="1:111">
       <c r="E944" s="2"/>
       <c r="L944" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="945" spans="1:110">
+    <row r="945" spans="1:111">
       <c r="E945" s="2"/>
       <c r="L945" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="946" spans="1:110">
+    <row r="946" spans="1:111">
       <c r="E946" s="2"/>
       <c r="L946" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="947" spans="1:110">
+    <row r="947" spans="1:111">
       <c r="E947" s="2"/>
       <c r="L947" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="948" spans="1:110">
+    <row r="948" spans="1:111">
       <c r="E948" s="2"/>
       <c r="L948" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="949" spans="1:110">
+    <row r="949" spans="1:111">
       <c r="E949" s="2"/>
       <c r="L949" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="950" spans="1:110">
+    <row r="950" spans="1:111">
       <c r="E950" s="2"/>
       <c r="L950" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="951" spans="1:110">
+    <row r="951" spans="1:111">
       <c r="E951" s="2"/>
       <c r="L951" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="952" spans="1:110">
+    <row r="952" spans="1:111">
       <c r="E952" s="2"/>
       <c r="L952" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="953" spans="1:110">
+    <row r="953" spans="1:111">
       <c r="E953" s="2"/>
       <c r="L953" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="954" spans="1:110">
+    <row r="954" spans="1:111">
       <c r="E954" s="2"/>
       <c r="L954" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="955" spans="1:110">
+    <row r="955" spans="1:111">
       <c r="E955" s="2"/>
       <c r="L955" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="956" spans="1:110">
+    <row r="956" spans="1:111">
       <c r="E956" s="2"/>
       <c r="L956" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="957" spans="1:110">
+    <row r="957" spans="1:111">
       <c r="E957" s="2"/>
       <c r="L957" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="958" spans="1:110">
+    <row r="958" spans="1:111">
       <c r="E958" s="2"/>
       <c r="L958" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="959" spans="1:110">
+    <row r="959" spans="1:111">
       <c r="E959" s="2"/>
       <c r="L959" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="960" spans="1:110">
+    <row r="960" spans="1:111">
       <c r="E960" s="2"/>
       <c r="L960" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="961" spans="1:110">
+    <row r="961" spans="1:111">
       <c r="E961" s="2"/>
       <c r="L961" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="962" spans="1:110">
+    <row r="962" spans="1:111">
       <c r="E962" s="2"/>
       <c r="L962" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="963" spans="1:110">
+    <row r="963" spans="1:111">
       <c r="E963" s="2"/>
       <c r="L963" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="964" spans="1:110">
+    <row r="964" spans="1:111">
       <c r="E964" s="2"/>
       <c r="L964" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="965" spans="1:110">
+    <row r="965" spans="1:111">
       <c r="E965" s="2"/>
       <c r="L965" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="966" spans="1:110">
+    <row r="966" spans="1:111">
       <c r="E966" s="2"/>
       <c r="L966" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="967" spans="1:110">
+    <row r="967" spans="1:111">
       <c r="E967" s="2"/>
       <c r="L967" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="968" spans="1:110">
+    <row r="968" spans="1:111">
       <c r="E968" s="2"/>
       <c r="L968" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="969" spans="1:110">
+    <row r="969" spans="1:111">
       <c r="E969" s="2"/>
       <c r="L969" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="970" spans="1:110">
+    <row r="970" spans="1:111">
       <c r="E970" s="2"/>
       <c r="L970" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="971" spans="1:110">
+    <row r="971" spans="1:111">
       <c r="E971" s="2"/>
       <c r="L971" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="972" spans="1:110">
+    <row r="972" spans="1:111">
       <c r="E972" s="2"/>
       <c r="L972" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="973" spans="1:110">
+    <row r="973" spans="1:111">
       <c r="E973" s="2"/>
       <c r="L973" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="974" spans="1:110">
+    <row r="974" spans="1:111">
       <c r="E974" s="2"/>
       <c r="L974" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="975" spans="1:110">
+    <row r="975" spans="1:111">
       <c r="E975" s="2"/>
       <c r="L975" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="976" spans="1:110">
+    <row r="976" spans="1:111">
       <c r="E976" s="2"/>
       <c r="L976" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="977" spans="1:110">
+    <row r="977" spans="1:111">
       <c r="E977" s="2"/>
       <c r="L977" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="978" spans="1:110">
+    <row r="978" spans="1:111">
       <c r="E978" s="2"/>
       <c r="L978" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="979" spans="1:110">
+    <row r="979" spans="1:111">
       <c r="E979" s="2"/>
       <c r="L979" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="980" spans="1:110">
+    <row r="980" spans="1:111">
       <c r="E980" s="2"/>
       <c r="L980" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="981" spans="1:110">
+    <row r="981" spans="1:111">
       <c r="E981" s="2"/>
       <c r="L981" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="982" spans="1:110">
+    <row r="982" spans="1:111">
       <c r="E982" s="2"/>
       <c r="L982" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="983" spans="1:110">
+    <row r="983" spans="1:111">
       <c r="E983" s="2"/>
       <c r="L983" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="984" spans="1:110">
+    <row r="984" spans="1:111">
       <c r="E984" s="2"/>
       <c r="L984" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="985" spans="1:110">
+    <row r="985" spans="1:111">
       <c r="E985" s="2"/>
       <c r="L985" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="986" spans="1:110">
+    <row r="986" spans="1:111">
       <c r="E986" s="2"/>
       <c r="L986" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="987" spans="1:110">
+    <row r="987" spans="1:111">
       <c r="E987" s="2"/>
       <c r="L987" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="988" spans="1:110">
+    <row r="988" spans="1:111">
       <c r="E988" s="2"/>
       <c r="L988" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="989" spans="1:110">
+    <row r="989" spans="1:111">
       <c r="E989" s="2"/>
       <c r="L989" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="990" spans="1:110">
+    <row r="990" spans="1:111">
       <c r="E990" s="2"/>
       <c r="L990" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="991" spans="1:110">
+    <row r="991" spans="1:111">
       <c r="E991" s="2"/>
       <c r="L991" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="992" spans="1:110">
+    <row r="992" spans="1:111">
       <c r="E992" s="2"/>
       <c r="L992" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="993" spans="1:110">
+    <row r="993" spans="1:111">
       <c r="E993" s="2"/>
       <c r="L993" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="994" spans="1:110">
+    <row r="994" spans="1:111">
       <c r="E994" s="2"/>
       <c r="L994" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="995" spans="1:110">
+    <row r="995" spans="1:111">
       <c r="E995" s="2"/>
       <c r="L995" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="996" spans="1:110">
+    <row r="996" spans="1:111">
       <c r="E996" s="2"/>
       <c r="L996" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="997" spans="1:110">
+    <row r="997" spans="1:111">
       <c r="E997" s="2"/>
       <c r="L997" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="998" spans="1:110">
+    <row r="998" spans="1:111">
       <c r="E998" s="2"/>
       <c r="L998" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="999" spans="1:110">
+    <row r="999" spans="1:111">
       <c r="E999" s="2"/>
       <c r="L999" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="1000" spans="1:110">
+    <row r="1000" spans="1:111">
       <c r="E1000" s="2"/>
       <c r="L1000" t="s">
         <v>3</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:CZ1"/>
     <mergeCell ref="A3:CZ3"/>
   </mergeCells>
-  <dataValidations count="6">
+  <dataValidations count="7">
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="D5:D1000">
       <formula1>'Worksheet'!$DA$1:$DA$3</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="F5:F1000">
-      <formula1>'Worksheet'!$DB$1:$DB$727</formula1>
+      <formula1>'Worksheet'!$DB$1:$DB$730</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="L5:L1000">
       <formula1>'Worksheet'!$DC$1:$DC$2</formula1>
     </dataValidation>
-    <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="N5:N1000">
-[...3 lines deleted...]
-      <formula1>'Worksheet'!$DE$1:$DE$24</formula1>
+    <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="M5:M1000">
+      <formula1>'Worksheet'!$DD$1:$DD$2</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="P5:P1000">
-      <formula1>'Worksheet'!$DF$1:$DF$37</formula1>
+      <formula1>'Worksheet'!$DE$1:$DE$8</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="Q5:Q1000">
+      <formula1>'Worksheet'!$DF$1:$DF$24</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="R5:R1000">
+      <formula1>'Worksheet'!$DG$1:$DG$37</formula1>
     </dataValidation>
   </dataValidations>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>