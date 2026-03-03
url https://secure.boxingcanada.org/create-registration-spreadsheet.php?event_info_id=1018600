--- v1 (2026-01-17)
+++ v2 (2026-03-03)
@@ -9,121 +9,124 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="838">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="883">
   <si>
     <t>NOTE: DO NOT MODIFY THE HIDDEN DATA IN ROW #2 OR IT WILL FAIL TO LOAD.</t>
   </si>
   <si>
     <t>Male</t>
   </si>
   <si>
     <t>13th Round Fight for Life</t>
   </si>
   <si>
     <t>Yes</t>
   </si>
   <si>
     <t>Best Western Premier Hotel &amp; Conference Centre-Calgary</t>
   </si>
   <si>
     <t>I competed at a previous Canada Cup</t>
   </si>
   <si>
     <t>FunBox</t>
   </si>
   <si>
     <t>W44kg</t>
   </si>
   <si>
     <t>1018600:typeValue:6:295766</t>
   </si>
   <si>
     <t>1018600:typeValue:102</t>
   </si>
   <si>
     <t>1018600:typeValue:103</t>
   </si>
   <si>
     <t>1018600:typeValue:104</t>
   </si>
   <si>
     <t>1018600:typeValue:105</t>
   </si>
   <si>
     <t>1018600:typeValue:106</t>
   </si>
   <si>
     <t>1018600:typeValue:9:295506</t>
   </si>
   <si>
     <t>1018600:typeValue:6:295517</t>
   </si>
   <si>
-    <t>1018600:typeValue:0:295774</t>
+    <t>1018600:typeValue:14:295869</t>
+  </si>
+  <si>
+    <t>1018600:typeValue-2:14</t>
+  </si>
+  <si>
+    <t>1018600:typeValue:14:295774</t>
   </si>
   <si>
     <t>1018600:typeValue:0:295756</t>
   </si>
   <si>
     <t>1018600:typeValue:14:295759</t>
   </si>
   <si>
-    <t>1018600:typeValue-2:14</t>
+    <t>1018600:typeValue:6:295508</t>
   </si>
   <si>
     <t>1018600:typeValue:3:295801</t>
   </si>
   <si>
     <t>1018600:typeValue:6:295802</t>
   </si>
   <si>
-    <t>1018600:typeValue:6:295508</t>
-[...1 lines deleted...]
-  <si>
     <t>1018600:typeValue:3:295518</t>
   </si>
   <si>
     <t>1018600:age_category</t>
   </si>
   <si>
     <t>1018600:reg_event:1</t>
   </si>
   <si>
     <t>Female</t>
   </si>
   <si>
     <t>161 Boxing Club</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Homewood Suites Calgary Airport</t>
   </si>
   <si>
     <t>My coach</t>
   </si>
   <si>
     <t>Men U15 (Junior B) Novice CANADA CUP</t>
@@ -149,293 +152,305 @@
   <si>
     <t>Boxing Canada Membership #</t>
   </si>
   <si>
     <t>First Name</t>
   </si>
   <si>
     <t>Last Name</t>
   </si>
   <si>
     <t>Gender</t>
   </si>
   <si>
     <t>Date of Birth (YYYY-MM-DD)</t>
   </si>
   <si>
     <t>Club</t>
   </si>
   <si>
     <t>Province</t>
   </si>
   <si>
     <t>Number of bouts in your book (or total number of bouts if you have replaced book(s))</t>
   </si>
   <si>
-    <t>Parent/Guardian Name (under 18 years)</t>
+    <t>Athlete Email (over 18 years old)</t>
+  </si>
+  <si>
+    <t>Email Opt In</t>
+  </si>
+  <si>
+    <t>Parent/Guardian Email (under 18 years old)</t>
   </si>
   <si>
     <t>Coach Name</t>
   </si>
   <si>
     <t>Coach Email</t>
   </si>
   <si>
-    <t>Email Opt In</t>
+    <t>NCCP Number</t>
   </si>
   <si>
     <t>Which Host Hotel are you staying at?</t>
   </si>
   <si>
     <t>Hotel Reservation Confirmation #</t>
   </si>
   <si>
-    <t>NCCP Number</t>
-[...1 lines deleted...]
-  <si>
     <t>How did you hear about the Canada Cup?</t>
   </si>
   <si>
     <t>Age Category</t>
   </si>
   <si>
     <t>Weight Division #1</t>
   </si>
   <si>
-    <t>2 Rivers Boxing Club</t>
+    <t>2-rivers-boxing-club</t>
   </si>
   <si>
     <t>A provincial boxing website</t>
   </si>
   <si>
     <t>Men U17 (Junior C) Open CANADA CUP</t>
   </si>
   <si>
     <t>W50kg</t>
   </si>
   <si>
     <t>2B Extreme Evolution Laval</t>
   </si>
   <si>
     <t>Radio</t>
   </si>
   <si>
+    <t>Women U15 (Junior B) Novice CANADA CUP</t>
+  </si>
+  <si>
+    <t>W51kg</t>
+  </si>
+  <si>
+    <t>2KO Mentor sportif</t>
+  </si>
+  <si>
+    <t>TV</t>
+  </si>
+  <si>
+    <t>Women U17 (Junior C) Novice CANADA CUP</t>
+  </si>
+  <si>
+    <t>W52kg</t>
+  </si>
+  <si>
+    <t>3rd-space-boxing-club</t>
+  </si>
+  <si>
+    <t>My Boxing Club</t>
+  </si>
+  <si>
+    <t>Women U17 (Junior C) Open CANADA CUP</t>
+  </si>
+  <si>
+    <t>W54kg</t>
+  </si>
+  <si>
+    <t>4 Corner Boxing Fitness</t>
+  </si>
+  <si>
+    <t>Signs/Posters</t>
+  </si>
+  <si>
     <t>Men U19 (Youth) Novice CANADA CUP</t>
   </si>
   <si>
-    <t>W51kg</t>
-[...5 lines deleted...]
-    <t>TV</t>
+    <t>W57kg</t>
+  </si>
+  <si>
+    <t>abbotsford-boxing-and-fitness</t>
+  </si>
+  <si>
+    <t>Another athlete</t>
   </si>
   <si>
     <t>Men U19 (Youth) Open CANADA CUP</t>
   </si>
   <si>
-    <t>W52kg</t>
-[...5 lines deleted...]
-    <t>My Boxing Club</t>
+    <t>W60kg</t>
+  </si>
+  <si>
+    <t>Abomb Boxing</t>
   </si>
   <si>
     <t>Men Elite Novice CANADA CUP</t>
   </si>
   <si>
-    <t>W54kg</t>
-[...5 lines deleted...]
-    <t>Signs/Posters</t>
+    <t>W63kg</t>
+  </si>
+  <si>
+    <t>Academie Boxe Frontenac</t>
   </si>
   <si>
     <t>Men Elite Open CANADA CUP</t>
   </si>
   <si>
-    <t>W57kg</t>
-[...17 lines deleted...]
-    <t>W63kg</t>
+    <t>W65kg</t>
   </si>
   <si>
     <t>Academie d'Arts Martiaux de Matane</t>
   </si>
   <si>
-    <t>Women U17 (Junior C) Open CANADA CUP</t>
-[...2 lines deleted...]
-    <t>W65kg</t>
+    <t>Women U19 (Youth) Novice CANADA CUP</t>
+  </si>
+  <si>
+    <t>W66kg</t>
   </si>
   <si>
     <t>Academie de boxe Atlas</t>
   </si>
   <si>
-    <t>Women U19 (Youth) Novice CANADA CUP</t>
-[...2 lines deleted...]
-    <t>W66kg</t>
+    <t>Women U19 (Youth) Open CANADA CUP</t>
+  </si>
+  <si>
+    <t>W70kg</t>
   </si>
   <si>
     <t>Academie de boxe BSL</t>
   </si>
   <si>
-    <t>Women U19 (Youth) Open CANADA CUP</t>
-[...2 lines deleted...]
-    <t>W70kg</t>
+    <t>Women Elite Novice CANADA CUP</t>
+  </si>
+  <si>
+    <t>W75kg</t>
   </si>
   <si>
     <t>Academie de boxe le Pugiliste</t>
   </si>
   <si>
-    <t>Women Elite Novice CANADA CUP</t>
-[...2 lines deleted...]
-    <t>W75kg</t>
+    <t>Women Elite Open CANADA CUP</t>
+  </si>
+  <si>
+    <t>W80kg</t>
   </si>
   <si>
     <t>Academie de boxe le Ring</t>
   </si>
   <si>
-    <t>Women Elite Open CANADA CUP</t>
-[...2 lines deleted...]
-    <t>W80kg</t>
+    <t>Men U15 (Junior B) Novice INDIGENOUS</t>
+  </si>
+  <si>
+    <t>W80+kg</t>
   </si>
   <si>
     <t>Academie de boxe olympique KO-96</t>
   </si>
   <si>
-    <t>Men U15 (Junior B) Novice INDIGENOUS</t>
-[...2 lines deleted...]
-    <t>W80+kg</t>
+    <t>Men U17 (Junior C) Novice INDIGENOUS</t>
+  </si>
+  <si>
+    <t>M44kg</t>
   </si>
   <si>
     <t>Academie de boxe Val Belair</t>
   </si>
   <si>
-    <t>Men U17 (Junior C) Novice INDIGENOUS</t>
-[...2 lines deleted...]
-    <t>M44kg</t>
+    <t>Men U19 (Youth) Novice INDIGENOUS</t>
+  </si>
+  <si>
+    <t>M46kg</t>
   </si>
   <si>
     <t>Academie de Kung-Fu et de Kick-Boxing Rive-Sud</t>
   </si>
   <si>
-    <t>Men U19 (Youth) Novice INDIGENOUS</t>
-[...2 lines deleted...]
-    <t>M46kg</t>
+    <t>Men Elite Novice INDIGENOUS</t>
+  </si>
+  <si>
+    <t>M48kg</t>
   </si>
   <si>
     <t>Academie Fighter's Pride</t>
   </si>
   <si>
     <t>Women U15 (Junior B) Novice INDIGENOUS</t>
   </si>
   <si>
-    <t>M48kg</t>
+    <t>M50kg</t>
   </si>
   <si>
     <t>Academie Impak</t>
   </si>
   <si>
     <t>Women U17 (Junior C) Novice INDIGENOUS</t>
   </si>
   <si>
-    <t>M50kg</t>
+    <t>M52kg</t>
   </si>
   <si>
     <t>Academie Martial</t>
   </si>
   <si>
     <t>Women U19 (Youth) Novice INDIGENOUS</t>
   </si>
   <si>
-    <t>M52kg</t>
+    <t>M54kg</t>
   </si>
   <si>
     <t>Academie Sparmax</t>
   </si>
   <si>
+    <t>Women Elite Novice INDIGENOUS</t>
+  </si>
+  <si>
+    <t>M55kg</t>
+  </si>
+  <si>
+    <t>Academie Sportive de Montreal</t>
+  </si>
+  <si>
     <t>Men Para Wheelchair</t>
   </si>
   <si>
-    <t>M54kg</t>
-[...2 lines deleted...]
-    <t>Academie Sportive de Montreal</t>
+    <t>M57kg</t>
+  </si>
+  <si>
+    <t>Academix Academy</t>
   </si>
   <si>
     <t>Women Para Wheelchair</t>
   </si>
   <si>
-    <t>M55kg</t>
-[...2 lines deleted...]
-    <t>Academix Academy</t>
+    <t>M60kg</t>
+  </si>
+  <si>
+    <t>Adams Boxing Club</t>
   </si>
   <si>
     <t>Coach / Manager</t>
   </si>
   <si>
-    <t>M57kg</t>
-[...10 lines deleted...]
-  <si>
     <t>M63kg</t>
   </si>
   <si>
     <t>AFT Boxing Academy Brantford (AFT TOP BOXING ACADEMY BRANTFORD)</t>
   </si>
   <si>
     <t>M65kg</t>
   </si>
   <si>
     <t>Ajax Boxing Club</t>
   </si>
   <si>
     <t>M66kg</t>
   </si>
   <si>
     <t>AK Boxing &amp; World Fitness</t>
   </si>
   <si>
     <t>M70kg</t>
   </si>
   <si>
     <t>Albion Boxing Club</t>
   </si>
   <si>
     <t>M75kg</t>
@@ -449,95 +464,140 @@
   <si>
     <t>Ali Combat Club</t>
   </si>
   <si>
     <t>M80+kg</t>
   </si>
   <si>
     <t>All Canadian Boxing</t>
   </si>
   <si>
     <t>M85kg</t>
   </si>
   <si>
     <t>All For One Boxing Club</t>
   </si>
   <si>
     <t>M90kg</t>
   </si>
   <si>
     <t>Alliance Boxing Club</t>
   </si>
   <si>
     <t>M90+kg</t>
   </si>
   <si>
+    <t>Para Wheelchair</t>
+  </si>
+  <si>
+    <t>Alliance Boxing Club SASKATOON (ABC S)</t>
+  </si>
+  <si>
     <t>Coach/Manager</t>
   </si>
   <si>
-    <t>Alliance Boxing Club SASKATOON (ABC S)</t>
-[...2 lines deleted...]
-    <t>Para Wheelchair</t>
+    <t>M42</t>
   </si>
   <si>
     <t>Amazing Fitness</t>
   </si>
   <si>
-    <t>Ambitions boxing club</t>
+    <t>M40</t>
+  </si>
+  <si>
+    <t>ambitions-boxing</t>
+  </si>
+  <si>
+    <t>M38</t>
   </si>
   <si>
     <t>Ambush Boxing Club</t>
   </si>
   <si>
+    <t>M36</t>
+  </si>
+  <si>
     <t>Amoring Boxing Club</t>
   </si>
   <si>
+    <t>M34</t>
+  </si>
+  <si>
     <t>Amplified Athletics Inc. (AMPLIFIED ATHLETICS)</t>
   </si>
   <si>
-    <t>ANIMO BOXING &amp; MMA</t>
+    <t>M32</t>
+  </si>
+  <si>
+    <t>animo-boxing-and-mma-gym</t>
+  </si>
+  <si>
+    <t>M30</t>
+  </si>
+  <si>
+    <t>anvil-boxing</t>
+  </si>
+  <si>
+    <t>W42</t>
   </si>
   <si>
     <t>Apex Combatives</t>
   </si>
   <si>
+    <t>W40</t>
+  </si>
+  <si>
     <t>Arts Martiaux Apex</t>
   </si>
   <si>
+    <t>W38</t>
+  </si>
+  <si>
     <t>Arts Martiaux Evolution</t>
   </si>
   <si>
+    <t>W36</t>
+  </si>
+  <si>
     <t>Ashukian's Academy of Boxing</t>
   </si>
   <si>
+    <t>W34</t>
+  </si>
+  <si>
     <t>Athena's Den</t>
   </si>
   <si>
+    <t>W32</t>
+  </si>
+  <si>
     <t>Atlas Boxing Club</t>
   </si>
   <si>
+    <t>W30</t>
+  </si>
+  <si>
     <t>Avenue Boxing Club</t>
   </si>
   <si>
     <t>B.A.M Niagara</t>
   </si>
   <si>
     <t>Bad Boyz Mma</t>
   </si>
   <si>
     <t>BAM BAM</t>
   </si>
   <si>
     <t>Bam Bam Boxing Club</t>
   </si>
   <si>
     <t>Bam Niagara</t>
   </si>
   <si>
     <t>Bam-Bam's Boxing Gym</t>
   </si>
   <si>
     <t>Baralys Rival Boxing Gym</t>
   </si>
   <si>
     <t>Barbu kickboxing</t>
@@ -554,248 +614,266 @@
   <si>
     <t>Bay Area Athletic Club</t>
   </si>
   <si>
     <t>Bay Shore Boxing</t>
   </si>
   <si>
     <t>Beaver Boxing Club</t>
   </si>
   <si>
     <t>Bell Boxing Fitness</t>
   </si>
   <si>
     <t>Bell City</t>
   </si>
   <si>
     <t>Bell City Boxing Club</t>
   </si>
   <si>
     <t>Berwick Amateur Boxing Club</t>
   </si>
   <si>
     <t>Between the ropes boxing club</t>
   </si>
   <si>
-    <t>Beyond Boxing</t>
-[...1 lines deleted...]
-  <si>
     <t>Beyond Boxing Fitness Society</t>
   </si>
   <si>
+    <t>beyond-boxing-club</t>
+  </si>
+  <si>
     <t>BiagioBoxe</t>
   </si>
   <si>
     <t>BigTyme</t>
   </si>
   <si>
+    <t>bisla-martial-arts</t>
+  </si>
+  <si>
     <t>Black Dog Boxing Club</t>
   </si>
   <si>
     <t>Black Eagle Martial Arts</t>
   </si>
   <si>
     <t>Black Rock Boxing Club</t>
   </si>
   <si>
+    <t>Black Tide Combat and Athletics</t>
+  </si>
+  <si>
     <t>Black Tigers Gym</t>
   </si>
   <si>
     <t>Blands Boxing Club</t>
   </si>
   <si>
     <t>Blaze Performance Training Inc.</t>
   </si>
   <si>
     <t>Bloor Street Boxing</t>
   </si>
   <si>
     <t>Bloor Street Boxing Club</t>
   </si>
   <si>
     <t>Blue Collar Boxing Academy</t>
   </si>
   <si>
     <t>Bluewater Boxing Club</t>
   </si>
   <si>
     <t>Body By Chosen</t>
   </si>
   <si>
     <t>Body by Dex Studio</t>
   </si>
   <si>
     <t>Body Head</t>
   </si>
   <si>
     <t>Bolton Boxing</t>
   </si>
   <si>
     <t>Boomerz Boxing</t>
   </si>
   <si>
     <t>Border City Boxing</t>
   </si>
   <si>
     <t>Bowmont Boxing Club</t>
   </si>
   <si>
     <t>Box 117</t>
   </si>
   <si>
     <t>Box and Lift</t>
   </si>
   <si>
-    <t>BOX2FIT</t>
+    <t>box2fit</t>
   </si>
   <si>
     <t>Boxe 376</t>
   </si>
   <si>
     <t>Boxe 3HB</t>
   </si>
   <si>
     <t>Boxe Elite Gatineau</t>
   </si>
   <si>
     <t>Boxe Fit</t>
   </si>
   <si>
     <t>Boxe Matthew Carrier inc.</t>
   </si>
   <si>
     <t>Boxe Pit Bull</t>
   </si>
   <si>
     <t>Boxe Rimouski</t>
   </si>
   <si>
     <t>Boxe St-Emile</t>
   </si>
   <si>
     <t>Boxe Temis</t>
   </si>
   <si>
     <t>Boxemontreal.com</t>
   </si>
   <si>
+    <t>Boxing New Brunswick (BNB!)</t>
+  </si>
+  <si>
+    <t>Boxing Newfoundland &amp; Labrador (BNFL)</t>
+  </si>
+  <si>
+    <t>Boxing Saskatchewan (N/A)</t>
+  </si>
+  <si>
+    <t>Boxing Saskatchewan Provincial Team (BSPT)</t>
+  </si>
+  <si>
     <t>Boxing Without Barriers</t>
   </si>
   <si>
     <t>Bramalea Boxing Club</t>
   </si>
   <si>
     <t>Brampton Boxing</t>
   </si>
   <si>
     <t>Brampton Boxing Gym</t>
   </si>
   <si>
     <t>Brandon Fitness Combat Academy</t>
   </si>
   <si>
     <t>Brantford Black Eye</t>
   </si>
   <si>
     <t>Brantford Blackeye Boxing Club</t>
   </si>
   <si>
     <t>Brave Boxing Club</t>
   </si>
   <si>
     <t>Brave Boxing</t>
   </si>
   <si>
     <t>Brickhouse 24/7</t>
   </si>
   <si>
     <t>Budo Canada</t>
   </si>
   <si>
     <t>Built By Mack</t>
   </si>
   <si>
     <t>Bull Training</t>
   </si>
   <si>
     <t>Bulldog Boxing &amp; MMA Academy</t>
   </si>
   <si>
     <t>Bulldog Boxing Academy</t>
   </si>
   <si>
     <t>Bulldog Boxing Club</t>
   </si>
   <si>
-    <t>Bulldogs Fitness &amp; Boxing Centre</t>
+    <t>bulldogs-fitness-boxing-centre</t>
   </si>
   <si>
     <t>Burlington Training Centre</t>
   </si>
   <si>
     <t>Bushido Boxing</t>
   </si>
   <si>
     <t>C.O.A.D.E.S. Boxing</t>
   </si>
   <si>
     <t>C4 Delgado</t>
   </si>
   <si>
     <t>C4 MMA &amp; Fitness/TW Boxing</t>
   </si>
   <si>
     <t>Cabbagetown Boxing Club</t>
   </si>
   <si>
     <t>Caged Dragon Boxing</t>
   </si>
   <si>
     <t>Calgary Boxing Club</t>
   </si>
   <si>
+    <t>campbell-river-boxing-club</t>
+  </si>
+  <si>
     <t>Campbellton Boxing Club</t>
   </si>
   <si>
     <t>Canadian Fighting Centre</t>
   </si>
   <si>
     <t>Cardio-Boxe Sow</t>
   </si>
   <si>
     <t>Cardoso Boxing</t>
   </si>
   <si>
     <t>Cardoso Boxing Club</t>
   </si>
   <si>
     <t>Carrefour Multisports</t>
   </si>
   <si>
-    <t>Cave Athletics / Sanctum</t>
-[...1 lines deleted...]
-  <si>
     <t>CBS Boxing Club</t>
   </si>
   <si>
     <t>CCCCBoxing</t>
   </si>
   <si>
     <t>Celtic Hammer</t>
   </si>
   <si>
     <t>Celtic Hammer Boxing Club</t>
   </si>
   <si>
     <t>Central Boxing</t>
   </si>
   <si>
     <t>Central Park Athletics</t>
   </si>
   <si>
     <t>Centre d'arts martiaux Kaizen</t>
   </si>
   <si>
     <t>Centre regional boxe erable</t>
   </si>
   <si>
     <t>Centre Ring</t>
@@ -812,51 +890,51 @@
   <si>
     <t>Champion</t>
   </si>
   <si>
     <t>Champion Boxing Club</t>
   </si>
   <si>
     <t>Champion Gym</t>
   </si>
   <si>
     <t>Championship City Boxing Club</t>
   </si>
   <si>
     <t>Champs Eastside Boxing</t>
   </si>
   <si>
     <t>champs eastside boxing club</t>
   </si>
   <si>
     <t>Cheriki Academy</t>
   </si>
   <si>
     <t>Chestermere Boxing Club</t>
   </si>
   <si>
-    <t>Chilliwack Boxing Club</t>
+    <t>chilliwack-boxing-club</t>
   </si>
   <si>
     <t>Citadel Boxing Club</t>
   </si>
   <si>
     <t>City Boxing Club</t>
   </si>
   <si>
     <t>City of Lakes Boxing Club</t>
   </si>
   <si>
     <t>CJ boxing</t>
   </si>
   <si>
     <t>Clancy's Boxing Academy</t>
   </si>
   <si>
     <t>Club 201</t>
   </si>
   <si>
     <t>Club de boxe Abitemis</t>
   </si>
   <si>
     <t>Club de boxe Action Plus</t>
   </si>
@@ -1052,489 +1130,507 @@
   <si>
     <t>Club sportif Yasabdes</t>
   </si>
   <si>
     <t>Club X-Boxe Shawinigan</t>
   </si>
   <si>
     <t>Clubb Canada</t>
   </si>
   <si>
     <t>College sportif Bergeron boxe et kick boxing</t>
   </si>
   <si>
     <t>Combative Concepts Academy Of Martial Arts</t>
   </si>
   <si>
     <t>Combative Concepts Boxing Club</t>
   </si>
   <si>
     <t>Come Train With Nat</t>
   </si>
   <si>
     <t>Comodus boxing club ltd</t>
   </si>
   <si>
-    <t>Comox valley boxing club</t>
-[...2 lines deleted...]
-    <t>Contenders Boxing Studio</t>
+    <t>comox-valley-boxing-club</t>
+  </si>
+  <si>
+    <t>contenders-boxing-studio</t>
   </si>
   <si>
     <t>Cookstown Boxing</t>
   </si>
   <si>
     <t>Corcoran's Boxing Club &amp; Fitness Centre</t>
   </si>
   <si>
     <t>Cougar Boxing Club</t>
   </si>
   <si>
     <t>Coult45Fitness</t>
   </si>
   <si>
     <t>Counter Punch</t>
   </si>
   <si>
     <t>Counterpunch Promotions</t>
   </si>
   <si>
-    <t>Cranbrook eagles boxing club</t>
+    <t>cranbrook-eagles-boxing-club</t>
   </si>
   <si>
     <t>Crandall University</t>
   </si>
   <si>
     <t>Crew Boxe + Fitness</t>
   </si>
   <si>
     <t>Crown Boxing</t>
   </si>
   <si>
-    <t>Crushers Boxing</t>
+    <t>crusher-combat-sports</t>
   </si>
   <si>
     <t>DC Boxing</t>
   </si>
   <si>
     <t>DC Boxing Academy</t>
   </si>
   <si>
     <t>De Concept Plus</t>
   </si>
   <si>
     <t>Delgado Boxing Battle Arts Academy</t>
   </si>
   <si>
     <t>Demers Boxing Club</t>
   </si>
   <si>
     <t>Derrick Boxing Club</t>
   </si>
   <si>
     <t>Destiny Boxing</t>
   </si>
   <si>
     <t>Dewith Frazer Boxing and fitness inc (DEWITH FRAZER BOXING AND FITNESS INC)</t>
   </si>
   <si>
     <t>Diamond Fitness Mixed Martial Arts</t>
   </si>
   <si>
-    <t>Diaz Boxing Club</t>
+    <t>diaz-boxing-club</t>
+  </si>
+  <si>
+    <t>dk-boxing</t>
   </si>
   <si>
     <t>DMC Boxing Club</t>
   </si>
   <si>
     <t>Dog Pound Boxing and Fitness</t>
   </si>
   <si>
     <t>Doggpound MMA</t>
   </si>
   <si>
     <t>Doghouse Boxing Club</t>
   </si>
   <si>
     <t>DogPound boxing academy</t>
   </si>
   <si>
     <t>Donnybrook Boxing Gym</t>
   </si>
   <si>
+    <t>Down North Boxing Club</t>
+  </si>
+  <si>
     <t>Dukes Up Boxing Club</t>
   </si>
   <si>
     <t>Durham Boxing Academy</t>
   </si>
   <si>
     <t>Dynamik Saguenay</t>
   </si>
   <si>
     <t>Dynamite Boxing Club</t>
   </si>
   <si>
     <t>East Coast Amateur Boxing Academy</t>
   </si>
   <si>
     <t>Eastman Boxing Club</t>
   </si>
   <si>
-    <t>Eastside Boxing Club</t>
-[...1 lines deleted...]
-  <si>
     <t>Eastside Boxing</t>
   </si>
   <si>
+    <t>eastside-boxing-club</t>
+  </si>
+  <si>
     <t>Ecole de boxe Commando</t>
   </si>
   <si>
     <t>Ecole de boxe les Apprentis Champions</t>
   </si>
   <si>
     <t>Ecole de boxe olympique RDL</t>
   </si>
   <si>
     <t>Ecole de boxe olympique Sorel-Tracy</t>
   </si>
   <si>
     <t>Ecole de kickboxing de l'Estrie</t>
   </si>
   <si>
     <t>Ecole Shao-Lin Boxe Matane</t>
   </si>
   <si>
     <t>Eldorado Boxing</t>
   </si>
   <si>
     <t>Elite fight club</t>
   </si>
   <si>
-    <t>Empire Boxing</t>
-[...1 lines deleted...]
-  <si>
     <t>Empire Mixed Martial Arts &amp; Fitness</t>
   </si>
   <si>
+    <t>empire-boxing</t>
+  </si>
+  <si>
     <t>EnergyBox</t>
   </si>
   <si>
     <t>Equipe oneXone</t>
   </si>
   <si>
     <t>Eskasoni Red Tribe Boxing Club</t>
   </si>
   <si>
     <t>Evangeline Trail Boxing Club</t>
   </si>
   <si>
     <t>Evolve MMA</t>
   </si>
   <si>
     <t>Face Off Boxing Club</t>
   </si>
   <si>
     <t>Farrell Boxing Nonprofit</t>
   </si>
   <si>
     <t>Father and Son Boxing</t>
   </si>
   <si>
     <t>Favela Training Center</t>
   </si>
   <si>
     <t>FBFN</t>
   </si>
   <si>
     <t>Fearless Boxing Club</t>
   </si>
   <si>
     <t>Fearless MMA</t>
   </si>
   <si>
-    <t>Fernie Old School Boxing Club</t>
+    <t>fernie-old-school-boxing-club</t>
   </si>
   <si>
     <t>FFTC Boxing Club</t>
   </si>
   <si>
     <t>Fierce N Fit Boxing</t>
   </si>
   <si>
     <t>Fight Club 1947</t>
   </si>
   <si>
     <t>Fighting Island Boxing Club</t>
   </si>
   <si>
     <t>FIIT co</t>
   </si>
   <si>
     <t>Final Round Boxing</t>
   </si>
   <si>
     <t>Final Round Boxing Inc.</t>
   </si>
   <si>
     <t>First Strike Boxing</t>
   </si>
   <si>
     <t>FISTS Boxing Club</t>
   </si>
   <si>
-    <t>Fivestar Boxing Academy</t>
+    <t>fivestar-boxing-academy</t>
+  </si>
+  <si>
+    <t>force-boxing-and-fitness</t>
   </si>
   <si>
     <t>Fredericton Boxing Club</t>
   </si>
   <si>
     <t>Free Fitness – Assassin Boxing Club</t>
   </si>
   <si>
     <t>G3 Gym Unis-Boxe Val-Belair</t>
   </si>
   <si>
     <t>Garden Warrior Leadership</t>
   </si>
   <si>
     <t>Get Enhanced Inc.</t>
   </si>
   <si>
     <t>Gideon Boxing Academy</t>
   </si>
   <si>
     <t>Gideon's Guard Faith Based Boxing</t>
   </si>
   <si>
     <t>Girls Just Wanna Box</t>
   </si>
   <si>
     <t>Gladiateur Gym</t>
   </si>
   <si>
+    <t>Gladiators Boxing Team (1625)</t>
+  </si>
+  <si>
     <t>Glory MMA</t>
   </si>
   <si>
     <t>Gloves Up Boxing</t>
   </si>
   <si>
     <t>Go Boxe 3R</t>
   </si>
   <si>
     <t>Gold City Boxing</t>
   </si>
   <si>
     <t>Gold Sport Life Inc.</t>
   </si>
   <si>
     <t>Golden Tiger</t>
   </si>
   <si>
     <t>Goldenstars Boxing Club</t>
   </si>
   <si>
     <t>GPG Boxing Club</t>
   </si>
   <si>
     <t>Grant Boxing Gym</t>
   </si>
   <si>
     <t>Grants</t>
   </si>
   <si>
-    <t>Griffins Boxing Club</t>
+    <t>griffins-boxing-club</t>
   </si>
   <si>
     <t>Grizzly Cage Boxing Club (GRIZZLY CAGE BOXING)</t>
   </si>
   <si>
     <t>Guelph MMA</t>
   </si>
   <si>
     <t>Gym le Local</t>
   </si>
   <si>
     <t>Hadaway Boxing</t>
   </si>
   <si>
     <t>Hampton Golden Gloves</t>
   </si>
   <si>
     <t>Hants County Boxing Academy</t>
   </si>
   <si>
     <t>Hard Knocks</t>
   </si>
   <si>
     <t>Hard Knox Gym</t>
   </si>
   <si>
     <t>Hardknocks Boxing Club</t>
   </si>
   <si>
-    <t>HeavyMetal Boxing</t>
-[...2 lines deleted...]
-    <t>Hero Academy</t>
+    <t>heavy-metal-boxing-club</t>
   </si>
   <si>
     <t>HFBC</t>
   </si>
   <si>
     <t>High Performance National Training Centre</t>
   </si>
   <si>
     <t>Hinton Boxing Club</t>
   </si>
   <si>
     <t>HitFit Organization</t>
   </si>
   <si>
     <t>House of Champions Martial Arts</t>
   </si>
   <si>
     <t>House of Five</t>
   </si>
   <si>
     <t>Hubtown Boxing Club</t>
   </si>
   <si>
     <t>HUF Boxing</t>
   </si>
   <si>
     <t>HUF Delgado Boxing Club</t>
   </si>
   <si>
     <t>Humble Boxing Academy</t>
   </si>
   <si>
     <t>Hustle Believe Achieve Boxing and Fitness</t>
   </si>
   <si>
+    <t>hyperoo-performance-centre</t>
+  </si>
+  <si>
     <t>Impact Boxing Club</t>
   </si>
   <si>
     <t>In This Corner Boxing Fitness Centre</t>
   </si>
   <si>
     <t>Independant</t>
   </si>
   <si>
     <t>Independant Alberta</t>
   </si>
   <si>
+    <t>Independent (N/A)</t>
+  </si>
+  <si>
     <t>Infinite Martial Arts and Fitness</t>
   </si>
   <si>
+    <t>innercity-boxing-club</t>
+  </si>
+  <si>
     <t>Inside the Ropes</t>
   </si>
   <si>
     <t>Insight x Boxing</t>
   </si>
   <si>
     <t>InsightX Boxing</t>
   </si>
   <si>
     <t>Instinct Boxing Club</t>
   </si>
   <si>
     <t>Iron Cat Boxing</t>
   </si>
   <si>
-    <t>Iron Forge Fight and Fitness Ltd.</t>
-[...1 lines deleted...]
-  <si>
     <t>Iron Lady Boxing Club</t>
   </si>
   <si>
     <t>Irwins Boxing Club</t>
   </si>
   <si>
-    <t>Island Boxing</t>
+    <t>island-boxing-club</t>
   </si>
   <si>
     <t>Jaguar BC</t>
   </si>
   <si>
     <t>James Town Boxing</t>
   </si>
   <si>
     <t>Jamestown Boxing Club</t>
   </si>
   <si>
     <t>JCC Boxing club</t>
   </si>
   <si>
     <t>Journey Boxing</t>
   </si>
   <si>
     <t>JTI Boxing</t>
   </si>
   <si>
     <t>Just Train It</t>
   </si>
   <si>
     <t>K.A. Boxing</t>
   </si>
   <si>
     <t>K.O. Club Martial Arts Fitness</t>
   </si>
   <si>
     <t>K1 Academy</t>
   </si>
   <si>
     <t>Kalsamrit Gym Inc</t>
   </si>
   <si>
     <t>Kamikaze Punishment Foundation</t>
   </si>
   <si>
+    <t>kamloops-boxing-academy</t>
+  </si>
+  <si>
     <t>Kashechewan</t>
   </si>
   <si>
     <t>Kashechewan Boxing Club</t>
   </si>
   <si>
     <t>KAYO</t>
   </si>
   <si>
-    <t>Kelowna Boxing Club</t>
+    <t>kelowna-boxing-club</t>
   </si>
   <si>
     <t>Kent Athletic Youth Orgaization (KAYO)</t>
   </si>
   <si>
     <t>Kent Athletic Youth Organization</t>
   </si>
   <si>
     <t>Khalsa Boxing Club</t>
   </si>
   <si>
     <t>Kickboxing Jiu-Jitsu Academie</t>
   </si>
   <si>
-    <t>Kids N Play Boxing and Empowerment</t>
+    <t>kidsnplay-boxing-empowerment</t>
   </si>
   <si>
     <t>King of the ring</t>
   </si>
   <si>
     <t>King Solo boxing (5555)</t>
   </si>
   <si>
     <t>Kingsman Boxing</t>
   </si>
   <si>
     <t>Kingston Youth Boxing Club</t>
   </si>
   <si>
     <t>Kingsway Boxing Club</t>
   </si>
   <si>
     <t>Kingways Boxing Club (KBC)</t>
   </si>
   <si>
     <t>Knockout Brampton Boxing</t>
   </si>
   <si>
     <t>KO-ED Boxing Academy</t>
   </si>
@@ -1547,503 +1643,521 @@
   <si>
     <t>Komoka Kilworth School of Boxing Muay Thai Fitness</t>
   </si>
   <si>
     <t>Kopas Boxing Club</t>
   </si>
   <si>
     <t>Kubicki Boxing Team</t>
   </si>
   <si>
     <t>KV Golden Gloves</t>
   </si>
   <si>
     <t>La Zone TR</t>
   </si>
   <si>
     <t>Lac La Biche Boxing Club</t>
   </si>
   <si>
     <t>Lahave Boxing Club</t>
   </si>
   <si>
     <t>Le Kick Club</t>
   </si>
   <si>
-    <t>Le Stage Boxing</t>
-[...1 lines deleted...]
-  <si>
     <t>Le Studio Hotbox</t>
   </si>
   <si>
+    <t>le-stage-boxing-club</t>
+  </si>
+  <si>
     <t>Leading Edge Boxing</t>
   </si>
   <si>
+    <t>Legacy Boxing (12345)</t>
+  </si>
+  <si>
     <t>Legacy Boxing Club</t>
   </si>
   <si>
     <t>Legends Boxing Academy</t>
   </si>
   <si>
     <t>Legends MMA Inc</t>
   </si>
   <si>
     <t>Leone Gym Inc.</t>
   </si>
   <si>
     <t>Les etoiles sportives de Montreal</t>
   </si>
   <si>
     <t>Les Promotions Alexandre</t>
   </si>
   <si>
     <t>Lethbridge Boxing Club</t>
   </si>
   <si>
     <t>Lethbridge Dopamine Boxing Club</t>
   </si>
   <si>
     <t>Lewis Boxing Elite</t>
   </si>
   <si>
     <t>LFG Fitness and Athletic Performance Ltd.</t>
   </si>
   <si>
     <t>Lifestyle Boxing (LBT)</t>
   </si>
   <si>
+    <t>lillooet-boxing-club</t>
+  </si>
+  <si>
     <t>Lions Boxing and Fitness</t>
   </si>
   <si>
     <t>Liverpool Boxing Club</t>
   </si>
   <si>
     <t>Lloydminster Boxing</t>
   </si>
   <si>
     <t>London Boxing</t>
   </si>
   <si>
     <t>London Warriors Boxing</t>
   </si>
   <si>
     <t>Lonsdale BC</t>
   </si>
   <si>
+    <t>los-gatos-locos-madkatz</t>
+  </si>
+  <si>
     <t>Lux Boxing</t>
   </si>
   <si>
     <t>Lynx Pro Boxe</t>
   </si>
   <si>
     <t>M.A.F.A 1991</t>
   </si>
   <si>
     <t>M.P.T Fitness and Boxing</t>
   </si>
   <si>
     <t>M1 Thai</t>
   </si>
   <si>
     <t>Mad Boxe et Fitness Inc</t>
   </si>
   <si>
-    <t>Madkatz Boxing / Los Gatos Locos</t>
-[...1 lines deleted...]
-  <si>
     <t>Main Event Boxing Club</t>
   </si>
   <si>
     <t>Manx Boxing @ Studio 4</t>
   </si>
   <si>
-    <t>Maple Ridge Amateur Boxing Club</t>
+    <t>maple-ridge-amateur-boxing-club</t>
   </si>
   <si>
     <t>Marshall Boxing</t>
   </si>
   <si>
     <t>Martial Arts Fitness Academy (MAFA)</t>
   </si>
   <si>
+    <t>matrix-boxing-club</t>
+  </si>
+  <si>
     <t>Maulers Boxing Club</t>
   </si>
   <si>
     <t>Maximus Boxing Club</t>
   </si>
   <si>
     <t>MBF Boxing Club</t>
   </si>
   <si>
     <t>McEwans Pro Street Gym</t>
   </si>
   <si>
     <t>McGrory's Boxing Club</t>
   </si>
   <si>
     <t>McGrorys Boxing Club</t>
   </si>
   <si>
     <t>Mecha Martial Arts &amp; Athletics [Boxing]</t>
   </si>
   <si>
     <t>Medicine Hat Boxing Club</t>
   </si>
   <si>
     <t>Membertou ABC</t>
   </si>
   <si>
-    <t>Mendoza Boxing Club</t>
+    <t>mendoza-boxing-club</t>
   </si>
   <si>
     <t>Midtown Boxing Toronto</t>
   </si>
   <si>
     <t>Minegoziibe Boxing</t>
   </si>
   <si>
     <t>MJKO Boxing</t>
   </si>
   <si>
     <t>Mohawk Boxing Grand River Territory   ( Formally known as Wolves Den )</t>
   </si>
   <si>
-    <t>Monarc Boxing (MNRC)</t>
+    <t>monarc-boxing-and-fitness</t>
   </si>
   <si>
     <t>Motor City Boxing</t>
   </si>
   <si>
     <t>Motor City Boxing Club</t>
   </si>
   <si>
     <t>N-1 Thai Boxing Academy</t>
   </si>
   <si>
     <t>N1 Thai Boxing Academy</t>
   </si>
   <si>
-    <t>Nanaimo Boxing Club</t>
+    <t>nanaimo-boxing-club</t>
   </si>
   <si>
     <t>Napper's Boxing Club</t>
   </si>
   <si>
     <t>Nationals 2025 - Team Manitoba (NTLS)</t>
   </si>
   <si>
     <t>Neak Ta Martial Arts</t>
   </si>
   <si>
-    <t>Nelson Boxing Club</t>
+    <t>nelson-boxing-and-athletics-club</t>
   </si>
   <si>
     <t>New Line BA</t>
   </si>
   <si>
     <t>New Waterford Boxing Club</t>
   </si>
   <si>
     <t>Niagara Falls Boxing Club</t>
   </si>
   <si>
     <t>Nightmare Boxing</t>
   </si>
   <si>
     <t>No Excuse Boxing and Fitness</t>
   </si>
   <si>
     <t>No Excuse Fitness</t>
   </si>
   <si>
     <t>Nordik Fight Club</t>
   </si>
   <si>
     <t>Nunez House of Combat</t>
   </si>
   <si>
     <t>Oakville Boxing Academy</t>
   </si>
   <si>
     <t>OBFT Inc</t>
   </si>
   <si>
-    <t>Obsidian Athletic Club</t>
-[...2 lines deleted...]
-    <t>Ocean City Boxing</t>
+    <t>Obsidian boxing club (2026)</t>
+  </si>
+  <si>
+    <t>ocean-city-boxing-club</t>
   </si>
   <si>
     <t>Officials Commission</t>
   </si>
   <si>
     <t>OGM Boxing &amp; Fitness</t>
   </si>
   <si>
     <t>Old School Boxing &amp; Fitness</t>
   </si>
   <si>
     <t>Olympus Boxing Club</t>
   </si>
   <si>
     <t>Ontario Top Team: Brazilian Jiu Jitsu - Muay Thai - Boxing</t>
   </si>
   <si>
     <t>Oromocto BC</t>
   </si>
   <si>
     <t>Ottawa Fight &amp; Fitness</t>
   </si>
   <si>
     <t>Ottawa Valley Boxing</t>
   </si>
   <si>
     <t>Out of Province</t>
   </si>
   <si>
+    <t>pack-of-wild-dogs-powd</t>
+  </si>
+  <si>
     <t>Pacome Training</t>
   </si>
   <si>
     <t>Pan Am Boxing Club</t>
   </si>
   <si>
     <t>Panther Boxing Club</t>
   </si>
   <si>
     <t>Paqtnkek Red Tribe Boxing Club</t>
   </si>
   <si>
-    <t>Paradise Boxing Club</t>
+    <t>paradise-boxing-club</t>
   </si>
   <si>
     <t>Pasch-Time Boxing</t>
   </si>
   <si>
     <t>Pasqua BC</t>
   </si>
   <si>
     <t>Paul Brown Box Fit</t>
   </si>
   <si>
-    <t>Peachland Boxing</t>
-[...1 lines deleted...]
-  <si>
     <t>Pegasus Amateur Boxing</t>
   </si>
   <si>
     <t>Pegasus Boxing Club</t>
   </si>
   <si>
     <t>Pelea Boxing Club</t>
   </si>
   <si>
     <t>Pembroke Boxing Club</t>
   </si>
   <si>
+    <t>PhDBoxer</t>
+  </si>
+  <si>
     <t>Philo-Boxe</t>
   </si>
   <si>
     <t>Phoenician Boxing Club</t>
   </si>
   <si>
     <t>Phoenix MMA &amp; Fitness</t>
   </si>
   <si>
     <t>Pinnacle Boxing</t>
   </si>
   <si>
     <t>PIVOT Boxing Club</t>
   </si>
   <si>
     <t>Pivotal Boxing Club</t>
   </si>
   <si>
     <t>Platinum Training Facility</t>
   </si>
   <si>
-    <t>Port Kells Boxing Club</t>
+    <t>port-kells-boxing-club</t>
   </si>
   <si>
     <t>Posteraro's Boxing Gym</t>
   </si>
   <si>
     <t>Pound4Pound</t>
   </si>
   <si>
     <t>Power Boxing Club</t>
   </si>
   <si>
     <t>Primal MMA Academy</t>
   </si>
   <si>
     <t>Prime Time BC</t>
   </si>
   <si>
     <t>Primetime</t>
   </si>
   <si>
     <t>Pro Boxe Charlevoix</t>
   </si>
   <si>
     <t>Pro Elite Boxing Gym</t>
   </si>
   <si>
     <t>Programme de boxe amateur des Freres Grant</t>
   </si>
   <si>
     <t>PuncHIIT Fitness Inc</t>
   </si>
   <si>
     <t>Queen City Boxing</t>
   </si>
   <si>
     <t>Queensberry Rules Boxing Studio</t>
   </si>
   <si>
-    <t>Queensborough Boxing Club</t>
-[...2 lines deleted...]
-    <t>Quinit Boxing Port Coquitlam</t>
+    <t>queensborough-boxing-club</t>
+  </si>
+  <si>
+    <t>quinit-boxing-club-east-van</t>
   </si>
   <si>
     <t>Quinte Bay Boxing</t>
   </si>
   <si>
     <t>Quinte Bay Boxing Club</t>
   </si>
   <si>
     <t>R.I.T.C. - ABomb Boxing</t>
   </si>
   <si>
     <t>Ragnarök Boxing Club</t>
   </si>
   <si>
-    <t>Raincity Boxing Club</t>
+    <t>raincity-boxing-club</t>
   </si>
   <si>
     <t>Rashad's Boxing Academy</t>
   </si>
   <si>
     <t>Razor Sharpe Boxing</t>
   </si>
   <si>
     <t>RDD Boxing</t>
   </si>
   <si>
     <t>Real Deal Boxing Club</t>
   </si>
   <si>
-    <t>Rebels Boxing</t>
+    <t>rebels-boxing-club</t>
   </si>
   <si>
     <t>Red Deer Boxing Club</t>
   </si>
   <si>
     <t>Red Glove</t>
   </si>
   <si>
     <t>Red Owl Boxing</t>
   </si>
   <si>
     <t>Red Owl Boxing [Scarborough]</t>
   </si>
   <si>
     <t>Red Owl Boxing Brampton</t>
   </si>
   <si>
     <t>Red Owl Boxing Burlington</t>
   </si>
   <si>
     <t>Red Warrior (RWB)</t>
   </si>
   <si>
     <t>Red Wolf Boxing Club</t>
   </si>
   <si>
     <t>Redemption Boxing</t>
   </si>
   <si>
     <t>Regency Boxing</t>
   </si>
   <si>
     <t>Relentless Boxing</t>
   </si>
   <si>
-    <t>Revelstoke Boxing Club</t>
-[...1 lines deleted...]
-  <si>
     <t>Revolution MMA</t>
   </si>
   <si>
+    <t>revolution-martial-arts</t>
+  </si>
+  <si>
     <t>Rexdale/Jane-Finch Boxing Club (Youth Unlimited)</t>
   </si>
   <si>
     <t>Richmond Warriors Boxing Club</t>
   </si>
   <si>
     <t>Ring 73 Amateur Boxing Society</t>
   </si>
   <si>
     <t>Ring Fit</t>
   </si>
   <si>
     <t>Ring London</t>
   </si>
   <si>
     <t>RingFit</t>
   </si>
   <si>
     <t>Ringfit Boxing &amp; Fitness</t>
   </si>
   <si>
     <t>Rival Boxing Gym Rive-Nord</t>
   </si>
   <si>
     <t>River City</t>
   </si>
   <si>
+    <t>river-city-boxing-club</t>
+  </si>
+  <si>
     <t>RJF Boxing Club (Youth Unlimited)</t>
   </si>
   <si>
     <t>RND Boxing Club (Relentless and Driven)</t>
   </si>
   <si>
     <t>Rock Athletics Boxing Club</t>
   </si>
   <si>
     <t>Rockland Academy of Martial Arts</t>
   </si>
   <si>
     <t>Rogelio Boxing Club</t>
   </si>
   <si>
     <t>Rough Boxing</t>
   </si>
   <si>
     <t>Rough Boxing Gym</t>
   </si>
   <si>
+    <t>roundhouse-martial-arts-fitness</t>
+  </si>
+  <si>
     <t>Royal City</t>
   </si>
   <si>
     <t>Royal City Youth Boxing</t>
   </si>
   <si>
     <t>Saint John Golden Gloves</t>
   </si>
   <si>
     <t>Saliwan (SALIWAN BOXING CLUB)</t>
   </si>
   <si>
     <t>Sandhills Boxing Club</t>
   </si>
   <si>
     <t>Sandman Boxing System</t>
   </si>
   <si>
     <t>Sault Boxing</t>
   </si>
   <si>
     <t>SBT - Boxe</t>
   </si>
   <si>
     <t>Scarberian Boxing Club</t>
@@ -2072,161 +2186,170 @@
   <si>
     <t>Shipyards Boxing</t>
   </si>
   <si>
     <t>Shore Boxing Club</t>
   </si>
   <si>
     <t>Short Sleeve Boxing</t>
   </si>
   <si>
     <t>Shortsleeves School of Boxing</t>
   </si>
   <si>
     <t>Siberia Boxing Club Ltd.</t>
   </si>
   <si>
     <t>Silvertooth Gym</t>
   </si>
   <si>
     <t>Simcoe Martial Arts (Gray Cat Boxing)</t>
   </si>
   <si>
     <t>SK Boxing</t>
   </si>
   <si>
-    <t>Sooke Boxing Club</t>
+    <t>sooke-boxing-club</t>
   </si>
   <si>
     <t>South Side Legion Boxing Club</t>
   </si>
   <si>
     <t>SouthPaw Boxing Club</t>
   </si>
   <si>
     <t>Southside Boxing</t>
   </si>
   <si>
     <t>Southside Boxing Club</t>
   </si>
   <si>
     <t>Southside Legion boxing club (SSLC)</t>
   </si>
   <si>
     <t>Sovereign Boxing</t>
   </si>
   <si>
     <t>Sparta Bando club</t>
   </si>
   <si>
     <t>Spartan Striking Academy</t>
   </si>
   <si>
     <t>SpeakEasy Boxing &amp; Training Academy Ltd.</t>
   </si>
   <si>
     <t>Special T Boxing</t>
   </si>
   <si>
     <t>Special T Boxing UFC Gym</t>
   </si>
   <si>
     <t>Speedy Gym APB</t>
   </si>
   <si>
     <t>SpeedyGym Waterloo (SGW)</t>
   </si>
   <si>
-    <t>Sponagles east west boxing club</t>
+    <t>sponagles-boxing-club</t>
   </si>
   <si>
     <t>Spooners Boxing Academy</t>
   </si>
   <si>
     <t>St Catharines Boxing Club</t>
   </si>
   <si>
     <t>St-John Golden Gloves Amateur Boxing Club</t>
   </si>
   <si>
+    <t>Steelcity MMA &amp; Boxing</t>
+  </si>
+  <si>
     <t>Steeltown Boxing Club</t>
   </si>
   <si>
     <t>Stockyards Boxing and Fitness</t>
   </si>
   <si>
     <t>Stratford Brazilian Jiu Jitsu Academy</t>
   </si>
   <si>
     <t>Striking Tactics MMA &amp; Fitness</t>
   </si>
   <si>
     <t>Studio de boxe Empire</t>
   </si>
   <si>
     <t>Studio de boxe Laurentien</t>
   </si>
   <si>
-    <t>Sugarrays</t>
+    <t>studio-4</t>
+  </si>
+  <si>
+    <t>sugarrays-boxing-club</t>
   </si>
   <si>
     <t>Sully's Boxing Gym</t>
   </si>
   <si>
     <t>Sullys Gym</t>
   </si>
   <si>
     <t>Sunshine Boxing (SUNBX)</t>
   </si>
   <si>
-    <t>Sunshine Coast Boxing</t>
+    <t>sunshine-coast-boxing-club</t>
   </si>
   <si>
     <t>Super Panda Fitness</t>
   </si>
   <si>
-    <t>Surrey School of Boxing</t>
+    <t>surrey-school-of-boxing</t>
   </si>
   <si>
     <t>Swan City Boxing Club</t>
   </si>
   <si>
     <t>Team Baska</t>
   </si>
   <si>
     <t>Team Bujold Boxing</t>
   </si>
   <si>
     <t>Team Impact</t>
   </si>
   <si>
     <t>Team Los Reyes</t>
   </si>
   <si>
     <t>Team Lumberjack</t>
   </si>
   <si>
+    <t>teddys-boxing-and-fitness</t>
+  </si>
+  <si>
     <t>Temis Fight Club</t>
   </si>
   <si>
     <t>Ten Eight Boxing Club</t>
   </si>
   <si>
     <t>Teofista Boxing Club</t>
   </si>
   <si>
     <t>The Boxer's Club</t>
   </si>
   <si>
     <t>The Boxing Club Spruce Grove</t>
   </si>
   <si>
     <t>The Boxing Factory</t>
   </si>
   <si>
     <t>The Boxing Lab</t>
   </si>
   <si>
     <t>The Boxing Loft</t>
   </si>
   <si>
     <t>The Catalyst Club</t>
@@ -2237,104 +2360,110 @@
   <si>
     <t>The Counterpunch Boxing Club</t>
   </si>
   <si>
     <t>The Factory Martial Arts  Boxing &amp; Fitness - TW Boxing</t>
   </si>
   <si>
     <t>The Pitt</t>
   </si>
   <si>
     <t>The Scarpyards</t>
   </si>
   <si>
     <t>The Scrapyard Boxing Club</t>
   </si>
   <si>
     <t>The Shadowbox</t>
   </si>
   <si>
     <t>The Whip Boxing</t>
   </si>
   <si>
     <t>The Whip Boxing &amp; Fitness</t>
   </si>
   <si>
+    <t>the-vancouver-club</t>
+  </si>
+  <si>
+    <t>thistletown-boxing-club</t>
+  </si>
+  <si>
     <t>Thomas Settee BC</t>
   </si>
   <si>
     <t>Thousand Island</t>
   </si>
   <si>
     <t>Thousand Islands Youth Boxing Club</t>
   </si>
   <si>
     <t>Thunder Boxing Club</t>
   </si>
   <si>
     <t>Timmins Boxing Club</t>
   </si>
   <si>
     <t>Titans Boxing Club</t>
   </si>
   <si>
     <t>TNT Boxing</t>
   </si>
   <si>
     <t>TNT Boxing Academy</t>
   </si>
   <si>
     <t>Tomines Boxing</t>
   </si>
   <si>
-    <t>Tondo Boxing Club</t>
-[...1 lines deleted...]
-  <si>
     <t>Top Dog BC</t>
   </si>
   <si>
     <t>Top Glove Boxing Academy</t>
   </si>
   <si>
     <t>Top Tier Club de boxe</t>
   </si>
   <si>
     <t>Toronto Boxing Academy</t>
   </si>
   <si>
     <t>Toronto Kickboxing &amp; Muay Thai Academy Inc.</t>
   </si>
   <si>
     <t>Toronto Newsgirls Boxing Club</t>
   </si>
   <si>
     <t>Toronto Striking Academy</t>
   </si>
   <si>
     <t>Toronto Warriors</t>
   </si>
   <si>
+    <t>totem-fitness-inc</t>
+  </si>
+  <si>
     <t>Train with Nat</t>
   </si>
   <si>
     <t>TRC Boxing Club</t>
   </si>
   <si>
     <t>Tri-Town Boxing Club</t>
   </si>
   <si>
     <t>Tribal Boxing Club</t>
   </si>
   <si>
     <t>Tristar Gym</t>
   </si>
   <si>
     <t>Tristar Gym Repentigny</t>
   </si>
   <si>
     <t>Tristar Gym Rive Nord</t>
   </si>
   <si>
     <t>Turtle River BC</t>
   </si>
   <si>
     <t>Twin Cities Boxing Club</t>
@@ -2390,180 +2519,186 @@
   <si>
     <t>Underdog Boxing</t>
   </si>
   <si>
     <t>Underdogs Boxing Club</t>
   </si>
   <si>
     <t>Underground Boxing</t>
   </si>
   <si>
     <t>Undisputed Boxing Club</t>
   </si>
   <si>
     <t>Unis boxe Beauce</t>
   </si>
   <si>
     <t>Unis Boxe Quebec</t>
   </si>
   <si>
     <t>United Athletics</t>
   </si>
   <si>
     <t>United Boxing Club</t>
   </si>
   <si>
+    <t>United Boxing Winnipeg (UBYWG)</t>
+  </si>
+  <si>
     <t>United Fighter</t>
   </si>
   <si>
     <t>Unity Boxing Club</t>
   </si>
   <si>
     <t>Univeristy of Toronto</t>
   </si>
   <si>
     <t>Uppercut Boxing Club</t>
   </si>
   <si>
     <t>Uptown Boxing</t>
   </si>
   <si>
     <t>Uptown Boxing Club</t>
   </si>
   <si>
     <t>Valhalla MMA</t>
   </si>
   <si>
     <t>Valley East Boxing Club</t>
   </si>
   <si>
     <t>Van Jango Studio Of Martial Arts</t>
   </si>
   <si>
-    <t>Vancouver Club</t>
-[...2 lines deleted...]
-    <t>Vernon Amateur Boxing Club</t>
+    <t>vernon-boxing-club</t>
+  </si>
+  <si>
+    <t>victoria-martial-arts-boxing-academy</t>
   </si>
   <si>
     <t>Victory Training Center</t>
   </si>
   <si>
     <t>Vision Boxe</t>
   </si>
   <si>
-    <t>VMA Boxing Academy</t>
-[...1 lines deleted...]
-  <si>
     <t>Wainwright Boxing Club</t>
   </si>
   <si>
     <t>Wamma NexGen</t>
   </si>
   <si>
     <t>Warden MMA and Fitness</t>
   </si>
   <si>
     <t>Warriors Boxing</t>
   </si>
   <si>
     <t xml:space="preserve">Warriors Boxing </t>
   </si>
   <si>
     <t>Waterloo Boxing</t>
   </si>
   <si>
     <t>Waterloo Regional Boxing Academy</t>
   </si>
   <si>
     <t>West End Athletic Club</t>
   </si>
   <si>
+    <t>West Side Boxing Club</t>
+  </si>
+  <si>
     <t>West Windsor Boxing Club</t>
   </si>
   <si>
     <t>Westchester Boxing Club</t>
   </si>
   <si>
     <t>Westville Boxing Club</t>
   </si>
   <si>
     <t>Weyburn Soo Line</t>
   </si>
   <si>
-    <t>Whistler Boxing Club</t>
+    <t>whistler-boxing-club</t>
   </si>
   <si>
     <t>Whitall's Martial Arts and Boxing Club</t>
   </si>
   <si>
     <t>White Rabbit Boxing Club</t>
   </si>
   <si>
-    <t>Whizbang Boxing</t>
+    <t>whizbang-boxing-club</t>
   </si>
   <si>
     <t>Willett Boxing Club</t>
   </si>
   <si>
+    <t>williams-lake-boxing-club</t>
+  </si>
+  <si>
     <t>Wilson's Boxing</t>
   </si>
   <si>
     <t>Windsor Amateur Boxing Club</t>
   </si>
   <si>
     <t>Wismer Boxing Club and Fitness Centre</t>
   </si>
   <si>
     <t>Wolfhouse Boxing</t>
   </si>
   <si>
-    <t>Wolverine Boxing Academy</t>
-[...1 lines deleted...]
-  <si>
     <t>Woodstock Boxing Club</t>
   </si>
   <si>
     <t>xtreme couture</t>
   </si>
   <si>
     <t>Xtreme Couture Clinic</t>
   </si>
   <si>
     <t>Yamaji Sussex Boxing Club</t>
   </si>
   <si>
     <t>YGK Boxing</t>
   </si>
   <si>
     <t>YMM Boxing Club</t>
   </si>
   <si>
     <t>York Martial Arts</t>
   </si>
   <si>
     <t>Yukon Boxing</t>
+  </si>
+  <si>
+    <t>Yuli Boxeo x M.P.T</t>
   </si>
   <si>
     <t>Zaya's Boxing Club</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -2907,191 +3042,217 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:DG1000"/>
+  <dimension ref="A1:DI1000"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A3" sqref="A3:CZ4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="1" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="31" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="25" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="25" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="25" bestFit="true" customWidth="true" style="0"/>
     <col min="105" max="105" width="8" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="31" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="25" bestFit="true" customWidth="true" style="0"/>
     <col min="106" max="106" width="89" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="31" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="100" bestFit="true" customWidth="true" style="0"/>
-    <col min="9" max="9" width="44" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="11" max="11" width="32" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="39" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="26" bestFit="true" customWidth="true" style="0"/>
+    <col min="107" max="107" width="4" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="50" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="26" bestFit="true" customWidth="true" style="0"/>
-    <col min="107" max="107" width="4" bestFit="true" customWidth="true" style="0"/>
-[...9 lines deleted...]
-    <col min="18" max="18" width="23" bestFit="true" customWidth="true" style="0"/>
+    <col min="108" max="108" width="4" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="31" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="32" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="26" bestFit="true" customWidth="true" style="0"/>
+    <col min="109" max="109" width="4" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="31" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="43" bestFit="true" customWidth="true" style="0"/>
+    <col min="110" max="110" width="64" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="38" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="45" bestFit="true" customWidth="true" style="0"/>
+    <col min="111" max="111" width="42" bestFit="true" customWidth="true" style="0"/>
+    <col min="112" max="112" width="45" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="24" bestFit="true" customWidth="true" style="0"/>
+    <col min="113" max="113" width="18" bestFit="true" customWidth="true" style="0"/>
+    <col min="21" max="21" width="23" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:111" hidden="true" outlineLevel="1">
+    <row r="1" spans="1:113" hidden="true" outlineLevel="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="DA1" t="s">
         <v>1</v>
       </c>
       <c r="DB1" t="s">
         <v>2</v>
       </c>
       <c r="DC1" t="s">
         <v>3</v>
       </c>
       <c r="DD1" t="s">
+        <v>3</v>
+      </c>
+      <c r="DE1" t="s">
+        <v>3</v>
+      </c>
+      <c r="DF1" t="s">
         <v>4</v>
       </c>
-      <c r="DE1" t="s">
+      <c r="DG1" t="s">
         <v>5</v>
       </c>
-      <c r="DF1" t="s">
+      <c r="DH1" t="s">
         <v>6</v>
       </c>
-      <c r="DG1" t="s">
+      <c r="DI1" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="2" spans="1:111" hidden="true" collapsed="true" outlineLevel="1">
+    <row r="2" spans="1:113" hidden="true" collapsed="true" outlineLevel="1">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
       <c r="I2" t="s">
         <v>16</v>
       </c>
       <c r="J2" t="s">
         <v>17</v>
       </c>
       <c r="K2" t="s">
         <v>18</v>
       </c>
       <c r="L2" t="s">
+        <v>17</v>
+      </c>
+      <c r="M2" t="s">
         <v>19</v>
       </c>
-      <c r="M2" t="s">
+      <c r="N2" t="s">
         <v>20</v>
       </c>
-      <c r="N2" t="s">
+      <c r="O2" t="s">
+        <v>17</v>
+      </c>
+      <c r="P2" t="s">
         <v>21</v>
       </c>
-      <c r="O2" t="s">
+      <c r="Q2" t="s">
         <v>22</v>
       </c>
-      <c r="P2" t="s">
+      <c r="R2" t="s">
         <v>23</v>
       </c>
-      <c r="Q2" t="s">
+      <c r="S2" t="s">
         <v>24</v>
       </c>
-      <c r="R2" t="s">
+      <c r="T2" t="s">
         <v>25</v>
       </c>
+      <c r="U2" t="s">
+        <v>26</v>
+      </c>
       <c r="DA2" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="DB2" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="DC2" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="DD2" t="s">
         <v>29</v>
       </c>
       <c r="DE2" t="s">
+        <v>29</v>
+      </c>
+      <c r="DF2" t="s">
         <v>30</v>
       </c>
-      <c r="DF2" t="s">
+      <c r="DG2" t="s">
         <v>31</v>
       </c>
-      <c r="DG2" t="s">
+      <c r="DH2" t="s">
         <v>32</v>
       </c>
-    </row>
-    <row r="3" spans="1:111">
+      <c r="DI2" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="3" spans="1:113">
       <c r="A3" s="3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B3" s="3"/>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="3"/>
       <c r="H3" s="3"/>
       <c r="I3" s="3"/>
       <c r="J3" s="3"/>
       <c r="K3" s="3"/>
       <c r="L3" s="3"/>
       <c r="M3" s="3"/>
       <c r="N3" s="3"/>
       <c r="O3" s="3"/>
       <c r="P3" s="3"/>
       <c r="Q3" s="3"/>
       <c r="R3" s="3"/>
       <c r="S3" s="3"/>
       <c r="T3" s="3"/>
       <c r="U3" s="3"/>
       <c r="V3" s="3"/>
       <c r="W3" s="3"/>
       <c r="X3" s="3"/>
       <c r="Y3" s="3"/>
@@ -3153,120 +3314,126 @@
       <c r="CC3" s="3"/>
       <c r="CD3" s="3"/>
       <c r="CE3" s="3"/>
       <c r="CF3" s="3"/>
       <c r="CG3" s="3"/>
       <c r="CH3" s="3"/>
       <c r="CI3" s="3"/>
       <c r="CJ3" s="3"/>
       <c r="CK3" s="3"/>
       <c r="CL3" s="3"/>
       <c r="CM3" s="3"/>
       <c r="CN3" s="3"/>
       <c r="CO3" s="3"/>
       <c r="CP3" s="3"/>
       <c r="CQ3" s="3"/>
       <c r="CR3" s="3"/>
       <c r="CS3" s="3"/>
       <c r="CT3" s="3"/>
       <c r="CU3" s="3"/>
       <c r="CV3" s="3"/>
       <c r="CW3" s="3"/>
       <c r="CX3" s="3"/>
       <c r="CY3" s="3"/>
       <c r="CZ3" s="3"/>
       <c r="DB3" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="DE3" t="s">
         <v>35</v>
       </c>
-      <c r="DF3" t="s">
+      <c r="DG3" t="s">
         <v>36</v>
       </c>
-      <c r="DG3" t="s">
+      <c r="DH3" t="s">
         <v>37</v>
       </c>
-    </row>
-    <row r="4" spans="1:111">
+      <c r="DI3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:113">
       <c r="A4" s="4" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B4" s="4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C4" s="4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D4" s="4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="E4" s="4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="F4" s="4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="G4" s="4" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="H4" s="4" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="I4" s="4" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="J4" s="4" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="K4" s="4" t="s">
+        <v>49</v>
+      </c>
+      <c r="L4" s="4" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>50</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>51</v>
       </c>
       <c r="O4" s="4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" s="4" t="s">
         <v>52</v>
       </c>
-      <c r="P4" s="4" t="s">
+      <c r="Q4" s="4" t="s">
         <v>53</v>
       </c>
-      <c r="Q4" s="4" t="s">
+      <c r="R4" s="4" t="s">
         <v>54</v>
       </c>
-      <c r="R4" s="4" t="s">
+      <c r="S4" s="4" t="s">
         <v>55</v>
       </c>
-      <c r="S4" s="4"/>
-[...1 lines deleted...]
-      <c r="U4" s="4"/>
+      <c r="T4" s="4" t="s">
+        <v>56</v>
+      </c>
+      <c r="U4" s="4" t="s">
+        <v>57</v>
+      </c>
       <c r="V4" s="4"/>
       <c r="W4" s="4"/>
       <c r="X4" s="4"/>
       <c r="Y4" s="4"/>
       <c r="Z4" s="4"/>
       <c r="AA4" s="4"/>
       <c r="AB4" s="4"/>
       <c r="AC4" s="4"/>
       <c r="AD4" s="4"/>
       <c r="AE4" s="4"/>
       <c r="AF4" s="4"/>
       <c r="AG4" s="4"/>
       <c r="AH4" s="4"/>
       <c r="AI4" s="4"/>
       <c r="AJ4" s="4"/>
       <c r="AK4" s="4"/>
       <c r="AL4" s="4"/>
       <c r="AM4" s="4"/>
       <c r="AN4" s="4"/>
       <c r="AO4" s="4"/>
       <c r="AP4" s="4"/>
       <c r="AQ4" s="4"/>
       <c r="AR4" s="4"/>
       <c r="AS4" s="4"/>
       <c r="AT4" s="4"/>
@@ -3307,8420 +3474,14528 @@
       <c r="CC4" s="4"/>
       <c r="CD4" s="4"/>
       <c r="CE4" s="4"/>
       <c r="CF4" s="4"/>
       <c r="CG4" s="4"/>
       <c r="CH4" s="4"/>
       <c r="CI4" s="4"/>
       <c r="CJ4" s="4"/>
       <c r="CK4" s="4"/>
       <c r="CL4" s="4"/>
       <c r="CM4" s="4"/>
       <c r="CN4" s="4"/>
       <c r="CO4" s="4"/>
       <c r="CP4" s="4"/>
       <c r="CQ4" s="4"/>
       <c r="CR4" s="4"/>
       <c r="CS4" s="4"/>
       <c r="CT4" s="4"/>
       <c r="CU4" s="4"/>
       <c r="CV4" s="4"/>
       <c r="CW4" s="4"/>
       <c r="CX4" s="4"/>
       <c r="CY4" s="4"/>
       <c r="CZ4" s="4"/>
       <c r="DB4" t="s">
-        <v>56</v>
-[...4 lines deleted...]
-      <c r="DF4" t="s">
         <v>58</v>
       </c>
       <c r="DG4" t="s">
         <v>59</v>
       </c>
-    </row>
-    <row r="5" spans="1:111">
+      <c r="DH4" t="s">
+        <v>60</v>
+      </c>
+      <c r="DI4" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="5" spans="1:113">
       <c r="D5"/>
       <c r="E5" s="2"/>
       <c r="F5"/>
+      <c r="J5" t="s">
+        <v>3</v>
+      </c>
       <c r="L5" t="s">
         <v>3</v>
       </c>
-      <c r="M5"/>
-      <c r="P5"/>
+      <c r="O5" t="s">
+        <v>3</v>
+      </c>
       <c r="Q5"/>
-      <c r="R5"/>
+      <c r="S5"/>
+      <c r="T5"/>
+      <c r="U5"/>
       <c r="DB5" t="s">
-        <v>60</v>
-[...4 lines deleted...]
-      <c r="DF5" t="s">
         <v>62</v>
       </c>
       <c r="DG5" t="s">
         <v>63</v>
       </c>
-    </row>
-    <row r="6" spans="1:111">
+      <c r="DH5" t="s">
+        <v>64</v>
+      </c>
+      <c r="DI5" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="6" spans="1:113">
       <c r="E6" s="2"/>
+      <c r="J6" t="s">
+        <v>3</v>
+      </c>
       <c r="L6" t="s">
         <v>3</v>
       </c>
+      <c r="O6" t="s">
+        <v>3</v>
+      </c>
       <c r="DB6" t="s">
-        <v>64</v>
-[...4 lines deleted...]
-      <c r="DF6" t="s">
         <v>66</v>
       </c>
       <c r="DG6" t="s">
         <v>67</v>
       </c>
-    </row>
-    <row r="7" spans="1:111">
+      <c r="DH6" t="s">
+        <v>68</v>
+      </c>
+      <c r="DI6" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="7" spans="1:113">
       <c r="E7" s="2"/>
+      <c r="J7" t="s">
+        <v>3</v>
+      </c>
       <c r="L7" t="s">
         <v>3</v>
       </c>
+      <c r="O7" t="s">
+        <v>3</v>
+      </c>
       <c r="DB7" t="s">
-        <v>68</v>
-[...4 lines deleted...]
-      <c r="DF7" t="s">
         <v>70</v>
       </c>
       <c r="DG7" t="s">
         <v>71</v>
       </c>
-    </row>
-    <row r="8" spans="1:111">
+      <c r="DH7" t="s">
+        <v>72</v>
+      </c>
+      <c r="DI7" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="8" spans="1:113">
       <c r="E8" s="2"/>
+      <c r="J8" t="s">
+        <v>3</v>
+      </c>
       <c r="L8" t="s">
         <v>3</v>
       </c>
+      <c r="O8" t="s">
+        <v>3</v>
+      </c>
       <c r="DB8" t="s">
-        <v>72</v>
-[...4 lines deleted...]
-      <c r="DF8" t="s">
         <v>74</v>
       </c>
       <c r="DG8" t="s">
         <v>75</v>
       </c>
-    </row>
-    <row r="9" spans="1:111">
+      <c r="DH8" t="s">
+        <v>76</v>
+      </c>
+      <c r="DI8" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="9" spans="1:113">
       <c r="E9" s="2"/>
+      <c r="J9" t="s">
+        <v>3</v>
+      </c>
       <c r="L9" t="s">
         <v>3</v>
       </c>
+      <c r="O9" t="s">
+        <v>3</v>
+      </c>
       <c r="DB9" t="s">
-        <v>76</v>
-[...2 lines deleted...]
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="DG9" t="s">
-        <v>78</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:111">
+        <v>79</v>
+      </c>
+      <c r="DH9" t="s">
+        <v>80</v>
+      </c>
+      <c r="DI9" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="10" spans="1:113">
       <c r="E10" s="2"/>
+      <c r="J10" t="s">
+        <v>3</v>
+      </c>
       <c r="L10" t="s">
         <v>3</v>
       </c>
+      <c r="O10" t="s">
+        <v>3</v>
+      </c>
       <c r="DB10" t="s">
-        <v>79</v>
-[...8 lines deleted...]
-    <row r="11" spans="1:111">
+        <v>82</v>
+      </c>
+      <c r="DH10" t="s">
+        <v>83</v>
+      </c>
+      <c r="DI10" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="11" spans="1:113">
       <c r="E11" s="2"/>
+      <c r="J11" t="s">
+        <v>3</v>
+      </c>
       <c r="L11" t="s">
         <v>3</v>
       </c>
+      <c r="O11" t="s">
+        <v>3</v>
+      </c>
       <c r="DB11" t="s">
-        <v>82</v>
-[...8 lines deleted...]
-    <row r="12" spans="1:111">
+        <v>85</v>
+      </c>
+      <c r="DH11" t="s">
+        <v>86</v>
+      </c>
+      <c r="DI11" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="12" spans="1:113">
       <c r="E12" s="2"/>
+      <c r="J12" t="s">
+        <v>3</v>
+      </c>
       <c r="L12" t="s">
         <v>3</v>
       </c>
+      <c r="O12" t="s">
+        <v>3</v>
+      </c>
       <c r="DB12" t="s">
-        <v>85</v>
-[...8 lines deleted...]
-    <row r="13" spans="1:111">
+        <v>88</v>
+      </c>
+      <c r="DH12" t="s">
+        <v>89</v>
+      </c>
+      <c r="DI12" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="13" spans="1:113">
       <c r="E13" s="2"/>
+      <c r="J13" t="s">
+        <v>3</v>
+      </c>
       <c r="L13" t="s">
         <v>3</v>
       </c>
+      <c r="O13" t="s">
+        <v>3</v>
+      </c>
       <c r="DB13" t="s">
-        <v>88</v>
-[...8 lines deleted...]
-    <row r="14" spans="1:111">
+        <v>91</v>
+      </c>
+      <c r="DH13" t="s">
+        <v>92</v>
+      </c>
+      <c r="DI13" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="14" spans="1:113">
       <c r="E14" s="2"/>
+      <c r="J14" t="s">
+        <v>3</v>
+      </c>
       <c r="L14" t="s">
         <v>3</v>
       </c>
+      <c r="O14" t="s">
+        <v>3</v>
+      </c>
       <c r="DB14" t="s">
-        <v>91</v>
-[...8 lines deleted...]
-    <row r="15" spans="1:111">
+        <v>94</v>
+      </c>
+      <c r="DH14" t="s">
+        <v>95</v>
+      </c>
+      <c r="DI14" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="15" spans="1:113">
       <c r="E15" s="2"/>
+      <c r="J15" t="s">
+        <v>3</v>
+      </c>
       <c r="L15" t="s">
         <v>3</v>
       </c>
+      <c r="O15" t="s">
+        <v>3</v>
+      </c>
       <c r="DB15" t="s">
-        <v>94</v>
-[...8 lines deleted...]
-    <row r="16" spans="1:111">
+        <v>97</v>
+      </c>
+      <c r="DH15" t="s">
+        <v>98</v>
+      </c>
+      <c r="DI15" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="16" spans="1:113">
       <c r="E16" s="2"/>
+      <c r="J16" t="s">
+        <v>3</v>
+      </c>
       <c r="L16" t="s">
         <v>3</v>
       </c>
+      <c r="O16" t="s">
+        <v>3</v>
+      </c>
       <c r="DB16" t="s">
-        <v>97</v>
-[...8 lines deleted...]
-    <row r="17" spans="1:111">
+        <v>100</v>
+      </c>
+      <c r="DH16" t="s">
+        <v>101</v>
+      </c>
+      <c r="DI16" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="17" spans="1:113">
       <c r="E17" s="2"/>
+      <c r="J17" t="s">
+        <v>3</v>
+      </c>
       <c r="L17" t="s">
         <v>3</v>
       </c>
+      <c r="O17" t="s">
+        <v>3</v>
+      </c>
       <c r="DB17" t="s">
-        <v>100</v>
-[...8 lines deleted...]
-    <row r="18" spans="1:111">
+        <v>103</v>
+      </c>
+      <c r="DH17" t="s">
+        <v>104</v>
+      </c>
+      <c r="DI17" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="18" spans="1:113">
       <c r="E18" s="2"/>
+      <c r="J18" t="s">
+        <v>3</v>
+      </c>
       <c r="L18" t="s">
         <v>3</v>
       </c>
+      <c r="O18" t="s">
+        <v>3</v>
+      </c>
       <c r="DB18" t="s">
-        <v>103</v>
-[...8 lines deleted...]
-    <row r="19" spans="1:111">
+        <v>106</v>
+      </c>
+      <c r="DH18" t="s">
+        <v>107</v>
+      </c>
+      <c r="DI18" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="19" spans="1:113">
       <c r="E19" s="2"/>
+      <c r="J19" t="s">
+        <v>3</v>
+      </c>
       <c r="L19" t="s">
         <v>3</v>
       </c>
+      <c r="O19" t="s">
+        <v>3</v>
+      </c>
       <c r="DB19" t="s">
-        <v>106</v>
-[...8 lines deleted...]
-    <row r="20" spans="1:111">
+        <v>109</v>
+      </c>
+      <c r="DH19" t="s">
+        <v>110</v>
+      </c>
+      <c r="DI19" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="20" spans="1:113">
       <c r="E20" s="2"/>
+      <c r="J20" t="s">
+        <v>3</v>
+      </c>
       <c r="L20" t="s">
         <v>3</v>
       </c>
+      <c r="O20" t="s">
+        <v>3</v>
+      </c>
       <c r="DB20" t="s">
-        <v>109</v>
-[...8 lines deleted...]
-    <row r="21" spans="1:111">
+        <v>112</v>
+      </c>
+      <c r="DH20" t="s">
+        <v>113</v>
+      </c>
+      <c r="DI20" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="21" spans="1:113">
       <c r="E21" s="2"/>
+      <c r="J21" t="s">
+        <v>3</v>
+      </c>
       <c r="L21" t="s">
         <v>3</v>
       </c>
+      <c r="O21" t="s">
+        <v>3</v>
+      </c>
       <c r="DB21" t="s">
-        <v>112</v>
-[...8 lines deleted...]
-    <row r="22" spans="1:111">
+        <v>115</v>
+      </c>
+      <c r="DH21" t="s">
+        <v>116</v>
+      </c>
+      <c r="DI21" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="22" spans="1:113">
       <c r="E22" s="2"/>
+      <c r="J22" t="s">
+        <v>3</v>
+      </c>
       <c r="L22" t="s">
         <v>3</v>
       </c>
+      <c r="O22" t="s">
+        <v>3</v>
+      </c>
       <c r="DB22" t="s">
-        <v>115</v>
-[...8 lines deleted...]
-    <row r="23" spans="1:111">
+        <v>118</v>
+      </c>
+      <c r="DH22" t="s">
+        <v>119</v>
+      </c>
+      <c r="DI22" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="23" spans="1:113">
       <c r="E23" s="2"/>
+      <c r="J23" t="s">
+        <v>3</v>
+      </c>
       <c r="L23" t="s">
         <v>3</v>
       </c>
+      <c r="O23" t="s">
+        <v>3</v>
+      </c>
       <c r="DB23" t="s">
-        <v>118</v>
-[...8 lines deleted...]
-    <row r="24" spans="1:111">
+        <v>121</v>
+      </c>
+      <c r="DH23" t="s">
+        <v>122</v>
+      </c>
+      <c r="DI23" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="24" spans="1:113">
       <c r="E24" s="2"/>
+      <c r="J24" t="s">
+        <v>3</v>
+      </c>
       <c r="L24" t="s">
         <v>3</v>
       </c>
+      <c r="O24" t="s">
+        <v>3</v>
+      </c>
       <c r="DB24" t="s">
-        <v>121</v>
-[...8 lines deleted...]
-    <row r="25" spans="1:111">
+        <v>124</v>
+      </c>
+      <c r="DH24" t="s">
+        <v>125</v>
+      </c>
+      <c r="DI24" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="25" spans="1:113">
       <c r="E25" s="2"/>
+      <c r="J25" t="s">
+        <v>3</v>
+      </c>
       <c r="L25" t="s">
         <v>3</v>
       </c>
+      <c r="O25" t="s">
+        <v>3</v>
+      </c>
       <c r="DB25" t="s">
-        <v>124</v>
-[...5 lines deleted...]
-    <row r="26" spans="1:111">
+        <v>127</v>
+      </c>
+      <c r="DH25" t="s">
+        <v>128</v>
+      </c>
+      <c r="DI25" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="26" spans="1:113">
       <c r="E26" s="2"/>
+      <c r="J26" t="s">
+        <v>3</v>
+      </c>
       <c r="L26" t="s">
         <v>3</v>
       </c>
+      <c r="O26" t="s">
+        <v>3</v>
+      </c>
       <c r="DB26" t="s">
-        <v>126</v>
-[...5 lines deleted...]
-    <row r="27" spans="1:111">
+        <v>130</v>
+      </c>
+      <c r="DH26" t="s">
+        <v>131</v>
+      </c>
+      <c r="DI26" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="27" spans="1:113">
       <c r="E27" s="2"/>
+      <c r="J27" t="s">
+        <v>3</v>
+      </c>
       <c r="L27" t="s">
         <v>3</v>
       </c>
+      <c r="O27" t="s">
+        <v>3</v>
+      </c>
       <c r="DB27" t="s">
-        <v>128</v>
-[...5 lines deleted...]
-    <row r="28" spans="1:111">
+        <v>133</v>
+      </c>
+      <c r="DI27" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="28" spans="1:113">
       <c r="E28" s="2"/>
+      <c r="J28" t="s">
+        <v>3</v>
+      </c>
       <c r="L28" t="s">
         <v>3</v>
       </c>
+      <c r="O28" t="s">
+        <v>3</v>
+      </c>
       <c r="DB28" t="s">
-        <v>130</v>
-[...5 lines deleted...]
-    <row r="29" spans="1:111">
+        <v>135</v>
+      </c>
+      <c r="DI28" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="29" spans="1:113">
       <c r="E29" s="2"/>
+      <c r="J29" t="s">
+        <v>3</v>
+      </c>
       <c r="L29" t="s">
         <v>3</v>
       </c>
+      <c r="O29" t="s">
+        <v>3</v>
+      </c>
       <c r="DB29" t="s">
-        <v>132</v>
-[...5 lines deleted...]
-    <row r="30" spans="1:111">
+        <v>137</v>
+      </c>
+      <c r="DI29" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="30" spans="1:113">
       <c r="E30" s="2"/>
+      <c r="J30" t="s">
+        <v>3</v>
+      </c>
       <c r="L30" t="s">
         <v>3</v>
       </c>
+      <c r="O30" t="s">
+        <v>3</v>
+      </c>
       <c r="DB30" t="s">
-        <v>134</v>
-[...5 lines deleted...]
-    <row r="31" spans="1:111">
+        <v>139</v>
+      </c>
+      <c r="DI30" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="31" spans="1:113">
       <c r="E31" s="2"/>
+      <c r="J31" t="s">
+        <v>3</v>
+      </c>
       <c r="L31" t="s">
         <v>3</v>
       </c>
+      <c r="O31" t="s">
+        <v>3</v>
+      </c>
       <c r="DB31" t="s">
-        <v>136</v>
-[...5 lines deleted...]
-    <row r="32" spans="1:111">
+        <v>141</v>
+      </c>
+      <c r="DI31" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="32" spans="1:113">
       <c r="E32" s="2"/>
+      <c r="J32" t="s">
+        <v>3</v>
+      </c>
       <c r="L32" t="s">
         <v>3</v>
       </c>
+      <c r="O32" t="s">
+        <v>3</v>
+      </c>
       <c r="DB32" t="s">
-        <v>138</v>
-[...5 lines deleted...]
-    <row r="33" spans="1:111">
+        <v>143</v>
+      </c>
+      <c r="DI32" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="33" spans="1:113">
       <c r="E33" s="2"/>
+      <c r="J33" t="s">
+        <v>3</v>
+      </c>
       <c r="L33" t="s">
         <v>3</v>
       </c>
+      <c r="O33" t="s">
+        <v>3</v>
+      </c>
       <c r="DB33" t="s">
-        <v>140</v>
-[...5 lines deleted...]
-    <row r="34" spans="1:111">
+        <v>145</v>
+      </c>
+      <c r="DI33" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="34" spans="1:113">
       <c r="E34" s="2"/>
+      <c r="J34" t="s">
+        <v>3</v>
+      </c>
       <c r="L34" t="s">
         <v>3</v>
       </c>
+      <c r="O34" t="s">
+        <v>3</v>
+      </c>
       <c r="DB34" t="s">
-        <v>142</v>
-[...5 lines deleted...]
-    <row r="35" spans="1:111">
+        <v>147</v>
+      </c>
+      <c r="DI34" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="35" spans="1:113">
       <c r="E35" s="2"/>
+      <c r="J35" t="s">
+        <v>3</v>
+      </c>
       <c r="L35" t="s">
         <v>3</v>
       </c>
+      <c r="O35" t="s">
+        <v>3</v>
+      </c>
       <c r="DB35" t="s">
-        <v>144</v>
-[...5 lines deleted...]
-    <row r="36" spans="1:111">
+        <v>149</v>
+      </c>
+      <c r="DI35" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="36" spans="1:113">
       <c r="E36" s="2"/>
+      <c r="J36" t="s">
+        <v>3</v>
+      </c>
       <c r="L36" t="s">
         <v>3</v>
       </c>
+      <c r="O36" t="s">
+        <v>3</v>
+      </c>
       <c r="DB36" t="s">
-        <v>144</v>
-[...5 lines deleted...]
-    <row r="37" spans="1:111">
+        <v>149</v>
+      </c>
+      <c r="DI36" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="37" spans="1:113">
       <c r="E37" s="2"/>
+      <c r="J37" t="s">
+        <v>3</v>
+      </c>
       <c r="L37" t="s">
         <v>3</v>
       </c>
+      <c r="O37" t="s">
+        <v>3</v>
+      </c>
       <c r="DB37" t="s">
-        <v>147</v>
-[...5 lines deleted...]
-    <row r="38" spans="1:111">
+        <v>152</v>
+      </c>
+      <c r="DI37" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="38" spans="1:113">
       <c r="E38" s="2"/>
+      <c r="J38" t="s">
+        <v>3</v>
+      </c>
       <c r="L38" t="s">
         <v>3</v>
       </c>
+      <c r="O38" t="s">
+        <v>3</v>
+      </c>
       <c r="DB38" t="s">
-        <v>144</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:111">
+        <v>149</v>
+      </c>
+      <c r="DI38" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="39" spans="1:113">
       <c r="E39" s="2"/>
+      <c r="J39" t="s">
+        <v>3</v>
+      </c>
       <c r="L39" t="s">
         <v>3</v>
       </c>
+      <c r="O39" t="s">
+        <v>3</v>
+      </c>
       <c r="DB39" t="s">
-        <v>149</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:111">
+        <v>155</v>
+      </c>
+      <c r="DI39" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="40" spans="1:113">
       <c r="E40" s="2"/>
+      <c r="J40" t="s">
+        <v>3</v>
+      </c>
       <c r="L40" t="s">
         <v>3</v>
       </c>
+      <c r="O40" t="s">
+        <v>3</v>
+      </c>
       <c r="DB40" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:111">
+        <v>157</v>
+      </c>
+      <c r="DI40" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="41" spans="1:113">
       <c r="E41" s="2"/>
+      <c r="J41" t="s">
+        <v>3</v>
+      </c>
       <c r="L41" t="s">
         <v>3</v>
       </c>
+      <c r="O41" t="s">
+        <v>3</v>
+      </c>
       <c r="DB41" t="s">
-        <v>151</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:111">
+        <v>159</v>
+      </c>
+      <c r="DI41" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="42" spans="1:113">
       <c r="E42" s="2"/>
+      <c r="J42" t="s">
+        <v>3</v>
+      </c>
       <c r="L42" t="s">
         <v>3</v>
       </c>
+      <c r="O42" t="s">
+        <v>3</v>
+      </c>
       <c r="DB42" t="s">
-        <v>152</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:111">
+        <v>161</v>
+      </c>
+      <c r="DI42" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="43" spans="1:113">
       <c r="E43" s="2"/>
+      <c r="J43" t="s">
+        <v>3</v>
+      </c>
       <c r="L43" t="s">
         <v>3</v>
       </c>
+      <c r="O43" t="s">
+        <v>3</v>
+      </c>
       <c r="DB43" t="s">
-        <v>153</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:111">
+        <v>163</v>
+      </c>
+      <c r="DI43" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="44" spans="1:113">
       <c r="E44" s="2"/>
+      <c r="J44" t="s">
+        <v>3</v>
+      </c>
       <c r="L44" t="s">
         <v>3</v>
       </c>
+      <c r="O44" t="s">
+        <v>3</v>
+      </c>
       <c r="DB44" t="s">
-        <v>154</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:111">
+        <v>165</v>
+      </c>
+      <c r="DI44" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="45" spans="1:113">
       <c r="E45" s="2"/>
+      <c r="J45" t="s">
+        <v>3</v>
+      </c>
       <c r="L45" t="s">
         <v>3</v>
       </c>
+      <c r="O45" t="s">
+        <v>3</v>
+      </c>
       <c r="DB45" t="s">
-        <v>155</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:111">
+        <v>167</v>
+      </c>
+      <c r="DI45" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="46" spans="1:113">
       <c r="E46" s="2"/>
+      <c r="J46" t="s">
+        <v>3</v>
+      </c>
       <c r="L46" t="s">
         <v>3</v>
       </c>
+      <c r="O46" t="s">
+        <v>3</v>
+      </c>
       <c r="DB46" t="s">
-        <v>156</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:111">
+        <v>169</v>
+      </c>
+      <c r="DI46" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="47" spans="1:113">
       <c r="E47" s="2"/>
+      <c r="J47" t="s">
+        <v>3</v>
+      </c>
       <c r="L47" t="s">
         <v>3</v>
       </c>
+      <c r="O47" t="s">
+        <v>3</v>
+      </c>
       <c r="DB47" t="s">
-        <v>157</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:111">
+        <v>171</v>
+      </c>
+      <c r="DI47" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="48" spans="1:113">
       <c r="E48" s="2"/>
+      <c r="J48" t="s">
+        <v>3</v>
+      </c>
       <c r="L48" t="s">
         <v>3</v>
       </c>
+      <c r="O48" t="s">
+        <v>3</v>
+      </c>
       <c r="DB48" t="s">
-        <v>158</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:111">
+        <v>173</v>
+      </c>
+      <c r="DI48" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="49" spans="1:113">
       <c r="E49" s="2"/>
+      <c r="J49" t="s">
+        <v>3</v>
+      </c>
       <c r="L49" t="s">
         <v>3</v>
       </c>
+      <c r="O49" t="s">
+        <v>3</v>
+      </c>
       <c r="DB49" t="s">
-        <v>159</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:111">
+        <v>175</v>
+      </c>
+      <c r="DI49" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="50" spans="1:113">
       <c r="E50" s="2"/>
+      <c r="J50" t="s">
+        <v>3</v>
+      </c>
       <c r="L50" t="s">
         <v>3</v>
       </c>
+      <c r="O50" t="s">
+        <v>3</v>
+      </c>
       <c r="DB50" t="s">
-        <v>160</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:111">
+        <v>177</v>
+      </c>
+      <c r="DI50" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="51" spans="1:113">
       <c r="E51" s="2"/>
+      <c r="J51" t="s">
+        <v>3</v>
+      </c>
       <c r="L51" t="s">
         <v>3</v>
       </c>
+      <c r="O51" t="s">
+        <v>3</v>
+      </c>
       <c r="DB51" t="s">
-        <v>161</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:111">
+        <v>179</v>
+      </c>
+      <c r="DI51" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="52" spans="1:113">
       <c r="E52" s="2"/>
+      <c r="J52" t="s">
+        <v>3</v>
+      </c>
       <c r="L52" t="s">
         <v>3</v>
       </c>
+      <c r="O52" t="s">
+        <v>3</v>
+      </c>
       <c r="DB52" t="s">
-        <v>162</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:111">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="53" spans="1:113">
       <c r="E53" s="2"/>
+      <c r="J53" t="s">
+        <v>3</v>
+      </c>
       <c r="L53" t="s">
         <v>3</v>
       </c>
+      <c r="O53" t="s">
+        <v>3</v>
+      </c>
       <c r="DB53" t="s">
-        <v>163</v>
-[...2 lines deleted...]
-    <row r="54" spans="1:111">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="54" spans="1:113">
       <c r="E54" s="2"/>
+      <c r="J54" t="s">
+        <v>3</v>
+      </c>
       <c r="L54" t="s">
         <v>3</v>
       </c>
+      <c r="O54" t="s">
+        <v>3</v>
+      </c>
       <c r="DB54" t="s">
-        <v>164</v>
-[...2 lines deleted...]
-    <row r="55" spans="1:111">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="55" spans="1:113">
       <c r="E55" s="2"/>
+      <c r="J55" t="s">
+        <v>3</v>
+      </c>
       <c r="L55" t="s">
         <v>3</v>
       </c>
+      <c r="O55" t="s">
+        <v>3</v>
+      </c>
       <c r="DB55" t="s">
-        <v>165</v>
-[...2 lines deleted...]
-    <row r="56" spans="1:111">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="56" spans="1:113">
       <c r="E56" s="2"/>
+      <c r="J56" t="s">
+        <v>3</v>
+      </c>
       <c r="L56" t="s">
         <v>3</v>
       </c>
+      <c r="O56" t="s">
+        <v>3</v>
+      </c>
       <c r="DB56" t="s">
-        <v>166</v>
-[...2 lines deleted...]
-    <row r="57" spans="1:111">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="57" spans="1:113">
       <c r="E57" s="2"/>
+      <c r="J57" t="s">
+        <v>3</v>
+      </c>
       <c r="L57" t="s">
         <v>3</v>
       </c>
+      <c r="O57" t="s">
+        <v>3</v>
+      </c>
       <c r="DB57" t="s">
-        <v>167</v>
-[...2 lines deleted...]
-    <row r="58" spans="1:111">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="58" spans="1:113">
       <c r="E58" s="2"/>
+      <c r="J58" t="s">
+        <v>3</v>
+      </c>
       <c r="L58" t="s">
         <v>3</v>
       </c>
+      <c r="O58" t="s">
+        <v>3</v>
+      </c>
       <c r="DB58" t="s">
-        <v>168</v>
-[...2 lines deleted...]
-    <row r="59" spans="1:111">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="59" spans="1:113">
       <c r="E59" s="2"/>
+      <c r="J59" t="s">
+        <v>3</v>
+      </c>
       <c r="L59" t="s">
         <v>3</v>
       </c>
+      <c r="O59" t="s">
+        <v>3</v>
+      </c>
       <c r="DB59" t="s">
-        <v>169</v>
-[...2 lines deleted...]
-    <row r="60" spans="1:111">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="60" spans="1:113">
       <c r="E60" s="2"/>
+      <c r="J60" t="s">
+        <v>3</v>
+      </c>
       <c r="L60" t="s">
         <v>3</v>
       </c>
+      <c r="O60" t="s">
+        <v>3</v>
+      </c>
       <c r="DB60" t="s">
-        <v>170</v>
-[...2 lines deleted...]
-    <row r="61" spans="1:111">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="61" spans="1:113">
       <c r="E61" s="2"/>
+      <c r="J61" t="s">
+        <v>3</v>
+      </c>
       <c r="L61" t="s">
         <v>3</v>
       </c>
+      <c r="O61" t="s">
+        <v>3</v>
+      </c>
       <c r="DB61" t="s">
-        <v>171</v>
-[...2 lines deleted...]
-    <row r="62" spans="1:111">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="62" spans="1:113">
       <c r="E62" s="2"/>
+      <c r="J62" t="s">
+        <v>3</v>
+      </c>
       <c r="L62" t="s">
         <v>3</v>
       </c>
+      <c r="O62" t="s">
+        <v>3</v>
+      </c>
       <c r="DB62" t="s">
-        <v>172</v>
-[...2 lines deleted...]
-    <row r="63" spans="1:111">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="63" spans="1:113">
       <c r="E63" s="2"/>
+      <c r="J63" t="s">
+        <v>3</v>
+      </c>
       <c r="L63" t="s">
         <v>3</v>
       </c>
+      <c r="O63" t="s">
+        <v>3</v>
+      </c>
       <c r="DB63" t="s">
-        <v>173</v>
-[...2 lines deleted...]
-    <row r="64" spans="1:111">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="64" spans="1:113">
       <c r="E64" s="2"/>
+      <c r="J64" t="s">
+        <v>3</v>
+      </c>
       <c r="L64" t="s">
         <v>3</v>
       </c>
+      <c r="O64" t="s">
+        <v>3</v>
+      </c>
       <c r="DB64" t="s">
-        <v>174</v>
-[...2 lines deleted...]
-    <row r="65" spans="1:111">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="65" spans="1:113">
       <c r="E65" s="2"/>
+      <c r="J65" t="s">
+        <v>3</v>
+      </c>
       <c r="L65" t="s">
         <v>3</v>
       </c>
+      <c r="O65" t="s">
+        <v>3</v>
+      </c>
       <c r="DB65" t="s">
-        <v>175</v>
-[...2 lines deleted...]
-    <row r="66" spans="1:111">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="66" spans="1:113">
       <c r="E66" s="2"/>
+      <c r="J66" t="s">
+        <v>3</v>
+      </c>
       <c r="L66" t="s">
         <v>3</v>
       </c>
+      <c r="O66" t="s">
+        <v>3</v>
+      </c>
       <c r="DB66" t="s">
-        <v>176</v>
-[...2 lines deleted...]
-    <row r="67" spans="1:111">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="67" spans="1:113">
       <c r="E67" s="2"/>
+      <c r="J67" t="s">
+        <v>3</v>
+      </c>
       <c r="L67" t="s">
         <v>3</v>
       </c>
+      <c r="O67" t="s">
+        <v>3</v>
+      </c>
       <c r="DB67" t="s">
-        <v>177</v>
-[...2 lines deleted...]
-    <row r="68" spans="1:111">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="68" spans="1:113">
       <c r="E68" s="2"/>
+      <c r="J68" t="s">
+        <v>3</v>
+      </c>
       <c r="L68" t="s">
         <v>3</v>
       </c>
+      <c r="O68" t="s">
+        <v>3</v>
+      </c>
       <c r="DB68" t="s">
-        <v>178</v>
-[...2 lines deleted...]
-    <row r="69" spans="1:111">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="69" spans="1:113">
       <c r="E69" s="2"/>
+      <c r="J69" t="s">
+        <v>3</v>
+      </c>
       <c r="L69" t="s">
         <v>3</v>
       </c>
+      <c r="O69" t="s">
+        <v>3</v>
+      </c>
       <c r="DB69" t="s">
-        <v>179</v>
-[...2 lines deleted...]
-    <row r="70" spans="1:111">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="70" spans="1:113">
       <c r="E70" s="2"/>
+      <c r="J70" t="s">
+        <v>3</v>
+      </c>
       <c r="L70" t="s">
         <v>3</v>
       </c>
+      <c r="O70" t="s">
+        <v>3</v>
+      </c>
       <c r="DB70" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-    <row r="71" spans="1:111">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="71" spans="1:113">
       <c r="E71" s="2"/>
+      <c r="J71" t="s">
+        <v>3</v>
+      </c>
       <c r="L71" t="s">
         <v>3</v>
       </c>
+      <c r="O71" t="s">
+        <v>3</v>
+      </c>
       <c r="DB71" t="s">
-        <v>181</v>
-[...2 lines deleted...]
-    <row r="72" spans="1:111">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="72" spans="1:113">
       <c r="E72" s="2"/>
+      <c r="J72" t="s">
+        <v>3</v>
+      </c>
       <c r="L72" t="s">
         <v>3</v>
       </c>
+      <c r="O72" t="s">
+        <v>3</v>
+      </c>
       <c r="DB72" t="s">
-        <v>182</v>
-[...2 lines deleted...]
-    <row r="73" spans="1:111">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="73" spans="1:113">
       <c r="E73" s="2"/>
+      <c r="J73" t="s">
+        <v>3</v>
+      </c>
       <c r="L73" t="s">
         <v>3</v>
       </c>
+      <c r="O73" t="s">
+        <v>3</v>
+      </c>
       <c r="DB73" t="s">
-        <v>183</v>
-[...2 lines deleted...]
-    <row r="74" spans="1:111">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="74" spans="1:113">
       <c r="E74" s="2"/>
+      <c r="J74" t="s">
+        <v>3</v>
+      </c>
       <c r="L74" t="s">
         <v>3</v>
       </c>
+      <c r="O74" t="s">
+        <v>3</v>
+      </c>
       <c r="DB74" t="s">
-        <v>184</v>
-[...2 lines deleted...]
-    <row r="75" spans="1:111">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="75" spans="1:113">
       <c r="E75" s="2"/>
+      <c r="J75" t="s">
+        <v>3</v>
+      </c>
       <c r="L75" t="s">
         <v>3</v>
       </c>
+      <c r="O75" t="s">
+        <v>3</v>
+      </c>
       <c r="DB75" t="s">
-        <v>185</v>
-[...2 lines deleted...]
-    <row r="76" spans="1:111">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="76" spans="1:113">
       <c r="E76" s="2"/>
+      <c r="J76" t="s">
+        <v>3</v>
+      </c>
       <c r="L76" t="s">
         <v>3</v>
       </c>
+      <c r="O76" t="s">
+        <v>3</v>
+      </c>
       <c r="DB76" t="s">
-        <v>186</v>
-[...2 lines deleted...]
-    <row r="77" spans="1:111">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="77" spans="1:113">
       <c r="E77" s="2"/>
+      <c r="J77" t="s">
+        <v>3</v>
+      </c>
       <c r="L77" t="s">
         <v>3</v>
       </c>
+      <c r="O77" t="s">
+        <v>3</v>
+      </c>
       <c r="DB77" t="s">
-        <v>187</v>
-[...2 lines deleted...]
-    <row r="78" spans="1:111">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="78" spans="1:113">
       <c r="E78" s="2"/>
+      <c r="J78" t="s">
+        <v>3</v>
+      </c>
       <c r="L78" t="s">
         <v>3</v>
       </c>
+      <c r="O78" t="s">
+        <v>3</v>
+      </c>
       <c r="DB78" t="s">
-        <v>188</v>
-[...2 lines deleted...]
-    <row r="79" spans="1:111">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="79" spans="1:113">
       <c r="E79" s="2"/>
+      <c r="J79" t="s">
+        <v>3</v>
+      </c>
       <c r="L79" t="s">
         <v>3</v>
       </c>
+      <c r="O79" t="s">
+        <v>3</v>
+      </c>
       <c r="DB79" t="s">
-        <v>189</v>
-[...2 lines deleted...]
-    <row r="80" spans="1:111">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="80" spans="1:113">
       <c r="E80" s="2"/>
+      <c r="J80" t="s">
+        <v>3</v>
+      </c>
       <c r="L80" t="s">
         <v>3</v>
       </c>
+      <c r="O80" t="s">
+        <v>3</v>
+      </c>
       <c r="DB80" t="s">
-        <v>190</v>
-[...2 lines deleted...]
-    <row r="81" spans="1:111">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="81" spans="1:113">
       <c r="E81" s="2"/>
+      <c r="J81" t="s">
+        <v>3</v>
+      </c>
       <c r="L81" t="s">
         <v>3</v>
       </c>
+      <c r="O81" t="s">
+        <v>3</v>
+      </c>
       <c r="DB81" t="s">
-        <v>191</v>
-[...2 lines deleted...]
-    <row r="82" spans="1:111">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="82" spans="1:113">
       <c r="E82" s="2"/>
+      <c r="J82" t="s">
+        <v>3</v>
+      </c>
       <c r="L82" t="s">
         <v>3</v>
       </c>
+      <c r="O82" t="s">
+        <v>3</v>
+      </c>
       <c r="DB82" t="s">
-        <v>192</v>
-[...2 lines deleted...]
-    <row r="83" spans="1:111">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="83" spans="1:113">
       <c r="E83" s="2"/>
+      <c r="J83" t="s">
+        <v>3</v>
+      </c>
       <c r="L83" t="s">
         <v>3</v>
       </c>
+      <c r="O83" t="s">
+        <v>3</v>
+      </c>
       <c r="DB83" t="s">
-        <v>193</v>
-[...2 lines deleted...]
-    <row r="84" spans="1:111">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="84" spans="1:113">
       <c r="E84" s="2"/>
+      <c r="J84" t="s">
+        <v>3</v>
+      </c>
       <c r="L84" t="s">
         <v>3</v>
       </c>
+      <c r="O84" t="s">
+        <v>3</v>
+      </c>
       <c r="DB84" t="s">
-        <v>194</v>
-[...2 lines deleted...]
-    <row r="85" spans="1:111">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="85" spans="1:113">
       <c r="E85" s="2"/>
+      <c r="J85" t="s">
+        <v>3</v>
+      </c>
       <c r="L85" t="s">
         <v>3</v>
       </c>
+      <c r="O85" t="s">
+        <v>3</v>
+      </c>
       <c r="DB85" t="s">
-        <v>195</v>
-[...2 lines deleted...]
-    <row r="86" spans="1:111">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="86" spans="1:113">
       <c r="E86" s="2"/>
+      <c r="J86" t="s">
+        <v>3</v>
+      </c>
       <c r="L86" t="s">
         <v>3</v>
       </c>
+      <c r="O86" t="s">
+        <v>3</v>
+      </c>
       <c r="DB86" t="s">
-        <v>196</v>
-[...2 lines deleted...]
-    <row r="87" spans="1:111">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="87" spans="1:113">
       <c r="E87" s="2"/>
+      <c r="J87" t="s">
+        <v>3</v>
+      </c>
       <c r="L87" t="s">
         <v>3</v>
       </c>
+      <c r="O87" t="s">
+        <v>3</v>
+      </c>
       <c r="DB87" t="s">
-        <v>197</v>
-[...2 lines deleted...]
-    <row r="88" spans="1:111">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="88" spans="1:113">
       <c r="E88" s="2"/>
+      <c r="J88" t="s">
+        <v>3</v>
+      </c>
       <c r="L88" t="s">
         <v>3</v>
       </c>
+      <c r="O88" t="s">
+        <v>3</v>
+      </c>
       <c r="DB88" t="s">
-        <v>198</v>
-[...2 lines deleted...]
-    <row r="89" spans="1:111">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="89" spans="1:113">
       <c r="E89" s="2"/>
+      <c r="J89" t="s">
+        <v>3</v>
+      </c>
       <c r="L89" t="s">
         <v>3</v>
       </c>
+      <c r="O89" t="s">
+        <v>3</v>
+      </c>
       <c r="DB89" t="s">
-        <v>199</v>
-[...2 lines deleted...]
-    <row r="90" spans="1:111">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="90" spans="1:113">
       <c r="E90" s="2"/>
+      <c r="J90" t="s">
+        <v>3</v>
+      </c>
       <c r="L90" t="s">
         <v>3</v>
       </c>
+      <c r="O90" t="s">
+        <v>3</v>
+      </c>
       <c r="DB90" t="s">
-        <v>200</v>
-[...2 lines deleted...]
-    <row r="91" spans="1:111">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="91" spans="1:113">
       <c r="E91" s="2"/>
+      <c r="J91" t="s">
+        <v>3</v>
+      </c>
       <c r="L91" t="s">
         <v>3</v>
       </c>
+      <c r="O91" t="s">
+        <v>3</v>
+      </c>
       <c r="DB91" t="s">
-        <v>201</v>
-[...2 lines deleted...]
-    <row r="92" spans="1:111">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="92" spans="1:113">
       <c r="E92" s="2"/>
+      <c r="J92" t="s">
+        <v>3</v>
+      </c>
       <c r="L92" t="s">
         <v>3</v>
       </c>
+      <c r="O92" t="s">
+        <v>3</v>
+      </c>
       <c r="DB92" t="s">
-        <v>202</v>
-[...2 lines deleted...]
-    <row r="93" spans="1:111">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="93" spans="1:113">
       <c r="E93" s="2"/>
+      <c r="J93" t="s">
+        <v>3</v>
+      </c>
       <c r="L93" t="s">
         <v>3</v>
       </c>
+      <c r="O93" t="s">
+        <v>3</v>
+      </c>
       <c r="DB93" t="s">
-        <v>203</v>
-[...2 lines deleted...]
-    <row r="94" spans="1:111">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="94" spans="1:113">
       <c r="E94" s="2"/>
+      <c r="J94" t="s">
+        <v>3</v>
+      </c>
       <c r="L94" t="s">
         <v>3</v>
       </c>
+      <c r="O94" t="s">
+        <v>3</v>
+      </c>
       <c r="DB94" t="s">
-        <v>204</v>
-[...2 lines deleted...]
-    <row r="95" spans="1:111">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="95" spans="1:113">
       <c r="E95" s="2"/>
+      <c r="J95" t="s">
+        <v>3</v>
+      </c>
       <c r="L95" t="s">
         <v>3</v>
       </c>
+      <c r="O95" t="s">
+        <v>3</v>
+      </c>
       <c r="DB95" t="s">
-        <v>205</v>
-[...2 lines deleted...]
-    <row r="96" spans="1:111">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="96" spans="1:113">
       <c r="E96" s="2"/>
+      <c r="J96" t="s">
+        <v>3</v>
+      </c>
       <c r="L96" t="s">
         <v>3</v>
       </c>
+      <c r="O96" t="s">
+        <v>3</v>
+      </c>
       <c r="DB96" t="s">
-        <v>206</v>
-[...2 lines deleted...]
-    <row r="97" spans="1:111">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="97" spans="1:113">
       <c r="E97" s="2"/>
+      <c r="J97" t="s">
+        <v>3</v>
+      </c>
       <c r="L97" t="s">
         <v>3</v>
       </c>
+      <c r="O97" t="s">
+        <v>3</v>
+      </c>
       <c r="DB97" t="s">
-        <v>207</v>
-[...2 lines deleted...]
-    <row r="98" spans="1:111">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="98" spans="1:113">
       <c r="E98" s="2"/>
+      <c r="J98" t="s">
+        <v>3</v>
+      </c>
       <c r="L98" t="s">
         <v>3</v>
       </c>
+      <c r="O98" t="s">
+        <v>3</v>
+      </c>
       <c r="DB98" t="s">
-        <v>208</v>
-[...2 lines deleted...]
-    <row r="99" spans="1:111">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="99" spans="1:113">
       <c r="E99" s="2"/>
+      <c r="J99" t="s">
+        <v>3</v>
+      </c>
       <c r="L99" t="s">
         <v>3</v>
       </c>
+      <c r="O99" t="s">
+        <v>3</v>
+      </c>
       <c r="DB99" t="s">
-        <v>209</v>
-[...2 lines deleted...]
-    <row r="100" spans="1:111">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="100" spans="1:113">
       <c r="E100" s="2"/>
+      <c r="J100" t="s">
+        <v>3</v>
+      </c>
       <c r="L100" t="s">
         <v>3</v>
       </c>
+      <c r="O100" t="s">
+        <v>3</v>
+      </c>
       <c r="DB100" t="s">
-        <v>210</v>
-[...2 lines deleted...]
-    <row r="101" spans="1:111">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="101" spans="1:113">
       <c r="E101" s="2"/>
+      <c r="J101" t="s">
+        <v>3</v>
+      </c>
       <c r="L101" t="s">
         <v>3</v>
       </c>
+      <c r="O101" t="s">
+        <v>3</v>
+      </c>
       <c r="DB101" t="s">
-        <v>211</v>
-[...2 lines deleted...]
-    <row r="102" spans="1:111">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="102" spans="1:113">
       <c r="E102" s="2"/>
+      <c r="J102" t="s">
+        <v>3</v>
+      </c>
       <c r="L102" t="s">
         <v>3</v>
       </c>
+      <c r="O102" t="s">
+        <v>3</v>
+      </c>
       <c r="DB102" t="s">
-        <v>212</v>
-[...2 lines deleted...]
-    <row r="103" spans="1:111">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="103" spans="1:113">
       <c r="E103" s="2"/>
+      <c r="J103" t="s">
+        <v>3</v>
+      </c>
       <c r="L103" t="s">
         <v>3</v>
       </c>
+      <c r="O103" t="s">
+        <v>3</v>
+      </c>
       <c r="DB103" t="s">
-        <v>213</v>
-[...2 lines deleted...]
-    <row r="104" spans="1:111">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="104" spans="1:113">
       <c r="E104" s="2"/>
+      <c r="J104" t="s">
+        <v>3</v>
+      </c>
       <c r="L104" t="s">
         <v>3</v>
       </c>
+      <c r="O104" t="s">
+        <v>3</v>
+      </c>
       <c r="DB104" t="s">
-        <v>214</v>
-[...2 lines deleted...]
-    <row r="105" spans="1:111">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="105" spans="1:113">
       <c r="E105" s="2"/>
+      <c r="J105" t="s">
+        <v>3</v>
+      </c>
       <c r="L105" t="s">
         <v>3</v>
       </c>
+      <c r="O105" t="s">
+        <v>3</v>
+      </c>
       <c r="DB105" t="s">
-        <v>215</v>
-[...2 lines deleted...]
-    <row r="106" spans="1:111">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="106" spans="1:113">
       <c r="E106" s="2"/>
+      <c r="J106" t="s">
+        <v>3</v>
+      </c>
       <c r="L106" t="s">
         <v>3</v>
       </c>
+      <c r="O106" t="s">
+        <v>3</v>
+      </c>
       <c r="DB106" t="s">
-        <v>216</v>
-[...2 lines deleted...]
-    <row r="107" spans="1:111">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="107" spans="1:113">
       <c r="E107" s="2"/>
+      <c r="J107" t="s">
+        <v>3</v>
+      </c>
       <c r="L107" t="s">
         <v>3</v>
       </c>
+      <c r="O107" t="s">
+        <v>3</v>
+      </c>
       <c r="DB107" t="s">
-        <v>217</v>
-[...2 lines deleted...]
-    <row r="108" spans="1:111">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="108" spans="1:113">
       <c r="E108" s="2"/>
+      <c r="J108" t="s">
+        <v>3</v>
+      </c>
       <c r="L108" t="s">
         <v>3</v>
       </c>
+      <c r="O108" t="s">
+        <v>3</v>
+      </c>
       <c r="DB108" t="s">
-        <v>218</v>
-[...2 lines deleted...]
-    <row r="109" spans="1:111">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="109" spans="1:113">
       <c r="E109" s="2"/>
+      <c r="J109" t="s">
+        <v>3</v>
+      </c>
       <c r="L109" t="s">
         <v>3</v>
       </c>
+      <c r="O109" t="s">
+        <v>3</v>
+      </c>
       <c r="DB109" t="s">
-        <v>219</v>
-[...2 lines deleted...]
-    <row r="110" spans="1:111">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="110" spans="1:113">
       <c r="E110" s="2"/>
+      <c r="J110" t="s">
+        <v>3</v>
+      </c>
       <c r="L110" t="s">
         <v>3</v>
       </c>
+      <c r="O110" t="s">
+        <v>3</v>
+      </c>
       <c r="DB110" t="s">
-        <v>220</v>
-[...2 lines deleted...]
-    <row r="111" spans="1:111">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="111" spans="1:113">
       <c r="E111" s="2"/>
+      <c r="J111" t="s">
+        <v>3</v>
+      </c>
       <c r="L111" t="s">
         <v>3</v>
       </c>
+      <c r="O111" t="s">
+        <v>3</v>
+      </c>
       <c r="DB111" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-    <row r="112" spans="1:111">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="112" spans="1:113">
       <c r="E112" s="2"/>
+      <c r="J112" t="s">
+        <v>3</v>
+      </c>
       <c r="L112" t="s">
         <v>3</v>
       </c>
+      <c r="O112" t="s">
+        <v>3</v>
+      </c>
       <c r="DB112" t="s">
-        <v>222</v>
-[...2 lines deleted...]
-    <row r="113" spans="1:111">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="113" spans="1:113">
       <c r="E113" s="2"/>
+      <c r="J113" t="s">
+        <v>3</v>
+      </c>
       <c r="L113" t="s">
         <v>3</v>
       </c>
+      <c r="O113" t="s">
+        <v>3</v>
+      </c>
       <c r="DB113" t="s">
-        <v>223</v>
-[...2 lines deleted...]
-    <row r="114" spans="1:111">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="114" spans="1:113">
       <c r="E114" s="2"/>
+      <c r="J114" t="s">
+        <v>3</v>
+      </c>
       <c r="L114" t="s">
         <v>3</v>
       </c>
+      <c r="O114" t="s">
+        <v>3</v>
+      </c>
       <c r="DB114" t="s">
-        <v>224</v>
-[...2 lines deleted...]
-    <row r="115" spans="1:111">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="115" spans="1:113">
       <c r="E115" s="2"/>
+      <c r="J115" t="s">
+        <v>3</v>
+      </c>
       <c r="L115" t="s">
         <v>3</v>
       </c>
+      <c r="O115" t="s">
+        <v>3</v>
+      </c>
       <c r="DB115" t="s">
-        <v>225</v>
-[...2 lines deleted...]
-    <row r="116" spans="1:111">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="116" spans="1:113">
       <c r="E116" s="2"/>
+      <c r="J116" t="s">
+        <v>3</v>
+      </c>
       <c r="L116" t="s">
         <v>3</v>
       </c>
+      <c r="O116" t="s">
+        <v>3</v>
+      </c>
       <c r="DB116" t="s">
-        <v>226</v>
-[...2 lines deleted...]
-    <row r="117" spans="1:111">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="117" spans="1:113">
       <c r="E117" s="2"/>
+      <c r="J117" t="s">
+        <v>3</v>
+      </c>
       <c r="L117" t="s">
         <v>3</v>
       </c>
+      <c r="O117" t="s">
+        <v>3</v>
+      </c>
       <c r="DB117" t="s">
-        <v>227</v>
-[...2 lines deleted...]
-    <row r="118" spans="1:111">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="118" spans="1:113">
       <c r="E118" s="2"/>
+      <c r="J118" t="s">
+        <v>3</v>
+      </c>
       <c r="L118" t="s">
         <v>3</v>
       </c>
+      <c r="O118" t="s">
+        <v>3</v>
+      </c>
       <c r="DB118" t="s">
-        <v>228</v>
-[...2 lines deleted...]
-    <row r="119" spans="1:111">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="119" spans="1:113">
       <c r="E119" s="2"/>
+      <c r="J119" t="s">
+        <v>3</v>
+      </c>
       <c r="L119" t="s">
         <v>3</v>
       </c>
+      <c r="O119" t="s">
+        <v>3</v>
+      </c>
       <c r="DB119" t="s">
-        <v>229</v>
-[...2 lines deleted...]
-    <row r="120" spans="1:111">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="120" spans="1:113">
       <c r="E120" s="2"/>
+      <c r="J120" t="s">
+        <v>3</v>
+      </c>
       <c r="L120" t="s">
         <v>3</v>
       </c>
+      <c r="O120" t="s">
+        <v>3</v>
+      </c>
       <c r="DB120" t="s">
-        <v>230</v>
-[...2 lines deleted...]
-    <row r="121" spans="1:111">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="121" spans="1:113">
       <c r="E121" s="2"/>
+      <c r="J121" t="s">
+        <v>3</v>
+      </c>
       <c r="L121" t="s">
         <v>3</v>
       </c>
+      <c r="O121" t="s">
+        <v>3</v>
+      </c>
       <c r="DB121" t="s">
-        <v>231</v>
-[...2 lines deleted...]
-    <row r="122" spans="1:111">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="122" spans="1:113">
       <c r="E122" s="2"/>
+      <c r="J122" t="s">
+        <v>3</v>
+      </c>
       <c r="L122" t="s">
         <v>3</v>
       </c>
+      <c r="O122" t="s">
+        <v>3</v>
+      </c>
       <c r="DB122" t="s">
-        <v>232</v>
-[...2 lines deleted...]
-    <row r="123" spans="1:111">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="123" spans="1:113">
       <c r="E123" s="2"/>
+      <c r="J123" t="s">
+        <v>3</v>
+      </c>
       <c r="L123" t="s">
         <v>3</v>
       </c>
+      <c r="O123" t="s">
+        <v>3</v>
+      </c>
       <c r="DB123" t="s">
-        <v>233</v>
-[...2 lines deleted...]
-    <row r="124" spans="1:111">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="124" spans="1:113">
       <c r="E124" s="2"/>
+      <c r="J124" t="s">
+        <v>3</v>
+      </c>
       <c r="L124" t="s">
         <v>3</v>
       </c>
+      <c r="O124" t="s">
+        <v>3</v>
+      </c>
       <c r="DB124" t="s">
-        <v>234</v>
-[...2 lines deleted...]
-    <row r="125" spans="1:111">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="125" spans="1:113">
       <c r="E125" s="2"/>
+      <c r="J125" t="s">
+        <v>3</v>
+      </c>
       <c r="L125" t="s">
         <v>3</v>
       </c>
+      <c r="O125" t="s">
+        <v>3</v>
+      </c>
       <c r="DB125" t="s">
-        <v>235</v>
-[...2 lines deleted...]
-    <row r="126" spans="1:111">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="126" spans="1:113">
       <c r="E126" s="2"/>
+      <c r="J126" t="s">
+        <v>3</v>
+      </c>
       <c r="L126" t="s">
         <v>3</v>
       </c>
+      <c r="O126" t="s">
+        <v>3</v>
+      </c>
       <c r="DB126" t="s">
-        <v>236</v>
-[...2 lines deleted...]
-    <row r="127" spans="1:111">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="127" spans="1:113">
       <c r="E127" s="2"/>
+      <c r="J127" t="s">
+        <v>3</v>
+      </c>
       <c r="L127" t="s">
         <v>3</v>
       </c>
+      <c r="O127" t="s">
+        <v>3</v>
+      </c>
       <c r="DB127" t="s">
-        <v>237</v>
-[...2 lines deleted...]
-    <row r="128" spans="1:111">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="128" spans="1:113">
       <c r="E128" s="2"/>
+      <c r="J128" t="s">
+        <v>3</v>
+      </c>
       <c r="L128" t="s">
         <v>3</v>
       </c>
+      <c r="O128" t="s">
+        <v>3</v>
+      </c>
       <c r="DB128" t="s">
-        <v>238</v>
-[...2 lines deleted...]
-    <row r="129" spans="1:111">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="129" spans="1:113">
       <c r="E129" s="2"/>
+      <c r="J129" t="s">
+        <v>3</v>
+      </c>
       <c r="L129" t="s">
         <v>3</v>
       </c>
+      <c r="O129" t="s">
+        <v>3</v>
+      </c>
       <c r="DB129" t="s">
-        <v>239</v>
-[...2 lines deleted...]
-    <row r="130" spans="1:111">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="130" spans="1:113">
       <c r="E130" s="2"/>
+      <c r="J130" t="s">
+        <v>3</v>
+      </c>
       <c r="L130" t="s">
         <v>3</v>
       </c>
+      <c r="O130" t="s">
+        <v>3</v>
+      </c>
       <c r="DB130" t="s">
-        <v>240</v>
-[...2 lines deleted...]
-    <row r="131" spans="1:111">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="131" spans="1:113">
       <c r="E131" s="2"/>
+      <c r="J131" t="s">
+        <v>3</v>
+      </c>
       <c r="L131" t="s">
         <v>3</v>
       </c>
+      <c r="O131" t="s">
+        <v>3</v>
+      </c>
       <c r="DB131" t="s">
-        <v>241</v>
-[...2 lines deleted...]
-    <row r="132" spans="1:111">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="132" spans="1:113">
       <c r="E132" s="2"/>
+      <c r="J132" t="s">
+        <v>3</v>
+      </c>
       <c r="L132" t="s">
         <v>3</v>
       </c>
+      <c r="O132" t="s">
+        <v>3</v>
+      </c>
       <c r="DB132" t="s">
-        <v>242</v>
-[...2 lines deleted...]
-    <row r="133" spans="1:111">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="133" spans="1:113">
       <c r="E133" s="2"/>
+      <c r="J133" t="s">
+        <v>3</v>
+      </c>
       <c r="L133" t="s">
         <v>3</v>
       </c>
+      <c r="O133" t="s">
+        <v>3</v>
+      </c>
       <c r="DB133" t="s">
-        <v>243</v>
-[...2 lines deleted...]
-    <row r="134" spans="1:111">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="134" spans="1:113">
       <c r="E134" s="2"/>
+      <c r="J134" t="s">
+        <v>3</v>
+      </c>
       <c r="L134" t="s">
         <v>3</v>
       </c>
+      <c r="O134" t="s">
+        <v>3</v>
+      </c>
       <c r="DB134" t="s">
-        <v>244</v>
-[...2 lines deleted...]
-    <row r="135" spans="1:111">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="135" spans="1:113">
       <c r="E135" s="2"/>
+      <c r="J135" t="s">
+        <v>3</v>
+      </c>
       <c r="L135" t="s">
         <v>3</v>
       </c>
+      <c r="O135" t="s">
+        <v>3</v>
+      </c>
       <c r="DB135" t="s">
-        <v>245</v>
-[...2 lines deleted...]
-    <row r="136" spans="1:111">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="136" spans="1:113">
       <c r="E136" s="2"/>
+      <c r="J136" t="s">
+        <v>3</v>
+      </c>
       <c r="L136" t="s">
         <v>3</v>
       </c>
+      <c r="O136" t="s">
+        <v>3</v>
+      </c>
       <c r="DB136" t="s">
-        <v>246</v>
-[...2 lines deleted...]
-    <row r="137" spans="1:111">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="137" spans="1:113">
       <c r="E137" s="2"/>
+      <c r="J137" t="s">
+        <v>3</v>
+      </c>
       <c r="L137" t="s">
         <v>3</v>
       </c>
+      <c r="O137" t="s">
+        <v>3</v>
+      </c>
       <c r="DB137" t="s">
-        <v>247</v>
-[...2 lines deleted...]
-    <row r="138" spans="1:111">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="138" spans="1:113">
       <c r="E138" s="2"/>
+      <c r="J138" t="s">
+        <v>3</v>
+      </c>
       <c r="L138" t="s">
         <v>3</v>
       </c>
+      <c r="O138" t="s">
+        <v>3</v>
+      </c>
       <c r="DB138" t="s">
-        <v>248</v>
-[...2 lines deleted...]
-    <row r="139" spans="1:111">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="139" spans="1:113">
       <c r="E139" s="2"/>
+      <c r="J139" t="s">
+        <v>3</v>
+      </c>
       <c r="L139" t="s">
         <v>3</v>
       </c>
+      <c r="O139" t="s">
+        <v>3</v>
+      </c>
       <c r="DB139" t="s">
-        <v>249</v>
-[...2 lines deleted...]
-    <row r="140" spans="1:111">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="140" spans="1:113">
       <c r="E140" s="2"/>
+      <c r="J140" t="s">
+        <v>3</v>
+      </c>
       <c r="L140" t="s">
         <v>3</v>
       </c>
+      <c r="O140" t="s">
+        <v>3</v>
+      </c>
       <c r="DB140" t="s">
-        <v>250</v>
-[...2 lines deleted...]
-    <row r="141" spans="1:111">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="141" spans="1:113">
       <c r="E141" s="2"/>
+      <c r="J141" t="s">
+        <v>3</v>
+      </c>
       <c r="L141" t="s">
         <v>3</v>
       </c>
+      <c r="O141" t="s">
+        <v>3</v>
+      </c>
       <c r="DB141" t="s">
-        <v>251</v>
-[...2 lines deleted...]
-    <row r="142" spans="1:111">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="142" spans="1:113">
       <c r="E142" s="2"/>
+      <c r="J142" t="s">
+        <v>3</v>
+      </c>
       <c r="L142" t="s">
         <v>3</v>
       </c>
+      <c r="O142" t="s">
+        <v>3</v>
+      </c>
       <c r="DB142" t="s">
-        <v>252</v>
-[...2 lines deleted...]
-    <row r="143" spans="1:111">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="143" spans="1:113">
       <c r="E143" s="2"/>
+      <c r="J143" t="s">
+        <v>3</v>
+      </c>
       <c r="L143" t="s">
         <v>3</v>
       </c>
+      <c r="O143" t="s">
+        <v>3</v>
+      </c>
       <c r="DB143" t="s">
-        <v>253</v>
-[...2 lines deleted...]
-    <row r="144" spans="1:111">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="144" spans="1:113">
       <c r="E144" s="2"/>
+      <c r="J144" t="s">
+        <v>3</v>
+      </c>
       <c r="L144" t="s">
         <v>3</v>
       </c>
+      <c r="O144" t="s">
+        <v>3</v>
+      </c>
       <c r="DB144" t="s">
-        <v>254</v>
-[...2 lines deleted...]
-    <row r="145" spans="1:111">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="145" spans="1:113">
       <c r="E145" s="2"/>
+      <c r="J145" t="s">
+        <v>3</v>
+      </c>
       <c r="L145" t="s">
         <v>3</v>
       </c>
+      <c r="O145" t="s">
+        <v>3</v>
+      </c>
       <c r="DB145" t="s">
-        <v>255</v>
-[...2 lines deleted...]
-    <row r="146" spans="1:111">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="146" spans="1:113">
       <c r="E146" s="2"/>
+      <c r="J146" t="s">
+        <v>3</v>
+      </c>
       <c r="L146" t="s">
         <v>3</v>
       </c>
+      <c r="O146" t="s">
+        <v>3</v>
+      </c>
       <c r="DB146" t="s">
-        <v>256</v>
-[...2 lines deleted...]
-    <row r="147" spans="1:111">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="147" spans="1:113">
       <c r="E147" s="2"/>
+      <c r="J147" t="s">
+        <v>3</v>
+      </c>
       <c r="L147" t="s">
         <v>3</v>
       </c>
+      <c r="O147" t="s">
+        <v>3</v>
+      </c>
       <c r="DB147" t="s">
-        <v>257</v>
-[...2 lines deleted...]
-    <row r="148" spans="1:111">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="148" spans="1:113">
       <c r="E148" s="2"/>
+      <c r="J148" t="s">
+        <v>3</v>
+      </c>
       <c r="L148" t="s">
         <v>3</v>
       </c>
+      <c r="O148" t="s">
+        <v>3</v>
+      </c>
       <c r="DB148" t="s">
-        <v>258</v>
-[...2 lines deleted...]
-    <row r="149" spans="1:111">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="149" spans="1:113">
       <c r="E149" s="2"/>
+      <c r="J149" t="s">
+        <v>3</v>
+      </c>
       <c r="L149" t="s">
         <v>3</v>
       </c>
+      <c r="O149" t="s">
+        <v>3</v>
+      </c>
       <c r="DB149" t="s">
-        <v>259</v>
-[...2 lines deleted...]
-    <row r="150" spans="1:111">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="150" spans="1:113">
       <c r="E150" s="2"/>
+      <c r="J150" t="s">
+        <v>3</v>
+      </c>
       <c r="L150" t="s">
         <v>3</v>
       </c>
+      <c r="O150" t="s">
+        <v>3</v>
+      </c>
       <c r="DB150" t="s">
-        <v>260</v>
-[...2 lines deleted...]
-    <row r="151" spans="1:111">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="151" spans="1:113">
       <c r="E151" s="2"/>
+      <c r="J151" t="s">
+        <v>3</v>
+      </c>
       <c r="L151" t="s">
         <v>3</v>
       </c>
+      <c r="O151" t="s">
+        <v>3</v>
+      </c>
       <c r="DB151" t="s">
-        <v>260</v>
-[...2 lines deleted...]
-    <row r="152" spans="1:111">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="152" spans="1:113">
       <c r="E152" s="2"/>
+      <c r="J152" t="s">
+        <v>3</v>
+      </c>
       <c r="L152" t="s">
         <v>3</v>
       </c>
+      <c r="O152" t="s">
+        <v>3</v>
+      </c>
       <c r="DB152" t="s">
-        <v>261</v>
-[...2 lines deleted...]
-    <row r="153" spans="1:111">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="153" spans="1:113">
       <c r="E153" s="2"/>
+      <c r="J153" t="s">
+        <v>3</v>
+      </c>
       <c r="L153" t="s">
         <v>3</v>
       </c>
+      <c r="O153" t="s">
+        <v>3</v>
+      </c>
       <c r="DB153" t="s">
-        <v>262</v>
-[...2 lines deleted...]
-    <row r="154" spans="1:111">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="154" spans="1:113">
       <c r="E154" s="2"/>
+      <c r="J154" t="s">
+        <v>3</v>
+      </c>
       <c r="L154" t="s">
         <v>3</v>
       </c>
+      <c r="O154" t="s">
+        <v>3</v>
+      </c>
       <c r="DB154" t="s">
-        <v>263</v>
-[...2 lines deleted...]
-    <row r="155" spans="1:111">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="155" spans="1:113">
       <c r="E155" s="2"/>
+      <c r="J155" t="s">
+        <v>3</v>
+      </c>
       <c r="L155" t="s">
         <v>3</v>
       </c>
+      <c r="O155" t="s">
+        <v>3</v>
+      </c>
       <c r="DB155" t="s">
-        <v>264</v>
-[...2 lines deleted...]
-    <row r="156" spans="1:111">
+        <v>284</v>
+      </c>
+    </row>
+    <row r="156" spans="1:113">
       <c r="E156" s="2"/>
+      <c r="J156" t="s">
+        <v>3</v>
+      </c>
       <c r="L156" t="s">
         <v>3</v>
       </c>
+      <c r="O156" t="s">
+        <v>3</v>
+      </c>
       <c r="DB156" t="s">
-        <v>265</v>
-[...2 lines deleted...]
-    <row r="157" spans="1:111">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="157" spans="1:113">
       <c r="E157" s="2"/>
+      <c r="J157" t="s">
+        <v>3</v>
+      </c>
       <c r="L157" t="s">
         <v>3</v>
       </c>
+      <c r="O157" t="s">
+        <v>3</v>
+      </c>
       <c r="DB157" t="s">
-        <v>266</v>
-[...2 lines deleted...]
-    <row r="158" spans="1:111">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="158" spans="1:113">
       <c r="E158" s="2"/>
+      <c r="J158" t="s">
+        <v>3</v>
+      </c>
       <c r="L158" t="s">
         <v>3</v>
       </c>
+      <c r="O158" t="s">
+        <v>3</v>
+      </c>
       <c r="DB158" t="s">
-        <v>267</v>
-[...2 lines deleted...]
-    <row r="159" spans="1:111">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="159" spans="1:113">
       <c r="E159" s="2"/>
+      <c r="J159" t="s">
+        <v>3</v>
+      </c>
       <c r="L159" t="s">
         <v>3</v>
       </c>
+      <c r="O159" t="s">
+        <v>3</v>
+      </c>
       <c r="DB159" t="s">
-        <v>268</v>
-[...2 lines deleted...]
-    <row r="160" spans="1:111">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="160" spans="1:113">
       <c r="E160" s="2"/>
+      <c r="J160" t="s">
+        <v>3</v>
+      </c>
       <c r="L160" t="s">
         <v>3</v>
       </c>
+      <c r="O160" t="s">
+        <v>3</v>
+      </c>
       <c r="DB160" t="s">
-        <v>269</v>
-[...2 lines deleted...]
-    <row r="161" spans="1:111">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="161" spans="1:113">
       <c r="E161" s="2"/>
+      <c r="J161" t="s">
+        <v>3</v>
+      </c>
       <c r="L161" t="s">
         <v>3</v>
       </c>
+      <c r="O161" t="s">
+        <v>3</v>
+      </c>
       <c r="DB161" t="s">
-        <v>270</v>
-[...2 lines deleted...]
-    <row r="162" spans="1:111">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="162" spans="1:113">
       <c r="E162" s="2"/>
+      <c r="J162" t="s">
+        <v>3</v>
+      </c>
       <c r="L162" t="s">
         <v>3</v>
       </c>
+      <c r="O162" t="s">
+        <v>3</v>
+      </c>
       <c r="DB162" t="s">
-        <v>271</v>
-[...2 lines deleted...]
-    <row r="163" spans="1:111">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="163" spans="1:113">
       <c r="E163" s="2"/>
+      <c r="J163" t="s">
+        <v>3</v>
+      </c>
       <c r="L163" t="s">
         <v>3</v>
       </c>
+      <c r="O163" t="s">
+        <v>3</v>
+      </c>
       <c r="DB163" t="s">
-        <v>272</v>
-[...2 lines deleted...]
-    <row r="164" spans="1:111">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="164" spans="1:113">
       <c r="E164" s="2"/>
+      <c r="J164" t="s">
+        <v>3</v>
+      </c>
       <c r="L164" t="s">
         <v>3</v>
       </c>
+      <c r="O164" t="s">
+        <v>3</v>
+      </c>
       <c r="DB164" t="s">
-        <v>273</v>
-[...2 lines deleted...]
-    <row r="165" spans="1:111">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="165" spans="1:113">
       <c r="E165" s="2"/>
+      <c r="J165" t="s">
+        <v>3</v>
+      </c>
       <c r="L165" t="s">
         <v>3</v>
       </c>
+      <c r="O165" t="s">
+        <v>3</v>
+      </c>
       <c r="DB165" t="s">
-        <v>274</v>
-[...2 lines deleted...]
-    <row r="166" spans="1:111">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="166" spans="1:113">
       <c r="E166" s="2"/>
+      <c r="J166" t="s">
+        <v>3</v>
+      </c>
       <c r="L166" t="s">
         <v>3</v>
       </c>
+      <c r="O166" t="s">
+        <v>3</v>
+      </c>
       <c r="DB166" t="s">
-        <v>275</v>
-[...2 lines deleted...]
-    <row r="167" spans="1:111">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="167" spans="1:113">
       <c r="E167" s="2"/>
+      <c r="J167" t="s">
+        <v>3</v>
+      </c>
       <c r="L167" t="s">
         <v>3</v>
       </c>
+      <c r="O167" t="s">
+        <v>3</v>
+      </c>
       <c r="DB167" t="s">
-        <v>276</v>
-[...2 lines deleted...]
-    <row r="168" spans="1:111">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="168" spans="1:113">
       <c r="E168" s="2"/>
+      <c r="J168" t="s">
+        <v>3</v>
+      </c>
       <c r="L168" t="s">
         <v>3</v>
       </c>
+      <c r="O168" t="s">
+        <v>3</v>
+      </c>
       <c r="DB168" t="s">
-        <v>277</v>
-[...2 lines deleted...]
-    <row r="169" spans="1:111">
+        <v>296</v>
+      </c>
+    </row>
+    <row r="169" spans="1:113">
       <c r="E169" s="2"/>
+      <c r="J169" t="s">
+        <v>3</v>
+      </c>
       <c r="L169" t="s">
         <v>3</v>
       </c>
+      <c r="O169" t="s">
+        <v>3</v>
+      </c>
       <c r="DB169" t="s">
-        <v>278</v>
-[...2 lines deleted...]
-    <row r="170" spans="1:111">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="170" spans="1:113">
       <c r="E170" s="2"/>
+      <c r="J170" t="s">
+        <v>3</v>
+      </c>
       <c r="L170" t="s">
         <v>3</v>
       </c>
+      <c r="O170" t="s">
+        <v>3</v>
+      </c>
       <c r="DB170" t="s">
-        <v>279</v>
-[...2 lines deleted...]
-    <row r="171" spans="1:111">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="171" spans="1:113">
       <c r="E171" s="2"/>
+      <c r="J171" t="s">
+        <v>3</v>
+      </c>
       <c r="L171" t="s">
         <v>3</v>
       </c>
+      <c r="O171" t="s">
+        <v>3</v>
+      </c>
       <c r="DB171" t="s">
-        <v>280</v>
-[...2 lines deleted...]
-    <row r="172" spans="1:111">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="172" spans="1:113">
       <c r="E172" s="2"/>
+      <c r="J172" t="s">
+        <v>3</v>
+      </c>
       <c r="L172" t="s">
         <v>3</v>
       </c>
+      <c r="O172" t="s">
+        <v>3</v>
+      </c>
       <c r="DB172" t="s">
-        <v>281</v>
-[...2 lines deleted...]
-    <row r="173" spans="1:111">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="173" spans="1:113">
       <c r="E173" s="2"/>
+      <c r="J173" t="s">
+        <v>3</v>
+      </c>
       <c r="L173" t="s">
         <v>3</v>
       </c>
+      <c r="O173" t="s">
+        <v>3</v>
+      </c>
       <c r="DB173" t="s">
-        <v>282</v>
-[...2 lines deleted...]
-    <row r="174" spans="1:111">
+        <v>301</v>
+      </c>
+    </row>
+    <row r="174" spans="1:113">
       <c r="E174" s="2"/>
+      <c r="J174" t="s">
+        <v>3</v>
+      </c>
       <c r="L174" t="s">
         <v>3</v>
       </c>
+      <c r="O174" t="s">
+        <v>3</v>
+      </c>
       <c r="DB174" t="s">
-        <v>283</v>
-[...2 lines deleted...]
-    <row r="175" spans="1:111">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="175" spans="1:113">
       <c r="E175" s="2"/>
+      <c r="J175" t="s">
+        <v>3</v>
+      </c>
       <c r="L175" t="s">
         <v>3</v>
       </c>
+      <c r="O175" t="s">
+        <v>3</v>
+      </c>
       <c r="DB175" t="s">
-        <v>284</v>
-[...2 lines deleted...]
-    <row r="176" spans="1:111">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="176" spans="1:113">
       <c r="E176" s="2"/>
+      <c r="J176" t="s">
+        <v>3</v>
+      </c>
       <c r="L176" t="s">
         <v>3</v>
       </c>
+      <c r="O176" t="s">
+        <v>3</v>
+      </c>
       <c r="DB176" t="s">
-        <v>285</v>
-[...2 lines deleted...]
-    <row r="177" spans="1:111">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="177" spans="1:113">
       <c r="E177" s="2"/>
+      <c r="J177" t="s">
+        <v>3</v>
+      </c>
       <c r="L177" t="s">
         <v>3</v>
       </c>
+      <c r="O177" t="s">
+        <v>3</v>
+      </c>
       <c r="DB177" t="s">
-        <v>286</v>
-[...2 lines deleted...]
-    <row r="178" spans="1:111">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="178" spans="1:113">
       <c r="E178" s="2"/>
+      <c r="J178" t="s">
+        <v>3</v>
+      </c>
       <c r="L178" t="s">
         <v>3</v>
       </c>
+      <c r="O178" t="s">
+        <v>3</v>
+      </c>
       <c r="DB178" t="s">
-        <v>287</v>
-[...2 lines deleted...]
-    <row r="179" spans="1:111">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="179" spans="1:113">
       <c r="E179" s="2"/>
+      <c r="J179" t="s">
+        <v>3</v>
+      </c>
       <c r="L179" t="s">
         <v>3</v>
       </c>
+      <c r="O179" t="s">
+        <v>3</v>
+      </c>
       <c r="DB179" t="s">
-        <v>288</v>
-[...2 lines deleted...]
-    <row r="180" spans="1:111">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="180" spans="1:113">
       <c r="E180" s="2"/>
+      <c r="J180" t="s">
+        <v>3</v>
+      </c>
       <c r="L180" t="s">
         <v>3</v>
       </c>
+      <c r="O180" t="s">
+        <v>3</v>
+      </c>
       <c r="DB180" t="s">
-        <v>289</v>
-[...2 lines deleted...]
-    <row r="181" spans="1:111">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="181" spans="1:113">
       <c r="E181" s="2"/>
+      <c r="J181" t="s">
+        <v>3</v>
+      </c>
       <c r="L181" t="s">
         <v>3</v>
       </c>
+      <c r="O181" t="s">
+        <v>3</v>
+      </c>
       <c r="DB181" t="s">
-        <v>290</v>
-[...2 lines deleted...]
-    <row r="182" spans="1:111">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="182" spans="1:113">
       <c r="E182" s="2"/>
+      <c r="J182" t="s">
+        <v>3</v>
+      </c>
       <c r="L182" t="s">
         <v>3</v>
       </c>
+      <c r="O182" t="s">
+        <v>3</v>
+      </c>
       <c r="DB182" t="s">
-        <v>291</v>
-[...2 lines deleted...]
-    <row r="183" spans="1:111">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="183" spans="1:113">
       <c r="E183" s="2"/>
+      <c r="J183" t="s">
+        <v>3</v>
+      </c>
       <c r="L183" t="s">
         <v>3</v>
       </c>
+      <c r="O183" t="s">
+        <v>3</v>
+      </c>
       <c r="DB183" t="s">
-        <v>292</v>
-[...2 lines deleted...]
-    <row r="184" spans="1:111">
+        <v>311</v>
+      </c>
+    </row>
+    <row r="184" spans="1:113">
       <c r="E184" s="2"/>
+      <c r="J184" t="s">
+        <v>3</v>
+      </c>
       <c r="L184" t="s">
         <v>3</v>
       </c>
+      <c r="O184" t="s">
+        <v>3</v>
+      </c>
       <c r="DB184" t="s">
-        <v>293</v>
-[...2 lines deleted...]
-    <row r="185" spans="1:111">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="185" spans="1:113">
       <c r="E185" s="2"/>
+      <c r="J185" t="s">
+        <v>3</v>
+      </c>
       <c r="L185" t="s">
         <v>3</v>
       </c>
+      <c r="O185" t="s">
+        <v>3</v>
+      </c>
       <c r="DB185" t="s">
-        <v>294</v>
-[...2 lines deleted...]
-    <row r="186" spans="1:111">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="186" spans="1:113">
       <c r="E186" s="2"/>
+      <c r="J186" t="s">
+        <v>3</v>
+      </c>
       <c r="L186" t="s">
         <v>3</v>
       </c>
+      <c r="O186" t="s">
+        <v>3</v>
+      </c>
       <c r="DB186" t="s">
-        <v>295</v>
-[...2 lines deleted...]
-    <row r="187" spans="1:111">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="187" spans="1:113">
       <c r="E187" s="2"/>
+      <c r="J187" t="s">
+        <v>3</v>
+      </c>
       <c r="L187" t="s">
         <v>3</v>
       </c>
+      <c r="O187" t="s">
+        <v>3</v>
+      </c>
       <c r="DB187" t="s">
-        <v>296</v>
-[...2 lines deleted...]
-    <row r="188" spans="1:111">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="188" spans="1:113">
       <c r="E188" s="2"/>
+      <c r="J188" t="s">
+        <v>3</v>
+      </c>
       <c r="L188" t="s">
         <v>3</v>
       </c>
+      <c r="O188" t="s">
+        <v>3</v>
+      </c>
       <c r="DB188" t="s">
-        <v>297</v>
-[...2 lines deleted...]
-    <row r="189" spans="1:111">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="189" spans="1:113">
       <c r="E189" s="2"/>
+      <c r="J189" t="s">
+        <v>3</v>
+      </c>
       <c r="L189" t="s">
         <v>3</v>
       </c>
+      <c r="O189" t="s">
+        <v>3</v>
+      </c>
       <c r="DB189" t="s">
-        <v>298</v>
-[...2 lines deleted...]
-    <row r="190" spans="1:111">
+        <v>317</v>
+      </c>
+    </row>
+    <row r="190" spans="1:113">
       <c r="E190" s="2"/>
+      <c r="J190" t="s">
+        <v>3</v>
+      </c>
       <c r="L190" t="s">
         <v>3</v>
       </c>
+      <c r="O190" t="s">
+        <v>3</v>
+      </c>
       <c r="DB190" t="s">
-        <v>299</v>
-[...2 lines deleted...]
-    <row r="191" spans="1:111">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="191" spans="1:113">
       <c r="E191" s="2"/>
+      <c r="J191" t="s">
+        <v>3</v>
+      </c>
       <c r="L191" t="s">
         <v>3</v>
       </c>
+      <c r="O191" t="s">
+        <v>3</v>
+      </c>
       <c r="DB191" t="s">
-        <v>300</v>
-[...2 lines deleted...]
-    <row r="192" spans="1:111">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="192" spans="1:113">
       <c r="E192" s="2"/>
+      <c r="J192" t="s">
+        <v>3</v>
+      </c>
       <c r="L192" t="s">
         <v>3</v>
       </c>
+      <c r="O192" t="s">
+        <v>3</v>
+      </c>
       <c r="DB192" t="s">
-        <v>301</v>
-[...2 lines deleted...]
-    <row r="193" spans="1:111">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="193" spans="1:113">
       <c r="E193" s="2"/>
+      <c r="J193" t="s">
+        <v>3</v>
+      </c>
       <c r="L193" t="s">
         <v>3</v>
       </c>
+      <c r="O193" t="s">
+        <v>3</v>
+      </c>
       <c r="DB193" t="s">
-        <v>302</v>
-[...2 lines deleted...]
-    <row r="194" spans="1:111">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="194" spans="1:113">
       <c r="E194" s="2"/>
+      <c r="J194" t="s">
+        <v>3</v>
+      </c>
       <c r="L194" t="s">
         <v>3</v>
       </c>
+      <c r="O194" t="s">
+        <v>3</v>
+      </c>
       <c r="DB194" t="s">
-        <v>303</v>
-[...2 lines deleted...]
-    <row r="195" spans="1:111">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="195" spans="1:113">
       <c r="E195" s="2"/>
+      <c r="J195" t="s">
+        <v>3</v>
+      </c>
       <c r="L195" t="s">
         <v>3</v>
       </c>
+      <c r="O195" t="s">
+        <v>3</v>
+      </c>
       <c r="DB195" t="s">
-        <v>304</v>
-[...2 lines deleted...]
-    <row r="196" spans="1:111">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="196" spans="1:113">
       <c r="E196" s="2"/>
+      <c r="J196" t="s">
+        <v>3</v>
+      </c>
       <c r="L196" t="s">
         <v>3</v>
       </c>
+      <c r="O196" t="s">
+        <v>3</v>
+      </c>
       <c r="DB196" t="s">
-        <v>305</v>
-[...2 lines deleted...]
-    <row r="197" spans="1:111">
+        <v>324</v>
+      </c>
+    </row>
+    <row r="197" spans="1:113">
       <c r="E197" s="2"/>
+      <c r="J197" t="s">
+        <v>3</v>
+      </c>
       <c r="L197" t="s">
         <v>3</v>
       </c>
+      <c r="O197" t="s">
+        <v>3</v>
+      </c>
       <c r="DB197" t="s">
-        <v>306</v>
-[...2 lines deleted...]
-    <row r="198" spans="1:111">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="198" spans="1:113">
       <c r="E198" s="2"/>
+      <c r="J198" t="s">
+        <v>3</v>
+      </c>
       <c r="L198" t="s">
         <v>3</v>
       </c>
+      <c r="O198" t="s">
+        <v>3</v>
+      </c>
       <c r="DB198" t="s">
-        <v>307</v>
-[...2 lines deleted...]
-    <row r="199" spans="1:111">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="199" spans="1:113">
       <c r="E199" s="2"/>
+      <c r="J199" t="s">
+        <v>3</v>
+      </c>
       <c r="L199" t="s">
         <v>3</v>
       </c>
+      <c r="O199" t="s">
+        <v>3</v>
+      </c>
       <c r="DB199" t="s">
-        <v>308</v>
-[...2 lines deleted...]
-    <row r="200" spans="1:111">
+        <v>327</v>
+      </c>
+    </row>
+    <row r="200" spans="1:113">
       <c r="E200" s="2"/>
+      <c r="J200" t="s">
+        <v>3</v>
+      </c>
       <c r="L200" t="s">
         <v>3</v>
       </c>
+      <c r="O200" t="s">
+        <v>3</v>
+      </c>
       <c r="DB200" t="s">
-        <v>309</v>
-[...2 lines deleted...]
-    <row r="201" spans="1:111">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="201" spans="1:113">
       <c r="E201" s="2"/>
+      <c r="J201" t="s">
+        <v>3</v>
+      </c>
       <c r="L201" t="s">
         <v>3</v>
       </c>
+      <c r="O201" t="s">
+        <v>3</v>
+      </c>
       <c r="DB201" t="s">
-        <v>310</v>
-[...2 lines deleted...]
-    <row r="202" spans="1:111">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="202" spans="1:113">
       <c r="E202" s="2"/>
+      <c r="J202" t="s">
+        <v>3</v>
+      </c>
       <c r="L202" t="s">
         <v>3</v>
       </c>
+      <c r="O202" t="s">
+        <v>3</v>
+      </c>
       <c r="DB202" t="s">
-        <v>311</v>
-[...2 lines deleted...]
-    <row r="203" spans="1:111">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="203" spans="1:113">
       <c r="E203" s="2"/>
+      <c r="J203" t="s">
+        <v>3</v>
+      </c>
       <c r="L203" t="s">
         <v>3</v>
       </c>
+      <c r="O203" t="s">
+        <v>3</v>
+      </c>
       <c r="DB203" t="s">
-        <v>312</v>
-[...2 lines deleted...]
-    <row r="204" spans="1:111">
+        <v>331</v>
+      </c>
+    </row>
+    <row r="204" spans="1:113">
       <c r="E204" s="2"/>
+      <c r="J204" t="s">
+        <v>3</v>
+      </c>
       <c r="L204" t="s">
         <v>3</v>
       </c>
+      <c r="O204" t="s">
+        <v>3</v>
+      </c>
       <c r="DB204" t="s">
-        <v>313</v>
-[...2 lines deleted...]
-    <row r="205" spans="1:111">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="205" spans="1:113">
       <c r="E205" s="2"/>
+      <c r="J205" t="s">
+        <v>3</v>
+      </c>
       <c r="L205" t="s">
         <v>3</v>
       </c>
+      <c r="O205" t="s">
+        <v>3</v>
+      </c>
       <c r="DB205" t="s">
-        <v>314</v>
-[...2 lines deleted...]
-    <row r="206" spans="1:111">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="206" spans="1:113">
       <c r="E206" s="2"/>
+      <c r="J206" t="s">
+        <v>3</v>
+      </c>
       <c r="L206" t="s">
         <v>3</v>
       </c>
+      <c r="O206" t="s">
+        <v>3</v>
+      </c>
       <c r="DB206" t="s">
-        <v>315</v>
-[...2 lines deleted...]
-    <row r="207" spans="1:111">
+        <v>334</v>
+      </c>
+    </row>
+    <row r="207" spans="1:113">
       <c r="E207" s="2"/>
+      <c r="J207" t="s">
+        <v>3</v>
+      </c>
       <c r="L207" t="s">
         <v>3</v>
       </c>
+      <c r="O207" t="s">
+        <v>3</v>
+      </c>
       <c r="DB207" t="s">
-        <v>316</v>
-[...2 lines deleted...]
-    <row r="208" spans="1:111">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="208" spans="1:113">
       <c r="E208" s="2"/>
+      <c r="J208" t="s">
+        <v>3</v>
+      </c>
       <c r="L208" t="s">
         <v>3</v>
       </c>
+      <c r="O208" t="s">
+        <v>3</v>
+      </c>
       <c r="DB208" t="s">
-        <v>317</v>
-[...2 lines deleted...]
-    <row r="209" spans="1:111">
+        <v>336</v>
+      </c>
+    </row>
+    <row r="209" spans="1:113">
       <c r="E209" s="2"/>
+      <c r="J209" t="s">
+        <v>3</v>
+      </c>
       <c r="L209" t="s">
         <v>3</v>
       </c>
+      <c r="O209" t="s">
+        <v>3</v>
+      </c>
       <c r="DB209" t="s">
-        <v>318</v>
-[...2 lines deleted...]
-    <row r="210" spans="1:111">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="210" spans="1:113">
       <c r="E210" s="2"/>
+      <c r="J210" t="s">
+        <v>3</v>
+      </c>
       <c r="L210" t="s">
         <v>3</v>
       </c>
+      <c r="O210" t="s">
+        <v>3</v>
+      </c>
       <c r="DB210" t="s">
-        <v>319</v>
-[...2 lines deleted...]
-    <row r="211" spans="1:111">
+        <v>338</v>
+      </c>
+    </row>
+    <row r="211" spans="1:113">
       <c r="E211" s="2"/>
+      <c r="J211" t="s">
+        <v>3</v>
+      </c>
       <c r="L211" t="s">
         <v>3</v>
       </c>
+      <c r="O211" t="s">
+        <v>3</v>
+      </c>
       <c r="DB211" t="s">
-        <v>320</v>
-[...2 lines deleted...]
-    <row r="212" spans="1:111">
+        <v>339</v>
+      </c>
+    </row>
+    <row r="212" spans="1:113">
       <c r="E212" s="2"/>
+      <c r="J212" t="s">
+        <v>3</v>
+      </c>
       <c r="L212" t="s">
         <v>3</v>
       </c>
+      <c r="O212" t="s">
+        <v>3</v>
+      </c>
       <c r="DB212" t="s">
-        <v>321</v>
-[...2 lines deleted...]
-    <row r="213" spans="1:111">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="213" spans="1:113">
       <c r="E213" s="2"/>
+      <c r="J213" t="s">
+        <v>3</v>
+      </c>
       <c r="L213" t="s">
         <v>3</v>
       </c>
+      <c r="O213" t="s">
+        <v>3</v>
+      </c>
       <c r="DB213" t="s">
-        <v>322</v>
-[...2 lines deleted...]
-    <row r="214" spans="1:111">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="214" spans="1:113">
       <c r="E214" s="2"/>
+      <c r="J214" t="s">
+        <v>3</v>
+      </c>
       <c r="L214" t="s">
         <v>3</v>
       </c>
+      <c r="O214" t="s">
+        <v>3</v>
+      </c>
       <c r="DB214" t="s">
-        <v>323</v>
-[...2 lines deleted...]
-    <row r="215" spans="1:111">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="215" spans="1:113">
       <c r="E215" s="2"/>
+      <c r="J215" t="s">
+        <v>3</v>
+      </c>
       <c r="L215" t="s">
         <v>3</v>
       </c>
+      <c r="O215" t="s">
+        <v>3</v>
+      </c>
       <c r="DB215" t="s">
-        <v>324</v>
-[...2 lines deleted...]
-    <row r="216" spans="1:111">
+        <v>343</v>
+      </c>
+    </row>
+    <row r="216" spans="1:113">
       <c r="E216" s="2"/>
+      <c r="J216" t="s">
+        <v>3</v>
+      </c>
       <c r="L216" t="s">
         <v>3</v>
       </c>
+      <c r="O216" t="s">
+        <v>3</v>
+      </c>
       <c r="DB216" t="s">
-        <v>325</v>
-[...2 lines deleted...]
-    <row r="217" spans="1:111">
+        <v>344</v>
+      </c>
+    </row>
+    <row r="217" spans="1:113">
       <c r="E217" s="2"/>
+      <c r="J217" t="s">
+        <v>3</v>
+      </c>
       <c r="L217" t="s">
         <v>3</v>
       </c>
+      <c r="O217" t="s">
+        <v>3</v>
+      </c>
       <c r="DB217" t="s">
-        <v>326</v>
-[...2 lines deleted...]
-    <row r="218" spans="1:111">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="218" spans="1:113">
       <c r="E218" s="2"/>
+      <c r="J218" t="s">
+        <v>3</v>
+      </c>
       <c r="L218" t="s">
         <v>3</v>
       </c>
+      <c r="O218" t="s">
+        <v>3</v>
+      </c>
       <c r="DB218" t="s">
-        <v>327</v>
-[...2 lines deleted...]
-    <row r="219" spans="1:111">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="219" spans="1:113">
       <c r="E219" s="2"/>
+      <c r="J219" t="s">
+        <v>3</v>
+      </c>
       <c r="L219" t="s">
         <v>3</v>
       </c>
+      <c r="O219" t="s">
+        <v>3</v>
+      </c>
       <c r="DB219" t="s">
-        <v>328</v>
-[...2 lines deleted...]
-    <row r="220" spans="1:111">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="220" spans="1:113">
       <c r="E220" s="2"/>
+      <c r="J220" t="s">
+        <v>3</v>
+      </c>
       <c r="L220" t="s">
         <v>3</v>
       </c>
+      <c r="O220" t="s">
+        <v>3</v>
+      </c>
       <c r="DB220" t="s">
-        <v>329</v>
-[...2 lines deleted...]
-    <row r="221" spans="1:111">
+        <v>348</v>
+      </c>
+    </row>
+    <row r="221" spans="1:113">
       <c r="E221" s="2"/>
+      <c r="J221" t="s">
+        <v>3</v>
+      </c>
       <c r="L221" t="s">
         <v>3</v>
       </c>
+      <c r="O221" t="s">
+        <v>3</v>
+      </c>
       <c r="DB221" t="s">
-        <v>330</v>
-[...2 lines deleted...]
-    <row r="222" spans="1:111">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="222" spans="1:113">
       <c r="E222" s="2"/>
+      <c r="J222" t="s">
+        <v>3</v>
+      </c>
       <c r="L222" t="s">
         <v>3</v>
       </c>
+      <c r="O222" t="s">
+        <v>3</v>
+      </c>
       <c r="DB222" t="s">
-        <v>331</v>
-[...2 lines deleted...]
-    <row r="223" spans="1:111">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="223" spans="1:113">
       <c r="E223" s="2"/>
+      <c r="J223" t="s">
+        <v>3</v>
+      </c>
       <c r="L223" t="s">
         <v>3</v>
       </c>
+      <c r="O223" t="s">
+        <v>3</v>
+      </c>
       <c r="DB223" t="s">
-        <v>332</v>
-[...2 lines deleted...]
-    <row r="224" spans="1:111">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="224" spans="1:113">
       <c r="E224" s="2"/>
+      <c r="J224" t="s">
+        <v>3</v>
+      </c>
       <c r="L224" t="s">
         <v>3</v>
       </c>
+      <c r="O224" t="s">
+        <v>3</v>
+      </c>
       <c r="DB224" t="s">
-        <v>333</v>
-[...2 lines deleted...]
-    <row r="225" spans="1:111">
+        <v>352</v>
+      </c>
+    </row>
+    <row r="225" spans="1:113">
       <c r="E225" s="2"/>
+      <c r="J225" t="s">
+        <v>3</v>
+      </c>
       <c r="L225" t="s">
         <v>3</v>
       </c>
+      <c r="O225" t="s">
+        <v>3</v>
+      </c>
       <c r="DB225" t="s">
-        <v>334</v>
-[...2 lines deleted...]
-    <row r="226" spans="1:111">
+        <v>353</v>
+      </c>
+    </row>
+    <row r="226" spans="1:113">
       <c r="E226" s="2"/>
+      <c r="J226" t="s">
+        <v>3</v>
+      </c>
       <c r="L226" t="s">
         <v>3</v>
       </c>
+      <c r="O226" t="s">
+        <v>3</v>
+      </c>
       <c r="DB226" t="s">
-        <v>335</v>
-[...2 lines deleted...]
-    <row r="227" spans="1:111">
+        <v>354</v>
+      </c>
+    </row>
+    <row r="227" spans="1:113">
       <c r="E227" s="2"/>
+      <c r="J227" t="s">
+        <v>3</v>
+      </c>
       <c r="L227" t="s">
         <v>3</v>
       </c>
+      <c r="O227" t="s">
+        <v>3</v>
+      </c>
       <c r="DB227" t="s">
-        <v>336</v>
-[...2 lines deleted...]
-    <row r="228" spans="1:111">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="228" spans="1:113">
       <c r="E228" s="2"/>
+      <c r="J228" t="s">
+        <v>3</v>
+      </c>
       <c r="L228" t="s">
         <v>3</v>
       </c>
+      <c r="O228" t="s">
+        <v>3</v>
+      </c>
       <c r="DB228" t="s">
-        <v>337</v>
-[...2 lines deleted...]
-    <row r="229" spans="1:111">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="229" spans="1:113">
       <c r="E229" s="2"/>
+      <c r="J229" t="s">
+        <v>3</v>
+      </c>
       <c r="L229" t="s">
         <v>3</v>
       </c>
+      <c r="O229" t="s">
+        <v>3</v>
+      </c>
       <c r="DB229" t="s">
-        <v>338</v>
-[...2 lines deleted...]
-    <row r="230" spans="1:111">
+        <v>357</v>
+      </c>
+    </row>
+    <row r="230" spans="1:113">
       <c r="E230" s="2"/>
+      <c r="J230" t="s">
+        <v>3</v>
+      </c>
       <c r="L230" t="s">
         <v>3</v>
       </c>
+      <c r="O230" t="s">
+        <v>3</v>
+      </c>
       <c r="DB230" t="s">
-        <v>339</v>
-[...2 lines deleted...]
-    <row r="231" spans="1:111">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="231" spans="1:113">
       <c r="E231" s="2"/>
+      <c r="J231" t="s">
+        <v>3</v>
+      </c>
       <c r="L231" t="s">
         <v>3</v>
       </c>
+      <c r="O231" t="s">
+        <v>3</v>
+      </c>
       <c r="DB231" t="s">
-        <v>340</v>
-[...2 lines deleted...]
-    <row r="232" spans="1:111">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="232" spans="1:113">
       <c r="E232" s="2"/>
+      <c r="J232" t="s">
+        <v>3</v>
+      </c>
       <c r="L232" t="s">
         <v>3</v>
       </c>
+      <c r="O232" t="s">
+        <v>3</v>
+      </c>
       <c r="DB232" t="s">
-        <v>341</v>
-[...2 lines deleted...]
-    <row r="233" spans="1:111">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="233" spans="1:113">
       <c r="E233" s="2"/>
+      <c r="J233" t="s">
+        <v>3</v>
+      </c>
       <c r="L233" t="s">
         <v>3</v>
       </c>
+      <c r="O233" t="s">
+        <v>3</v>
+      </c>
       <c r="DB233" t="s">
-        <v>342</v>
-[...2 lines deleted...]
-    <row r="234" spans="1:111">
+        <v>361</v>
+      </c>
+    </row>
+    <row r="234" spans="1:113">
       <c r="E234" s="2"/>
+      <c r="J234" t="s">
+        <v>3</v>
+      </c>
       <c r="L234" t="s">
         <v>3</v>
       </c>
+      <c r="O234" t="s">
+        <v>3</v>
+      </c>
       <c r="DB234" t="s">
-        <v>343</v>
-[...2 lines deleted...]
-    <row r="235" spans="1:111">
+        <v>362</v>
+      </c>
+    </row>
+    <row r="235" spans="1:113">
       <c r="E235" s="2"/>
+      <c r="J235" t="s">
+        <v>3</v>
+      </c>
       <c r="L235" t="s">
         <v>3</v>
       </c>
+      <c r="O235" t="s">
+        <v>3</v>
+      </c>
       <c r="DB235" t="s">
-        <v>344</v>
-[...2 lines deleted...]
-    <row r="236" spans="1:111">
+        <v>363</v>
+      </c>
+    </row>
+    <row r="236" spans="1:113">
       <c r="E236" s="2"/>
+      <c r="J236" t="s">
+        <v>3</v>
+      </c>
       <c r="L236" t="s">
         <v>3</v>
       </c>
+      <c r="O236" t="s">
+        <v>3</v>
+      </c>
       <c r="DB236" t="s">
-        <v>345</v>
-[...2 lines deleted...]
-    <row r="237" spans="1:111">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="237" spans="1:113">
       <c r="E237" s="2"/>
+      <c r="J237" t="s">
+        <v>3</v>
+      </c>
       <c r="L237" t="s">
         <v>3</v>
       </c>
+      <c r="O237" t="s">
+        <v>3</v>
+      </c>
       <c r="DB237" t="s">
-        <v>346</v>
-[...2 lines deleted...]
-    <row r="238" spans="1:111">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="238" spans="1:113">
       <c r="E238" s="2"/>
+      <c r="J238" t="s">
+        <v>3</v>
+      </c>
       <c r="L238" t="s">
         <v>3</v>
       </c>
+      <c r="O238" t="s">
+        <v>3</v>
+      </c>
       <c r="DB238" t="s">
-        <v>347</v>
-[...2 lines deleted...]
-    <row r="239" spans="1:111">
+        <v>366</v>
+      </c>
+    </row>
+    <row r="239" spans="1:113">
       <c r="E239" s="2"/>
+      <c r="J239" t="s">
+        <v>3</v>
+      </c>
       <c r="L239" t="s">
         <v>3</v>
       </c>
+      <c r="O239" t="s">
+        <v>3</v>
+      </c>
       <c r="DB239" t="s">
-        <v>348</v>
-[...2 lines deleted...]
-    <row r="240" spans="1:111">
+        <v>367</v>
+      </c>
+    </row>
+    <row r="240" spans="1:113">
       <c r="E240" s="2"/>
+      <c r="J240" t="s">
+        <v>3</v>
+      </c>
       <c r="L240" t="s">
         <v>3</v>
       </c>
+      <c r="O240" t="s">
+        <v>3</v>
+      </c>
       <c r="DB240" t="s">
-        <v>349</v>
-[...2 lines deleted...]
-    <row r="241" spans="1:111">
+        <v>368</v>
+      </c>
+    </row>
+    <row r="241" spans="1:113">
       <c r="E241" s="2"/>
+      <c r="J241" t="s">
+        <v>3</v>
+      </c>
       <c r="L241" t="s">
         <v>3</v>
       </c>
+      <c r="O241" t="s">
+        <v>3</v>
+      </c>
       <c r="DB241" t="s">
-        <v>350</v>
-[...2 lines deleted...]
-    <row r="242" spans="1:111">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="242" spans="1:113">
       <c r="E242" s="2"/>
+      <c r="J242" t="s">
+        <v>3</v>
+      </c>
       <c r="L242" t="s">
         <v>3</v>
       </c>
+      <c r="O242" t="s">
+        <v>3</v>
+      </c>
       <c r="DB242" t="s">
-        <v>351</v>
-[...2 lines deleted...]
-    <row r="243" spans="1:111">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="243" spans="1:113">
       <c r="E243" s="2"/>
+      <c r="J243" t="s">
+        <v>3</v>
+      </c>
       <c r="L243" t="s">
         <v>3</v>
       </c>
+      <c r="O243" t="s">
+        <v>3</v>
+      </c>
       <c r="DB243" t="s">
-        <v>352</v>
-[...2 lines deleted...]
-    <row r="244" spans="1:111">
+        <v>371</v>
+      </c>
+    </row>
+    <row r="244" spans="1:113">
       <c r="E244" s="2"/>
+      <c r="J244" t="s">
+        <v>3</v>
+      </c>
       <c r="L244" t="s">
         <v>3</v>
       </c>
+      <c r="O244" t="s">
+        <v>3</v>
+      </c>
       <c r="DB244" t="s">
-        <v>353</v>
-[...2 lines deleted...]
-    <row r="245" spans="1:111">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="245" spans="1:113">
       <c r="E245" s="2"/>
+      <c r="J245" t="s">
+        <v>3</v>
+      </c>
       <c r="L245" t="s">
         <v>3</v>
       </c>
+      <c r="O245" t="s">
+        <v>3</v>
+      </c>
       <c r="DB245" t="s">
-        <v>354</v>
-[...2 lines deleted...]
-    <row r="246" spans="1:111">
+        <v>373</v>
+      </c>
+    </row>
+    <row r="246" spans="1:113">
       <c r="E246" s="2"/>
+      <c r="J246" t="s">
+        <v>3</v>
+      </c>
       <c r="L246" t="s">
         <v>3</v>
       </c>
+      <c r="O246" t="s">
+        <v>3</v>
+      </c>
       <c r="DB246" t="s">
-        <v>355</v>
-[...2 lines deleted...]
-    <row r="247" spans="1:111">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="247" spans="1:113">
       <c r="E247" s="2"/>
+      <c r="J247" t="s">
+        <v>3</v>
+      </c>
       <c r="L247" t="s">
         <v>3</v>
       </c>
+      <c r="O247" t="s">
+        <v>3</v>
+      </c>
       <c r="DB247" t="s">
-        <v>356</v>
-[...2 lines deleted...]
-    <row r="248" spans="1:111">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="248" spans="1:113">
       <c r="E248" s="2"/>
+      <c r="J248" t="s">
+        <v>3</v>
+      </c>
       <c r="L248" t="s">
         <v>3</v>
       </c>
+      <c r="O248" t="s">
+        <v>3</v>
+      </c>
       <c r="DB248" t="s">
-        <v>357</v>
-[...2 lines deleted...]
-    <row r="249" spans="1:111">
+        <v>376</v>
+      </c>
+    </row>
+    <row r="249" spans="1:113">
       <c r="E249" s="2"/>
+      <c r="J249" t="s">
+        <v>3</v>
+      </c>
       <c r="L249" t="s">
         <v>3</v>
       </c>
+      <c r="O249" t="s">
+        <v>3</v>
+      </c>
       <c r="DB249" t="s">
-        <v>358</v>
-[...2 lines deleted...]
-    <row r="250" spans="1:111">
+        <v>377</v>
+      </c>
+    </row>
+    <row r="250" spans="1:113">
       <c r="E250" s="2"/>
+      <c r="J250" t="s">
+        <v>3</v>
+      </c>
       <c r="L250" t="s">
         <v>3</v>
       </c>
+      <c r="O250" t="s">
+        <v>3</v>
+      </c>
       <c r="DB250" t="s">
-        <v>359</v>
-[...2 lines deleted...]
-    <row r="251" spans="1:111">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="251" spans="1:113">
       <c r="E251" s="2"/>
+      <c r="J251" t="s">
+        <v>3</v>
+      </c>
       <c r="L251" t="s">
         <v>3</v>
       </c>
+      <c r="O251" t="s">
+        <v>3</v>
+      </c>
       <c r="DB251" t="s">
-        <v>360</v>
-[...2 lines deleted...]
-    <row r="252" spans="1:111">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="252" spans="1:113">
       <c r="E252" s="2"/>
+      <c r="J252" t="s">
+        <v>3</v>
+      </c>
       <c r="L252" t="s">
         <v>3</v>
       </c>
+      <c r="O252" t="s">
+        <v>3</v>
+      </c>
       <c r="DB252" t="s">
-        <v>361</v>
-[...2 lines deleted...]
-    <row r="253" spans="1:111">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="253" spans="1:113">
       <c r="E253" s="2"/>
+      <c r="J253" t="s">
+        <v>3</v>
+      </c>
       <c r="L253" t="s">
         <v>3</v>
       </c>
+      <c r="O253" t="s">
+        <v>3</v>
+      </c>
       <c r="DB253" t="s">
-        <v>360</v>
-[...2 lines deleted...]
-    <row r="254" spans="1:111">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="254" spans="1:113">
       <c r="E254" s="2"/>
+      <c r="J254" t="s">
+        <v>3</v>
+      </c>
       <c r="L254" t="s">
         <v>3</v>
       </c>
+      <c r="O254" t="s">
+        <v>3</v>
+      </c>
       <c r="DB254" t="s">
-        <v>362</v>
-[...2 lines deleted...]
-    <row r="255" spans="1:111">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="255" spans="1:113">
       <c r="E255" s="2"/>
+      <c r="J255" t="s">
+        <v>3</v>
+      </c>
       <c r="L255" t="s">
         <v>3</v>
       </c>
+      <c r="O255" t="s">
+        <v>3</v>
+      </c>
       <c r="DB255" t="s">
-        <v>363</v>
-[...2 lines deleted...]
-    <row r="256" spans="1:111">
+        <v>383</v>
+      </c>
+    </row>
+    <row r="256" spans="1:113">
       <c r="E256" s="2"/>
+      <c r="J256" t="s">
+        <v>3</v>
+      </c>
       <c r="L256" t="s">
         <v>3</v>
       </c>
+      <c r="O256" t="s">
+        <v>3</v>
+      </c>
       <c r="DB256" t="s">
-        <v>364</v>
-[...2 lines deleted...]
-    <row r="257" spans="1:111">
+        <v>384</v>
+      </c>
+    </row>
+    <row r="257" spans="1:113">
       <c r="E257" s="2"/>
+      <c r="J257" t="s">
+        <v>3</v>
+      </c>
       <c r="L257" t="s">
         <v>3</v>
       </c>
+      <c r="O257" t="s">
+        <v>3</v>
+      </c>
       <c r="DB257" t="s">
-        <v>365</v>
-[...2 lines deleted...]
-    <row r="258" spans="1:111">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="258" spans="1:113">
       <c r="E258" s="2"/>
+      <c r="J258" t="s">
+        <v>3</v>
+      </c>
       <c r="L258" t="s">
         <v>3</v>
       </c>
+      <c r="O258" t="s">
+        <v>3</v>
+      </c>
       <c r="DB258" t="s">
-        <v>366</v>
-[...2 lines deleted...]
-    <row r="259" spans="1:111">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="259" spans="1:113">
       <c r="E259" s="2"/>
+      <c r="J259" t="s">
+        <v>3</v>
+      </c>
       <c r="L259" t="s">
         <v>3</v>
       </c>
+      <c r="O259" t="s">
+        <v>3</v>
+      </c>
       <c r="DB259" t="s">
-        <v>367</v>
-[...2 lines deleted...]
-    <row r="260" spans="1:111">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="260" spans="1:113">
       <c r="E260" s="2"/>
+      <c r="J260" t="s">
+        <v>3</v>
+      </c>
       <c r="L260" t="s">
         <v>3</v>
       </c>
+      <c r="O260" t="s">
+        <v>3</v>
+      </c>
       <c r="DB260" t="s">
-        <v>368</v>
-[...2 lines deleted...]
-    <row r="261" spans="1:111">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="261" spans="1:113">
       <c r="E261" s="2"/>
+      <c r="J261" t="s">
+        <v>3</v>
+      </c>
       <c r="L261" t="s">
         <v>3</v>
       </c>
+      <c r="O261" t="s">
+        <v>3</v>
+      </c>
       <c r="DB261" t="s">
-        <v>369</v>
-[...2 lines deleted...]
-    <row r="262" spans="1:111">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="262" spans="1:113">
       <c r="E262" s="2"/>
+      <c r="J262" t="s">
+        <v>3</v>
+      </c>
       <c r="L262" t="s">
         <v>3</v>
       </c>
+      <c r="O262" t="s">
+        <v>3</v>
+      </c>
       <c r="DB262" t="s">
-        <v>370</v>
-[...2 lines deleted...]
-    <row r="263" spans="1:111">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="263" spans="1:113">
       <c r="E263" s="2"/>
+      <c r="J263" t="s">
+        <v>3</v>
+      </c>
       <c r="L263" t="s">
         <v>3</v>
       </c>
+      <c r="O263" t="s">
+        <v>3</v>
+      </c>
       <c r="DB263" t="s">
-        <v>371</v>
-[...2 lines deleted...]
-    <row r="264" spans="1:111">
+        <v>391</v>
+      </c>
+    </row>
+    <row r="264" spans="1:113">
       <c r="E264" s="2"/>
+      <c r="J264" t="s">
+        <v>3</v>
+      </c>
       <c r="L264" t="s">
         <v>3</v>
       </c>
+      <c r="O264" t="s">
+        <v>3</v>
+      </c>
       <c r="DB264" t="s">
-        <v>372</v>
-[...2 lines deleted...]
-    <row r="265" spans="1:111">
+        <v>392</v>
+      </c>
+    </row>
+    <row r="265" spans="1:113">
       <c r="E265" s="2"/>
+      <c r="J265" t="s">
+        <v>3</v>
+      </c>
       <c r="L265" t="s">
         <v>3</v>
       </c>
+      <c r="O265" t="s">
+        <v>3</v>
+      </c>
       <c r="DB265" t="s">
-        <v>373</v>
-[...2 lines deleted...]
-    <row r="266" spans="1:111">
+        <v>393</v>
+      </c>
+    </row>
+    <row r="266" spans="1:113">
       <c r="E266" s="2"/>
+      <c r="J266" t="s">
+        <v>3</v>
+      </c>
       <c r="L266" t="s">
         <v>3</v>
       </c>
+      <c r="O266" t="s">
+        <v>3</v>
+      </c>
       <c r="DB266" t="s">
-        <v>374</v>
-[...2 lines deleted...]
-    <row r="267" spans="1:111">
+        <v>394</v>
+      </c>
+    </row>
+    <row r="267" spans="1:113">
       <c r="E267" s="2"/>
+      <c r="J267" t="s">
+        <v>3</v>
+      </c>
       <c r="L267" t="s">
         <v>3</v>
       </c>
+      <c r="O267" t="s">
+        <v>3</v>
+      </c>
       <c r="DB267" t="s">
-        <v>375</v>
-[...2 lines deleted...]
-    <row r="268" spans="1:111">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="268" spans="1:113">
       <c r="E268" s="2"/>
+      <c r="J268" t="s">
+        <v>3</v>
+      </c>
       <c r="L268" t="s">
         <v>3</v>
       </c>
+      <c r="O268" t="s">
+        <v>3</v>
+      </c>
       <c r="DB268" t="s">
-        <v>376</v>
-[...2 lines deleted...]
-    <row r="269" spans="1:111">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="269" spans="1:113">
       <c r="E269" s="2"/>
+      <c r="J269" t="s">
+        <v>3</v>
+      </c>
       <c r="L269" t="s">
         <v>3</v>
       </c>
+      <c r="O269" t="s">
+        <v>3</v>
+      </c>
       <c r="DB269" t="s">
-        <v>377</v>
-[...2 lines deleted...]
-    <row r="270" spans="1:111">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="270" spans="1:113">
       <c r="E270" s="2"/>
+      <c r="J270" t="s">
+        <v>3</v>
+      </c>
       <c r="L270" t="s">
         <v>3</v>
       </c>
+      <c r="O270" t="s">
+        <v>3</v>
+      </c>
       <c r="DB270" t="s">
-        <v>378</v>
-[...2 lines deleted...]
-    <row r="271" spans="1:111">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="271" spans="1:113">
       <c r="E271" s="2"/>
+      <c r="J271" t="s">
+        <v>3</v>
+      </c>
       <c r="L271" t="s">
         <v>3</v>
       </c>
+      <c r="O271" t="s">
+        <v>3</v>
+      </c>
       <c r="DB271" t="s">
-        <v>379</v>
-[...2 lines deleted...]
-    <row r="272" spans="1:111">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="272" spans="1:113">
       <c r="E272" s="2"/>
+      <c r="J272" t="s">
+        <v>3</v>
+      </c>
       <c r="L272" t="s">
         <v>3</v>
       </c>
+      <c r="O272" t="s">
+        <v>3</v>
+      </c>
       <c r="DB272" t="s">
-        <v>380</v>
-[...2 lines deleted...]
-    <row r="273" spans="1:111">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="273" spans="1:113">
       <c r="E273" s="2"/>
+      <c r="J273" t="s">
+        <v>3</v>
+      </c>
       <c r="L273" t="s">
         <v>3</v>
       </c>
+      <c r="O273" t="s">
+        <v>3</v>
+      </c>
       <c r="DB273" t="s">
-        <v>381</v>
-[...2 lines deleted...]
-    <row r="274" spans="1:111">
+        <v>401</v>
+      </c>
+    </row>
+    <row r="274" spans="1:113">
       <c r="E274" s="2"/>
+      <c r="J274" t="s">
+        <v>3</v>
+      </c>
       <c r="L274" t="s">
         <v>3</v>
       </c>
+      <c r="O274" t="s">
+        <v>3</v>
+      </c>
       <c r="DB274" t="s">
-        <v>382</v>
-[...2 lines deleted...]
-    <row r="275" spans="1:111">
+        <v>402</v>
+      </c>
+    </row>
+    <row r="275" spans="1:113">
       <c r="E275" s="2"/>
+      <c r="J275" t="s">
+        <v>3</v>
+      </c>
       <c r="L275" t="s">
         <v>3</v>
       </c>
+      <c r="O275" t="s">
+        <v>3</v>
+      </c>
       <c r="DB275" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-    <row r="276" spans="1:111">
+        <v>403</v>
+      </c>
+    </row>
+    <row r="276" spans="1:113">
       <c r="E276" s="2"/>
+      <c r="J276" t="s">
+        <v>3</v>
+      </c>
       <c r="L276" t="s">
         <v>3</v>
       </c>
+      <c r="O276" t="s">
+        <v>3</v>
+      </c>
       <c r="DB276" t="s">
-        <v>384</v>
-[...2 lines deleted...]
-    <row r="277" spans="1:111">
+        <v>404</v>
+      </c>
+    </row>
+    <row r="277" spans="1:113">
       <c r="E277" s="2"/>
+      <c r="J277" t="s">
+        <v>3</v>
+      </c>
       <c r="L277" t="s">
         <v>3</v>
       </c>
+      <c r="O277" t="s">
+        <v>3</v>
+      </c>
       <c r="DB277" t="s">
-        <v>385</v>
-[...2 lines deleted...]
-    <row r="278" spans="1:111">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="278" spans="1:113">
       <c r="E278" s="2"/>
+      <c r="J278" t="s">
+        <v>3</v>
+      </c>
       <c r="L278" t="s">
         <v>3</v>
       </c>
+      <c r="O278" t="s">
+        <v>3</v>
+      </c>
       <c r="DB278" t="s">
-        <v>386</v>
-[...2 lines deleted...]
-    <row r="279" spans="1:111">
+        <v>406</v>
+      </c>
+    </row>
+    <row r="279" spans="1:113">
       <c r="E279" s="2"/>
+      <c r="J279" t="s">
+        <v>3</v>
+      </c>
       <c r="L279" t="s">
         <v>3</v>
       </c>
+      <c r="O279" t="s">
+        <v>3</v>
+      </c>
       <c r="DB279" t="s">
-        <v>387</v>
-[...2 lines deleted...]
-    <row r="280" spans="1:111">
+        <v>407</v>
+      </c>
+    </row>
+    <row r="280" spans="1:113">
       <c r="E280" s="2"/>
+      <c r="J280" t="s">
+        <v>3</v>
+      </c>
       <c r="L280" t="s">
         <v>3</v>
       </c>
+      <c r="O280" t="s">
+        <v>3</v>
+      </c>
       <c r="DB280" t="s">
-        <v>388</v>
-[...2 lines deleted...]
-    <row r="281" spans="1:111">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="281" spans="1:113">
       <c r="E281" s="2"/>
+      <c r="J281" t="s">
+        <v>3</v>
+      </c>
       <c r="L281" t="s">
         <v>3</v>
       </c>
+      <c r="O281" t="s">
+        <v>3</v>
+      </c>
       <c r="DB281" t="s">
-        <v>389</v>
-[...2 lines deleted...]
-    <row r="282" spans="1:111">
+        <v>409</v>
+      </c>
+    </row>
+    <row r="282" spans="1:113">
       <c r="E282" s="2"/>
+      <c r="J282" t="s">
+        <v>3</v>
+      </c>
       <c r="L282" t="s">
         <v>3</v>
       </c>
+      <c r="O282" t="s">
+        <v>3</v>
+      </c>
       <c r="DB282" t="s">
-        <v>390</v>
-[...2 lines deleted...]
-    <row r="283" spans="1:111">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="283" spans="1:113">
       <c r="E283" s="2"/>
+      <c r="J283" t="s">
+        <v>3</v>
+      </c>
       <c r="L283" t="s">
         <v>3</v>
       </c>
+      <c r="O283" t="s">
+        <v>3</v>
+      </c>
       <c r="DB283" t="s">
-        <v>391</v>
-[...2 lines deleted...]
-    <row r="284" spans="1:111">
+        <v>411</v>
+      </c>
+    </row>
+    <row r="284" spans="1:113">
       <c r="E284" s="2"/>
+      <c r="J284" t="s">
+        <v>3</v>
+      </c>
       <c r="L284" t="s">
         <v>3</v>
       </c>
+      <c r="O284" t="s">
+        <v>3</v>
+      </c>
       <c r="DB284" t="s">
-        <v>392</v>
-[...2 lines deleted...]
-    <row r="285" spans="1:111">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="285" spans="1:113">
       <c r="E285" s="2"/>
+      <c r="J285" t="s">
+        <v>3</v>
+      </c>
       <c r="L285" t="s">
         <v>3</v>
       </c>
+      <c r="O285" t="s">
+        <v>3</v>
+      </c>
       <c r="DB285" t="s">
-        <v>393</v>
-[...2 lines deleted...]
-    <row r="286" spans="1:111">
+        <v>413</v>
+      </c>
+    </row>
+    <row r="286" spans="1:113">
       <c r="E286" s="2"/>
+      <c r="J286" t="s">
+        <v>3</v>
+      </c>
       <c r="L286" t="s">
         <v>3</v>
       </c>
+      <c r="O286" t="s">
+        <v>3</v>
+      </c>
       <c r="DB286" t="s">
-        <v>394</v>
-[...2 lines deleted...]
-    <row r="287" spans="1:111">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="287" spans="1:113">
       <c r="E287" s="2"/>
+      <c r="J287" t="s">
+        <v>3</v>
+      </c>
       <c r="L287" t="s">
         <v>3</v>
       </c>
+      <c r="O287" t="s">
+        <v>3</v>
+      </c>
       <c r="DB287" t="s">
-        <v>395</v>
-[...2 lines deleted...]
-    <row r="288" spans="1:111">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="288" spans="1:113">
       <c r="E288" s="2"/>
+      <c r="J288" t="s">
+        <v>3</v>
+      </c>
       <c r="L288" t="s">
         <v>3</v>
       </c>
+      <c r="O288" t="s">
+        <v>3</v>
+      </c>
       <c r="DB288" t="s">
-        <v>396</v>
-[...2 lines deleted...]
-    <row r="289" spans="1:111">
+        <v>416</v>
+      </c>
+    </row>
+    <row r="289" spans="1:113">
       <c r="E289" s="2"/>
+      <c r="J289" t="s">
+        <v>3</v>
+      </c>
       <c r="L289" t="s">
         <v>3</v>
       </c>
+      <c r="O289" t="s">
+        <v>3</v>
+      </c>
       <c r="DB289" t="s">
-        <v>397</v>
-[...2 lines deleted...]
-    <row r="290" spans="1:111">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="290" spans="1:113">
       <c r="E290" s="2"/>
+      <c r="J290" t="s">
+        <v>3</v>
+      </c>
       <c r="L290" t="s">
         <v>3</v>
       </c>
+      <c r="O290" t="s">
+        <v>3</v>
+      </c>
       <c r="DB290" t="s">
-        <v>398</v>
-[...2 lines deleted...]
-    <row r="291" spans="1:111">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="291" spans="1:113">
       <c r="E291" s="2"/>
+      <c r="J291" t="s">
+        <v>3</v>
+      </c>
       <c r="L291" t="s">
         <v>3</v>
       </c>
+      <c r="O291" t="s">
+        <v>3</v>
+      </c>
       <c r="DB291" t="s">
-        <v>399</v>
-[...2 lines deleted...]
-    <row r="292" spans="1:111">
+        <v>419</v>
+      </c>
+    </row>
+    <row r="292" spans="1:113">
       <c r="E292" s="2"/>
+      <c r="J292" t="s">
+        <v>3</v>
+      </c>
       <c r="L292" t="s">
         <v>3</v>
       </c>
+      <c r="O292" t="s">
+        <v>3</v>
+      </c>
       <c r="DB292" t="s">
-        <v>400</v>
-[...2 lines deleted...]
-    <row r="293" spans="1:111">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="293" spans="1:113">
       <c r="E293" s="2"/>
+      <c r="J293" t="s">
+        <v>3</v>
+      </c>
       <c r="L293" t="s">
         <v>3</v>
       </c>
+      <c r="O293" t="s">
+        <v>3</v>
+      </c>
       <c r="DB293" t="s">
-        <v>401</v>
-[...2 lines deleted...]
-    <row r="294" spans="1:111">
+        <v>421</v>
+      </c>
+    </row>
+    <row r="294" spans="1:113">
       <c r="E294" s="2"/>
+      <c r="J294" t="s">
+        <v>3</v>
+      </c>
       <c r="L294" t="s">
         <v>3</v>
       </c>
+      <c r="O294" t="s">
+        <v>3</v>
+      </c>
       <c r="DB294" t="s">
-        <v>402</v>
-[...2 lines deleted...]
-    <row r="295" spans="1:111">
+        <v>422</v>
+      </c>
+    </row>
+    <row r="295" spans="1:113">
       <c r="E295" s="2"/>
+      <c r="J295" t="s">
+        <v>3</v>
+      </c>
       <c r="L295" t="s">
         <v>3</v>
       </c>
+      <c r="O295" t="s">
+        <v>3</v>
+      </c>
       <c r="DB295" t="s">
-        <v>403</v>
-[...2 lines deleted...]
-    <row r="296" spans="1:111">
+        <v>423</v>
+      </c>
+    </row>
+    <row r="296" spans="1:113">
       <c r="E296" s="2"/>
+      <c r="J296" t="s">
+        <v>3</v>
+      </c>
       <c r="L296" t="s">
         <v>3</v>
       </c>
+      <c r="O296" t="s">
+        <v>3</v>
+      </c>
       <c r="DB296" t="s">
-        <v>404</v>
-[...2 lines deleted...]
-    <row r="297" spans="1:111">
+        <v>424</v>
+      </c>
+    </row>
+    <row r="297" spans="1:113">
       <c r="E297" s="2"/>
+      <c r="J297" t="s">
+        <v>3</v>
+      </c>
       <c r="L297" t="s">
         <v>3</v>
       </c>
+      <c r="O297" t="s">
+        <v>3</v>
+      </c>
       <c r="DB297" t="s">
-        <v>405</v>
-[...2 lines deleted...]
-    <row r="298" spans="1:111">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="298" spans="1:113">
       <c r="E298" s="2"/>
+      <c r="J298" t="s">
+        <v>3</v>
+      </c>
       <c r="L298" t="s">
         <v>3</v>
       </c>
+      <c r="O298" t="s">
+        <v>3</v>
+      </c>
       <c r="DB298" t="s">
-        <v>406</v>
-[...2 lines deleted...]
-    <row r="299" spans="1:111">
+        <v>426</v>
+      </c>
+    </row>
+    <row r="299" spans="1:113">
       <c r="E299" s="2"/>
+      <c r="J299" t="s">
+        <v>3</v>
+      </c>
       <c r="L299" t="s">
         <v>3</v>
       </c>
+      <c r="O299" t="s">
+        <v>3</v>
+      </c>
       <c r="DB299" t="s">
-        <v>407</v>
-[...2 lines deleted...]
-    <row r="300" spans="1:111">
+        <v>427</v>
+      </c>
+    </row>
+    <row r="300" spans="1:113">
       <c r="E300" s="2"/>
+      <c r="J300" t="s">
+        <v>3</v>
+      </c>
       <c r="L300" t="s">
         <v>3</v>
       </c>
+      <c r="O300" t="s">
+        <v>3</v>
+      </c>
       <c r="DB300" t="s">
-        <v>408</v>
-[...2 lines deleted...]
-    <row r="301" spans="1:111">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="301" spans="1:113">
       <c r="E301" s="2"/>
+      <c r="J301" t="s">
+        <v>3</v>
+      </c>
       <c r="L301" t="s">
         <v>3</v>
       </c>
+      <c r="O301" t="s">
+        <v>3</v>
+      </c>
       <c r="DB301" t="s">
-        <v>409</v>
-[...2 lines deleted...]
-    <row r="302" spans="1:111">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="302" spans="1:113">
       <c r="E302" s="2"/>
+      <c r="J302" t="s">
+        <v>3</v>
+      </c>
       <c r="L302" t="s">
         <v>3</v>
       </c>
+      <c r="O302" t="s">
+        <v>3</v>
+      </c>
       <c r="DB302" t="s">
-        <v>410</v>
-[...2 lines deleted...]
-    <row r="303" spans="1:111">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="303" spans="1:113">
       <c r="E303" s="2"/>
+      <c r="J303" t="s">
+        <v>3</v>
+      </c>
       <c r="L303" t="s">
         <v>3</v>
       </c>
+      <c r="O303" t="s">
+        <v>3</v>
+      </c>
       <c r="DB303" t="s">
-        <v>411</v>
-[...2 lines deleted...]
-    <row r="304" spans="1:111">
+        <v>431</v>
+      </c>
+    </row>
+    <row r="304" spans="1:113">
       <c r="E304" s="2"/>
+      <c r="J304" t="s">
+        <v>3</v>
+      </c>
       <c r="L304" t="s">
         <v>3</v>
       </c>
+      <c r="O304" t="s">
+        <v>3</v>
+      </c>
       <c r="DB304" t="s">
-        <v>412</v>
-[...2 lines deleted...]
-    <row r="305" spans="1:111">
+        <v>432</v>
+      </c>
+    </row>
+    <row r="305" spans="1:113">
       <c r="E305" s="2"/>
+      <c r="J305" t="s">
+        <v>3</v>
+      </c>
       <c r="L305" t="s">
         <v>3</v>
       </c>
+      <c r="O305" t="s">
+        <v>3</v>
+      </c>
       <c r="DB305" t="s">
-        <v>413</v>
-[...2 lines deleted...]
-    <row r="306" spans="1:111">
+        <v>433</v>
+      </c>
+    </row>
+    <row r="306" spans="1:113">
       <c r="E306" s="2"/>
+      <c r="J306" t="s">
+        <v>3</v>
+      </c>
       <c r="L306" t="s">
         <v>3</v>
       </c>
+      <c r="O306" t="s">
+        <v>3</v>
+      </c>
       <c r="DB306" t="s">
-        <v>414</v>
-[...2 lines deleted...]
-    <row r="307" spans="1:111">
+        <v>434</v>
+      </c>
+    </row>
+    <row r="307" spans="1:113">
       <c r="E307" s="2"/>
+      <c r="J307" t="s">
+        <v>3</v>
+      </c>
       <c r="L307" t="s">
         <v>3</v>
       </c>
+      <c r="O307" t="s">
+        <v>3</v>
+      </c>
       <c r="DB307" t="s">
-        <v>415</v>
-[...2 lines deleted...]
-    <row r="308" spans="1:111">
+        <v>435</v>
+      </c>
+    </row>
+    <row r="308" spans="1:113">
       <c r="E308" s="2"/>
+      <c r="J308" t="s">
+        <v>3</v>
+      </c>
       <c r="L308" t="s">
         <v>3</v>
       </c>
+      <c r="O308" t="s">
+        <v>3</v>
+      </c>
       <c r="DB308" t="s">
-        <v>416</v>
-[...2 lines deleted...]
-    <row r="309" spans="1:111">
+        <v>436</v>
+      </c>
+    </row>
+    <row r="309" spans="1:113">
       <c r="E309" s="2"/>
+      <c r="J309" t="s">
+        <v>3</v>
+      </c>
       <c r="L309" t="s">
         <v>3</v>
       </c>
+      <c r="O309" t="s">
+        <v>3</v>
+      </c>
       <c r="DB309" t="s">
-        <v>417</v>
-[...2 lines deleted...]
-    <row r="310" spans="1:111">
+        <v>437</v>
+      </c>
+    </row>
+    <row r="310" spans="1:113">
       <c r="E310" s="2"/>
+      <c r="J310" t="s">
+        <v>3</v>
+      </c>
       <c r="L310" t="s">
         <v>3</v>
       </c>
+      <c r="O310" t="s">
+        <v>3</v>
+      </c>
       <c r="DB310" t="s">
-        <v>418</v>
-[...2 lines deleted...]
-    <row r="311" spans="1:111">
+        <v>438</v>
+      </c>
+    </row>
+    <row r="311" spans="1:113">
       <c r="E311" s="2"/>
+      <c r="J311" t="s">
+        <v>3</v>
+      </c>
       <c r="L311" t="s">
         <v>3</v>
       </c>
+      <c r="O311" t="s">
+        <v>3</v>
+      </c>
       <c r="DB311" t="s">
-        <v>419</v>
-[...2 lines deleted...]
-    <row r="312" spans="1:111">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="312" spans="1:113">
       <c r="E312" s="2"/>
+      <c r="J312" t="s">
+        <v>3</v>
+      </c>
       <c r="L312" t="s">
         <v>3</v>
       </c>
+      <c r="O312" t="s">
+        <v>3</v>
+      </c>
       <c r="DB312" t="s">
-        <v>420</v>
-[...2 lines deleted...]
-    <row r="313" spans="1:111">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="313" spans="1:113">
       <c r="E313" s="2"/>
+      <c r="J313" t="s">
+        <v>3</v>
+      </c>
       <c r="L313" t="s">
         <v>3</v>
       </c>
+      <c r="O313" t="s">
+        <v>3</v>
+      </c>
       <c r="DB313" t="s">
-        <v>421</v>
-[...2 lines deleted...]
-    <row r="314" spans="1:111">
+        <v>441</v>
+      </c>
+    </row>
+    <row r="314" spans="1:113">
       <c r="E314" s="2"/>
+      <c r="J314" t="s">
+        <v>3</v>
+      </c>
       <c r="L314" t="s">
         <v>3</v>
       </c>
+      <c r="O314" t="s">
+        <v>3</v>
+      </c>
       <c r="DB314" t="s">
-        <v>422</v>
-[...2 lines deleted...]
-    <row r="315" spans="1:111">
+        <v>442</v>
+      </c>
+    </row>
+    <row r="315" spans="1:113">
       <c r="E315" s="2"/>
+      <c r="J315" t="s">
+        <v>3</v>
+      </c>
       <c r="L315" t="s">
         <v>3</v>
       </c>
+      <c r="O315" t="s">
+        <v>3</v>
+      </c>
       <c r="DB315" t="s">
-        <v>423</v>
-[...2 lines deleted...]
-    <row r="316" spans="1:111">
+        <v>443</v>
+      </c>
+    </row>
+    <row r="316" spans="1:113">
       <c r="E316" s="2"/>
+      <c r="J316" t="s">
+        <v>3</v>
+      </c>
       <c r="L316" t="s">
         <v>3</v>
       </c>
+      <c r="O316" t="s">
+        <v>3</v>
+      </c>
       <c r="DB316" t="s">
-        <v>424</v>
-[...2 lines deleted...]
-    <row r="317" spans="1:111">
+        <v>444</v>
+      </c>
+    </row>
+    <row r="317" spans="1:113">
       <c r="E317" s="2"/>
+      <c r="J317" t="s">
+        <v>3</v>
+      </c>
       <c r="L317" t="s">
         <v>3</v>
       </c>
+      <c r="O317" t="s">
+        <v>3</v>
+      </c>
       <c r="DB317" t="s">
-        <v>425</v>
-[...2 lines deleted...]
-    <row r="318" spans="1:111">
+        <v>445</v>
+      </c>
+    </row>
+    <row r="318" spans="1:113">
       <c r="E318" s="2"/>
+      <c r="J318" t="s">
+        <v>3</v>
+      </c>
       <c r="L318" t="s">
         <v>3</v>
       </c>
+      <c r="O318" t="s">
+        <v>3</v>
+      </c>
       <c r="DB318" t="s">
-        <v>426</v>
-[...2 lines deleted...]
-    <row r="319" spans="1:111">
+        <v>446</v>
+      </c>
+    </row>
+    <row r="319" spans="1:113">
       <c r="E319" s="2"/>
+      <c r="J319" t="s">
+        <v>3</v>
+      </c>
       <c r="L319" t="s">
         <v>3</v>
       </c>
+      <c r="O319" t="s">
+        <v>3</v>
+      </c>
       <c r="DB319" t="s">
-        <v>427</v>
-[...2 lines deleted...]
-    <row r="320" spans="1:111">
+        <v>447</v>
+      </c>
+    </row>
+    <row r="320" spans="1:113">
       <c r="E320" s="2"/>
+      <c r="J320" t="s">
+        <v>3</v>
+      </c>
       <c r="L320" t="s">
         <v>3</v>
       </c>
+      <c r="O320" t="s">
+        <v>3</v>
+      </c>
       <c r="DB320" t="s">
-        <v>428</v>
-[...2 lines deleted...]
-    <row r="321" spans="1:111">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="321" spans="1:113">
       <c r="E321" s="2"/>
+      <c r="J321" t="s">
+        <v>3</v>
+      </c>
       <c r="L321" t="s">
         <v>3</v>
       </c>
+      <c r="O321" t="s">
+        <v>3</v>
+      </c>
       <c r="DB321" t="s">
-        <v>429</v>
-[...2 lines deleted...]
-    <row r="322" spans="1:111">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="322" spans="1:113">
       <c r="E322" s="2"/>
+      <c r="J322" t="s">
+        <v>3</v>
+      </c>
       <c r="L322" t="s">
         <v>3</v>
       </c>
+      <c r="O322" t="s">
+        <v>3</v>
+      </c>
       <c r="DB322" t="s">
-        <v>430</v>
-[...2 lines deleted...]
-    <row r="323" spans="1:111">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="323" spans="1:113">
       <c r="E323" s="2"/>
+      <c r="J323" t="s">
+        <v>3</v>
+      </c>
       <c r="L323" t="s">
         <v>3</v>
       </c>
+      <c r="O323" t="s">
+        <v>3</v>
+      </c>
       <c r="DB323" t="s">
-        <v>431</v>
-[...2 lines deleted...]
-    <row r="324" spans="1:111">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="324" spans="1:113">
       <c r="E324" s="2"/>
+      <c r="J324" t="s">
+        <v>3</v>
+      </c>
       <c r="L324" t="s">
         <v>3</v>
       </c>
+      <c r="O324" t="s">
+        <v>3</v>
+      </c>
       <c r="DB324" t="s">
-        <v>432</v>
-[...2 lines deleted...]
-    <row r="325" spans="1:111">
+        <v>452</v>
+      </c>
+    </row>
+    <row r="325" spans="1:113">
       <c r="E325" s="2"/>
+      <c r="J325" t="s">
+        <v>3</v>
+      </c>
       <c r="L325" t="s">
         <v>3</v>
       </c>
+      <c r="O325" t="s">
+        <v>3</v>
+      </c>
       <c r="DB325" t="s">
-        <v>433</v>
-[...2 lines deleted...]
-    <row r="326" spans="1:111">
+        <v>453</v>
+      </c>
+    </row>
+    <row r="326" spans="1:113">
       <c r="E326" s="2"/>
+      <c r="J326" t="s">
+        <v>3</v>
+      </c>
       <c r="L326" t="s">
         <v>3</v>
       </c>
+      <c r="O326" t="s">
+        <v>3</v>
+      </c>
       <c r="DB326" t="s">
-        <v>434</v>
-[...2 lines deleted...]
-    <row r="327" spans="1:111">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="327" spans="1:113">
       <c r="E327" s="2"/>
+      <c r="J327" t="s">
+        <v>3</v>
+      </c>
       <c r="L327" t="s">
         <v>3</v>
       </c>
+      <c r="O327" t="s">
+        <v>3</v>
+      </c>
       <c r="DB327" t="s">
-        <v>435</v>
-[...2 lines deleted...]
-    <row r="328" spans="1:111">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="328" spans="1:113">
       <c r="E328" s="2"/>
+      <c r="J328" t="s">
+        <v>3</v>
+      </c>
       <c r="L328" t="s">
         <v>3</v>
       </c>
+      <c r="O328" t="s">
+        <v>3</v>
+      </c>
       <c r="DB328" t="s">
-        <v>436</v>
-[...2 lines deleted...]
-    <row r="329" spans="1:111">
+        <v>456</v>
+      </c>
+    </row>
+    <row r="329" spans="1:113">
       <c r="E329" s="2"/>
+      <c r="J329" t="s">
+        <v>3</v>
+      </c>
       <c r="L329" t="s">
         <v>3</v>
       </c>
+      <c r="O329" t="s">
+        <v>3</v>
+      </c>
       <c r="DB329" t="s">
-        <v>437</v>
-[...2 lines deleted...]
-    <row r="330" spans="1:111">
+        <v>457</v>
+      </c>
+    </row>
+    <row r="330" spans="1:113">
       <c r="E330" s="2"/>
+      <c r="J330" t="s">
+        <v>3</v>
+      </c>
       <c r="L330" t="s">
         <v>3</v>
       </c>
+      <c r="O330" t="s">
+        <v>3</v>
+      </c>
       <c r="DB330" t="s">
-        <v>438</v>
-[...2 lines deleted...]
-    <row r="331" spans="1:111">
+        <v>458</v>
+      </c>
+    </row>
+    <row r="331" spans="1:113">
       <c r="E331" s="2"/>
+      <c r="J331" t="s">
+        <v>3</v>
+      </c>
       <c r="L331" t="s">
         <v>3</v>
       </c>
+      <c r="O331" t="s">
+        <v>3</v>
+      </c>
       <c r="DB331" t="s">
-        <v>439</v>
-[...2 lines deleted...]
-    <row r="332" spans="1:111">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="332" spans="1:113">
       <c r="E332" s="2"/>
+      <c r="J332" t="s">
+        <v>3</v>
+      </c>
       <c r="L332" t="s">
         <v>3</v>
       </c>
+      <c r="O332" t="s">
+        <v>3</v>
+      </c>
       <c r="DB332" t="s">
-        <v>440</v>
-[...2 lines deleted...]
-    <row r="333" spans="1:111">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="333" spans="1:113">
       <c r="E333" s="2"/>
+      <c r="J333" t="s">
+        <v>3</v>
+      </c>
       <c r="L333" t="s">
         <v>3</v>
       </c>
+      <c r="O333" t="s">
+        <v>3</v>
+      </c>
       <c r="DB333" t="s">
-        <v>441</v>
-[...2 lines deleted...]
-    <row r="334" spans="1:111">
+        <v>461</v>
+      </c>
+    </row>
+    <row r="334" spans="1:113">
       <c r="E334" s="2"/>
+      <c r="J334" t="s">
+        <v>3</v>
+      </c>
       <c r="L334" t="s">
         <v>3</v>
       </c>
+      <c r="O334" t="s">
+        <v>3</v>
+      </c>
       <c r="DB334" t="s">
-        <v>442</v>
-[...2 lines deleted...]
-    <row r="335" spans="1:111">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="335" spans="1:113">
       <c r="E335" s="2"/>
+      <c r="J335" t="s">
+        <v>3</v>
+      </c>
       <c r="L335" t="s">
         <v>3</v>
       </c>
+      <c r="O335" t="s">
+        <v>3</v>
+      </c>
       <c r="DB335" t="s">
-        <v>443</v>
-[...2 lines deleted...]
-    <row r="336" spans="1:111">
+        <v>463</v>
+      </c>
+    </row>
+    <row r="336" spans="1:113">
       <c r="E336" s="2"/>
+      <c r="J336" t="s">
+        <v>3</v>
+      </c>
       <c r="L336" t="s">
         <v>3</v>
       </c>
+      <c r="O336" t="s">
+        <v>3</v>
+      </c>
       <c r="DB336" t="s">
-        <v>444</v>
-[...2 lines deleted...]
-    <row r="337" spans="1:111">
+        <v>464</v>
+      </c>
+    </row>
+    <row r="337" spans="1:113">
       <c r="E337" s="2"/>
+      <c r="J337" t="s">
+        <v>3</v>
+      </c>
       <c r="L337" t="s">
         <v>3</v>
       </c>
+      <c r="O337" t="s">
+        <v>3</v>
+      </c>
       <c r="DB337" t="s">
-        <v>445</v>
-[...2 lines deleted...]
-    <row r="338" spans="1:111">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="338" spans="1:113">
       <c r="E338" s="2"/>
+      <c r="J338" t="s">
+        <v>3</v>
+      </c>
       <c r="L338" t="s">
         <v>3</v>
       </c>
+      <c r="O338" t="s">
+        <v>3</v>
+      </c>
       <c r="DB338" t="s">
-        <v>446</v>
-[...2 lines deleted...]
-    <row r="339" spans="1:111">
+        <v>466</v>
+      </c>
+    </row>
+    <row r="339" spans="1:113">
       <c r="E339" s="2"/>
+      <c r="J339" t="s">
+        <v>3</v>
+      </c>
       <c r="L339" t="s">
         <v>3</v>
       </c>
+      <c r="O339" t="s">
+        <v>3</v>
+      </c>
       <c r="DB339" t="s">
-        <v>447</v>
-[...2 lines deleted...]
-    <row r="340" spans="1:111">
+        <v>467</v>
+      </c>
+    </row>
+    <row r="340" spans="1:113">
       <c r="E340" s="2"/>
+      <c r="J340" t="s">
+        <v>3</v>
+      </c>
       <c r="L340" t="s">
         <v>3</v>
       </c>
+      <c r="O340" t="s">
+        <v>3</v>
+      </c>
       <c r="DB340" t="s">
-        <v>448</v>
-[...2 lines deleted...]
-    <row r="341" spans="1:111">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="341" spans="1:113">
       <c r="E341" s="2"/>
+      <c r="J341" t="s">
+        <v>3</v>
+      </c>
       <c r="L341" t="s">
         <v>3</v>
       </c>
+      <c r="O341" t="s">
+        <v>3</v>
+      </c>
       <c r="DB341" t="s">
-        <v>449</v>
-[...2 lines deleted...]
-    <row r="342" spans="1:111">
+        <v>469</v>
+      </c>
+    </row>
+    <row r="342" spans="1:113">
       <c r="E342" s="2"/>
+      <c r="J342" t="s">
+        <v>3</v>
+      </c>
       <c r="L342" t="s">
         <v>3</v>
       </c>
+      <c r="O342" t="s">
+        <v>3</v>
+      </c>
       <c r="DB342" t="s">
-        <v>450</v>
-[...2 lines deleted...]
-    <row r="343" spans="1:111">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="343" spans="1:113">
       <c r="E343" s="2"/>
+      <c r="J343" t="s">
+        <v>3</v>
+      </c>
       <c r="L343" t="s">
         <v>3</v>
       </c>
+      <c r="O343" t="s">
+        <v>3</v>
+      </c>
       <c r="DB343" t="s">
-        <v>451</v>
-[...2 lines deleted...]
-    <row r="344" spans="1:111">
+        <v>471</v>
+      </c>
+    </row>
+    <row r="344" spans="1:113">
       <c r="E344" s="2"/>
+      <c r="J344" t="s">
+        <v>3</v>
+      </c>
       <c r="L344" t="s">
         <v>3</v>
       </c>
+      <c r="O344" t="s">
+        <v>3</v>
+      </c>
       <c r="DB344" t="s">
-        <v>452</v>
-[...2 lines deleted...]
-    <row r="345" spans="1:111">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="345" spans="1:113">
       <c r="E345" s="2"/>
+      <c r="J345" t="s">
+        <v>3</v>
+      </c>
       <c r="L345" t="s">
         <v>3</v>
       </c>
+      <c r="O345" t="s">
+        <v>3</v>
+      </c>
       <c r="DB345" t="s">
-        <v>453</v>
-[...2 lines deleted...]
-    <row r="346" spans="1:111">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="346" spans="1:113">
       <c r="E346" s="2"/>
+      <c r="J346" t="s">
+        <v>3</v>
+      </c>
       <c r="L346" t="s">
         <v>3</v>
       </c>
+      <c r="O346" t="s">
+        <v>3</v>
+      </c>
       <c r="DB346" t="s">
-        <v>454</v>
-[...2 lines deleted...]
-    <row r="347" spans="1:111">
+        <v>474</v>
+      </c>
+    </row>
+    <row r="347" spans="1:113">
       <c r="E347" s="2"/>
+      <c r="J347" t="s">
+        <v>3</v>
+      </c>
       <c r="L347" t="s">
         <v>3</v>
       </c>
+      <c r="O347" t="s">
+        <v>3</v>
+      </c>
       <c r="DB347" t="s">
-        <v>455</v>
-[...2 lines deleted...]
-    <row r="348" spans="1:111">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="348" spans="1:113">
       <c r="E348" s="2"/>
+      <c r="J348" t="s">
+        <v>3</v>
+      </c>
       <c r="L348" t="s">
         <v>3</v>
       </c>
+      <c r="O348" t="s">
+        <v>3</v>
+      </c>
       <c r="DB348" t="s">
-        <v>456</v>
-[...2 lines deleted...]
-    <row r="349" spans="1:111">
+        <v>476</v>
+      </c>
+    </row>
+    <row r="349" spans="1:113">
       <c r="E349" s="2"/>
+      <c r="J349" t="s">
+        <v>3</v>
+      </c>
       <c r="L349" t="s">
         <v>3</v>
       </c>
+      <c r="O349" t="s">
+        <v>3</v>
+      </c>
       <c r="DB349" t="s">
-        <v>457</v>
-[...2 lines deleted...]
-    <row r="350" spans="1:111">
+        <v>477</v>
+      </c>
+    </row>
+    <row r="350" spans="1:113">
       <c r="E350" s="2"/>
+      <c r="J350" t="s">
+        <v>3</v>
+      </c>
       <c r="L350" t="s">
         <v>3</v>
       </c>
+      <c r="O350" t="s">
+        <v>3</v>
+      </c>
       <c r="DB350" t="s">
-        <v>458</v>
-[...2 lines deleted...]
-    <row r="351" spans="1:111">
+        <v>478</v>
+      </c>
+    </row>
+    <row r="351" spans="1:113">
       <c r="E351" s="2"/>
+      <c r="J351" t="s">
+        <v>3</v>
+      </c>
       <c r="L351" t="s">
         <v>3</v>
       </c>
+      <c r="O351" t="s">
+        <v>3</v>
+      </c>
       <c r="DB351" t="s">
-        <v>459</v>
-[...2 lines deleted...]
-    <row r="352" spans="1:111">
+        <v>479</v>
+      </c>
+    </row>
+    <row r="352" spans="1:113">
       <c r="E352" s="2"/>
+      <c r="J352" t="s">
+        <v>3</v>
+      </c>
       <c r="L352" t="s">
         <v>3</v>
       </c>
+      <c r="O352" t="s">
+        <v>3</v>
+      </c>
       <c r="DB352" t="s">
-        <v>460</v>
-[...2 lines deleted...]
-    <row r="353" spans="1:111">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="353" spans="1:113">
       <c r="E353" s="2"/>
+      <c r="J353" t="s">
+        <v>3</v>
+      </c>
       <c r="L353" t="s">
         <v>3</v>
       </c>
+      <c r="O353" t="s">
+        <v>3</v>
+      </c>
       <c r="DB353" t="s">
-        <v>461</v>
-[...2 lines deleted...]
-    <row r="354" spans="1:111">
+        <v>481</v>
+      </c>
+    </row>
+    <row r="354" spans="1:113">
       <c r="E354" s="2"/>
+      <c r="J354" t="s">
+        <v>3</v>
+      </c>
       <c r="L354" t="s">
         <v>3</v>
       </c>
+      <c r="O354" t="s">
+        <v>3</v>
+      </c>
       <c r="DB354" t="s">
-        <v>462</v>
-[...2 lines deleted...]
-    <row r="355" spans="1:111">
+        <v>482</v>
+      </c>
+    </row>
+    <row r="355" spans="1:113">
       <c r="E355" s="2"/>
+      <c r="J355" t="s">
+        <v>3</v>
+      </c>
       <c r="L355" t="s">
         <v>3</v>
       </c>
+      <c r="O355" t="s">
+        <v>3</v>
+      </c>
       <c r="DB355" t="s">
-        <v>463</v>
-[...2 lines deleted...]
-    <row r="356" spans="1:111">
+        <v>483</v>
+      </c>
+    </row>
+    <row r="356" spans="1:113">
       <c r="E356" s="2"/>
+      <c r="J356" t="s">
+        <v>3</v>
+      </c>
       <c r="L356" t="s">
         <v>3</v>
       </c>
+      <c r="O356" t="s">
+        <v>3</v>
+      </c>
       <c r="DB356" t="s">
-        <v>464</v>
-[...2 lines deleted...]
-    <row r="357" spans="1:111">
+        <v>484</v>
+      </c>
+    </row>
+    <row r="357" spans="1:113">
       <c r="E357" s="2"/>
+      <c r="J357" t="s">
+        <v>3</v>
+      </c>
       <c r="L357" t="s">
         <v>3</v>
       </c>
+      <c r="O357" t="s">
+        <v>3</v>
+      </c>
       <c r="DB357" t="s">
-        <v>465</v>
-[...2 lines deleted...]
-    <row r="358" spans="1:111">
+        <v>485</v>
+      </c>
+    </row>
+    <row r="358" spans="1:113">
       <c r="E358" s="2"/>
+      <c r="J358" t="s">
+        <v>3</v>
+      </c>
       <c r="L358" t="s">
         <v>3</v>
       </c>
+      <c r="O358" t="s">
+        <v>3</v>
+      </c>
       <c r="DB358" t="s">
-        <v>466</v>
-[...2 lines deleted...]
-    <row r="359" spans="1:111">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="359" spans="1:113">
       <c r="E359" s="2"/>
+      <c r="J359" t="s">
+        <v>3</v>
+      </c>
       <c r="L359" t="s">
         <v>3</v>
       </c>
+      <c r="O359" t="s">
+        <v>3</v>
+      </c>
       <c r="DB359" t="s">
-        <v>467</v>
-[...2 lines deleted...]
-    <row r="360" spans="1:111">
+        <v>487</v>
+      </c>
+    </row>
+    <row r="360" spans="1:113">
       <c r="E360" s="2"/>
+      <c r="J360" t="s">
+        <v>3</v>
+      </c>
       <c r="L360" t="s">
         <v>3</v>
       </c>
+      <c r="O360" t="s">
+        <v>3</v>
+      </c>
       <c r="DB360" t="s">
-        <v>468</v>
-[...2 lines deleted...]
-    <row r="361" spans="1:111">
+        <v>488</v>
+      </c>
+    </row>
+    <row r="361" spans="1:113">
       <c r="E361" s="2"/>
+      <c r="J361" t="s">
+        <v>3</v>
+      </c>
       <c r="L361" t="s">
         <v>3</v>
       </c>
+      <c r="O361" t="s">
+        <v>3</v>
+      </c>
       <c r="DB361" t="s">
-        <v>469</v>
-[...2 lines deleted...]
-    <row r="362" spans="1:111">
+        <v>489</v>
+      </c>
+    </row>
+    <row r="362" spans="1:113">
       <c r="E362" s="2"/>
+      <c r="J362" t="s">
+        <v>3</v>
+      </c>
       <c r="L362" t="s">
         <v>3</v>
       </c>
+      <c r="O362" t="s">
+        <v>3</v>
+      </c>
       <c r="DB362" t="s">
-        <v>470</v>
-[...2 lines deleted...]
-    <row r="363" spans="1:111">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="363" spans="1:113">
       <c r="E363" s="2"/>
+      <c r="J363" t="s">
+        <v>3</v>
+      </c>
       <c r="L363" t="s">
         <v>3</v>
       </c>
+      <c r="O363" t="s">
+        <v>3</v>
+      </c>
       <c r="DB363" t="s">
-        <v>471</v>
-[...2 lines deleted...]
-    <row r="364" spans="1:111">
+        <v>491</v>
+      </c>
+    </row>
+    <row r="364" spans="1:113">
       <c r="E364" s="2"/>
+      <c r="J364" t="s">
+        <v>3</v>
+      </c>
       <c r="L364" t="s">
         <v>3</v>
       </c>
+      <c r="O364" t="s">
+        <v>3</v>
+      </c>
       <c r="DB364" t="s">
-        <v>472</v>
-[...2 lines deleted...]
-    <row r="365" spans="1:111">
+        <v>492</v>
+      </c>
+    </row>
+    <row r="365" spans="1:113">
       <c r="E365" s="2"/>
+      <c r="J365" t="s">
+        <v>3</v>
+      </c>
       <c r="L365" t="s">
         <v>3</v>
       </c>
+      <c r="O365" t="s">
+        <v>3</v>
+      </c>
       <c r="DB365" t="s">
-        <v>473</v>
-[...2 lines deleted...]
-    <row r="366" spans="1:111">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="366" spans="1:113">
       <c r="E366" s="2"/>
+      <c r="J366" t="s">
+        <v>3</v>
+      </c>
       <c r="L366" t="s">
         <v>3</v>
       </c>
+      <c r="O366" t="s">
+        <v>3</v>
+      </c>
       <c r="DB366" t="s">
-        <v>474</v>
-[...2 lines deleted...]
-    <row r="367" spans="1:111">
+        <v>494</v>
+      </c>
+    </row>
+    <row r="367" spans="1:113">
       <c r="E367" s="2"/>
+      <c r="J367" t="s">
+        <v>3</v>
+      </c>
       <c r="L367" t="s">
         <v>3</v>
       </c>
+      <c r="O367" t="s">
+        <v>3</v>
+      </c>
       <c r="DB367" t="s">
-        <v>475</v>
-[...2 lines deleted...]
-    <row r="368" spans="1:111">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="368" spans="1:113">
       <c r="E368" s="2"/>
+      <c r="J368" t="s">
+        <v>3</v>
+      </c>
       <c r="L368" t="s">
         <v>3</v>
       </c>
+      <c r="O368" t="s">
+        <v>3</v>
+      </c>
       <c r="DB368" t="s">
-        <v>476</v>
-[...2 lines deleted...]
-    <row r="369" spans="1:111">
+        <v>496</v>
+      </c>
+    </row>
+    <row r="369" spans="1:113">
       <c r="E369" s="2"/>
+      <c r="J369" t="s">
+        <v>3</v>
+      </c>
       <c r="L369" t="s">
         <v>3</v>
       </c>
+      <c r="O369" t="s">
+        <v>3</v>
+      </c>
       <c r="DB369" t="s">
-        <v>477</v>
-[...2 lines deleted...]
-    <row r="370" spans="1:111">
+        <v>497</v>
+      </c>
+    </row>
+    <row r="370" spans="1:113">
       <c r="E370" s="2"/>
+      <c r="J370" t="s">
+        <v>3</v>
+      </c>
       <c r="L370" t="s">
         <v>3</v>
       </c>
+      <c r="O370" t="s">
+        <v>3</v>
+      </c>
       <c r="DB370" t="s">
-        <v>478</v>
-[...2 lines deleted...]
-    <row r="371" spans="1:111">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="371" spans="1:113">
       <c r="E371" s="2"/>
+      <c r="J371" t="s">
+        <v>3</v>
+      </c>
       <c r="L371" t="s">
         <v>3</v>
       </c>
+      <c r="O371" t="s">
+        <v>3</v>
+      </c>
       <c r="DB371" t="s">
-        <v>479</v>
-[...2 lines deleted...]
-    <row r="372" spans="1:111">
+        <v>499</v>
+      </c>
+    </row>
+    <row r="372" spans="1:113">
       <c r="E372" s="2"/>
+      <c r="J372" t="s">
+        <v>3</v>
+      </c>
       <c r="L372" t="s">
         <v>3</v>
       </c>
+      <c r="O372" t="s">
+        <v>3</v>
+      </c>
       <c r="DB372" t="s">
-        <v>480</v>
-[...2 lines deleted...]
-    <row r="373" spans="1:111">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="373" spans="1:113">
       <c r="E373" s="2"/>
+      <c r="J373" t="s">
+        <v>3</v>
+      </c>
       <c r="L373" t="s">
         <v>3</v>
       </c>
+      <c r="O373" t="s">
+        <v>3</v>
+      </c>
       <c r="DB373" t="s">
-        <v>481</v>
-[...2 lines deleted...]
-    <row r="374" spans="1:111">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="374" spans="1:113">
       <c r="E374" s="2"/>
+      <c r="J374" t="s">
+        <v>3</v>
+      </c>
       <c r="L374" t="s">
         <v>3</v>
       </c>
+      <c r="O374" t="s">
+        <v>3</v>
+      </c>
       <c r="DB374" t="s">
-        <v>482</v>
-[...2 lines deleted...]
-    <row r="375" spans="1:111">
+        <v>502</v>
+      </c>
+    </row>
+    <row r="375" spans="1:113">
       <c r="E375" s="2"/>
+      <c r="J375" t="s">
+        <v>3</v>
+      </c>
       <c r="L375" t="s">
         <v>3</v>
       </c>
+      <c r="O375" t="s">
+        <v>3</v>
+      </c>
       <c r="DB375" t="s">
-        <v>483</v>
-[...2 lines deleted...]
-    <row r="376" spans="1:111">
+        <v>503</v>
+      </c>
+    </row>
+    <row r="376" spans="1:113">
       <c r="E376" s="2"/>
+      <c r="J376" t="s">
+        <v>3</v>
+      </c>
       <c r="L376" t="s">
         <v>3</v>
       </c>
+      <c r="O376" t="s">
+        <v>3</v>
+      </c>
       <c r="DB376" t="s">
-        <v>484</v>
-[...2 lines deleted...]
-    <row r="377" spans="1:111">
+        <v>504</v>
+      </c>
+    </row>
+    <row r="377" spans="1:113">
       <c r="E377" s="2"/>
+      <c r="J377" t="s">
+        <v>3</v>
+      </c>
       <c r="L377" t="s">
         <v>3</v>
       </c>
+      <c r="O377" t="s">
+        <v>3</v>
+      </c>
       <c r="DB377" t="s">
-        <v>485</v>
-[...2 lines deleted...]
-    <row r="378" spans="1:111">
+        <v>505</v>
+      </c>
+    </row>
+    <row r="378" spans="1:113">
       <c r="E378" s="2"/>
+      <c r="J378" t="s">
+        <v>3</v>
+      </c>
       <c r="L378" t="s">
         <v>3</v>
       </c>
+      <c r="O378" t="s">
+        <v>3</v>
+      </c>
       <c r="DB378" t="s">
-        <v>486</v>
-[...2 lines deleted...]
-    <row r="379" spans="1:111">
+        <v>506</v>
+      </c>
+    </row>
+    <row r="379" spans="1:113">
       <c r="E379" s="2"/>
+      <c r="J379" t="s">
+        <v>3</v>
+      </c>
       <c r="L379" t="s">
         <v>3</v>
       </c>
+      <c r="O379" t="s">
+        <v>3</v>
+      </c>
       <c r="DB379" t="s">
-        <v>487</v>
-[...2 lines deleted...]
-    <row r="380" spans="1:111">
+        <v>507</v>
+      </c>
+    </row>
+    <row r="380" spans="1:113">
       <c r="E380" s="2"/>
+      <c r="J380" t="s">
+        <v>3</v>
+      </c>
       <c r="L380" t="s">
         <v>3</v>
       </c>
+      <c r="O380" t="s">
+        <v>3</v>
+      </c>
       <c r="DB380" t="s">
-        <v>488</v>
-[...2 lines deleted...]
-    <row r="381" spans="1:111">
+        <v>508</v>
+      </c>
+    </row>
+    <row r="381" spans="1:113">
       <c r="E381" s="2"/>
+      <c r="J381" t="s">
+        <v>3</v>
+      </c>
       <c r="L381" t="s">
         <v>3</v>
       </c>
+      <c r="O381" t="s">
+        <v>3</v>
+      </c>
       <c r="DB381" t="s">
-        <v>489</v>
-[...2 lines deleted...]
-    <row r="382" spans="1:111">
+        <v>509</v>
+      </c>
+    </row>
+    <row r="382" spans="1:113">
       <c r="E382" s="2"/>
+      <c r="J382" t="s">
+        <v>3</v>
+      </c>
       <c r="L382" t="s">
         <v>3</v>
       </c>
+      <c r="O382" t="s">
+        <v>3</v>
+      </c>
       <c r="DB382" t="s">
-        <v>490</v>
-[...2 lines deleted...]
-    <row r="383" spans="1:111">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="383" spans="1:113">
       <c r="E383" s="2"/>
+      <c r="J383" t="s">
+        <v>3</v>
+      </c>
       <c r="L383" t="s">
         <v>3</v>
       </c>
+      <c r="O383" t="s">
+        <v>3</v>
+      </c>
       <c r="DB383" t="s">
-        <v>491</v>
-[...2 lines deleted...]
-    <row r="384" spans="1:111">
+        <v>511</v>
+      </c>
+    </row>
+    <row r="384" spans="1:113">
       <c r="E384" s="2"/>
+      <c r="J384" t="s">
+        <v>3</v>
+      </c>
       <c r="L384" t="s">
         <v>3</v>
       </c>
+      <c r="O384" t="s">
+        <v>3</v>
+      </c>
       <c r="DB384" t="s">
-        <v>492</v>
-[...2 lines deleted...]
-    <row r="385" spans="1:111">
+        <v>512</v>
+      </c>
+    </row>
+    <row r="385" spans="1:113">
       <c r="E385" s="2"/>
+      <c r="J385" t="s">
+        <v>3</v>
+      </c>
       <c r="L385" t="s">
         <v>3</v>
       </c>
+      <c r="O385" t="s">
+        <v>3</v>
+      </c>
       <c r="DB385" t="s">
-        <v>493</v>
-[...2 lines deleted...]
-    <row r="386" spans="1:111">
+        <v>513</v>
+      </c>
+    </row>
+    <row r="386" spans="1:113">
       <c r="E386" s="2"/>
+      <c r="J386" t="s">
+        <v>3</v>
+      </c>
       <c r="L386" t="s">
         <v>3</v>
       </c>
+      <c r="O386" t="s">
+        <v>3</v>
+      </c>
       <c r="DB386" t="s">
-        <v>494</v>
-[...2 lines deleted...]
-    <row r="387" spans="1:111">
+        <v>514</v>
+      </c>
+    </row>
+    <row r="387" spans="1:113">
       <c r="E387" s="2"/>
+      <c r="J387" t="s">
+        <v>3</v>
+      </c>
       <c r="L387" t="s">
         <v>3</v>
       </c>
+      <c r="O387" t="s">
+        <v>3</v>
+      </c>
       <c r="DB387" t="s">
-        <v>495</v>
-[...2 lines deleted...]
-    <row r="388" spans="1:111">
+        <v>515</v>
+      </c>
+    </row>
+    <row r="388" spans="1:113">
       <c r="E388" s="2"/>
+      <c r="J388" t="s">
+        <v>3</v>
+      </c>
       <c r="L388" t="s">
         <v>3</v>
       </c>
+      <c r="O388" t="s">
+        <v>3</v>
+      </c>
       <c r="DB388" t="s">
-        <v>496</v>
-[...2 lines deleted...]
-    <row r="389" spans="1:111">
+        <v>516</v>
+      </c>
+    </row>
+    <row r="389" spans="1:113">
       <c r="E389" s="2"/>
+      <c r="J389" t="s">
+        <v>3</v>
+      </c>
       <c r="L389" t="s">
         <v>3</v>
       </c>
+      <c r="O389" t="s">
+        <v>3</v>
+      </c>
       <c r="DB389" t="s">
-        <v>497</v>
-[...2 lines deleted...]
-    <row r="390" spans="1:111">
+        <v>517</v>
+      </c>
+    </row>
+    <row r="390" spans="1:113">
       <c r="E390" s="2"/>
+      <c r="J390" t="s">
+        <v>3</v>
+      </c>
       <c r="L390" t="s">
         <v>3</v>
       </c>
+      <c r="O390" t="s">
+        <v>3</v>
+      </c>
       <c r="DB390" t="s">
-        <v>498</v>
-[...2 lines deleted...]
-    <row r="391" spans="1:111">
+        <v>518</v>
+      </c>
+    </row>
+    <row r="391" spans="1:113">
       <c r="E391" s="2"/>
+      <c r="J391" t="s">
+        <v>3</v>
+      </c>
       <c r="L391" t="s">
         <v>3</v>
       </c>
+      <c r="O391" t="s">
+        <v>3</v>
+      </c>
       <c r="DB391" t="s">
-        <v>499</v>
-[...2 lines deleted...]
-    <row r="392" spans="1:111">
+        <v>519</v>
+      </c>
+    </row>
+    <row r="392" spans="1:113">
       <c r="E392" s="2"/>
+      <c r="J392" t="s">
+        <v>3</v>
+      </c>
       <c r="L392" t="s">
         <v>3</v>
       </c>
+      <c r="O392" t="s">
+        <v>3</v>
+      </c>
       <c r="DB392" t="s">
-        <v>500</v>
-[...2 lines deleted...]
-    <row r="393" spans="1:111">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="393" spans="1:113">
       <c r="E393" s="2"/>
+      <c r="J393" t="s">
+        <v>3</v>
+      </c>
       <c r="L393" t="s">
         <v>3</v>
       </c>
+      <c r="O393" t="s">
+        <v>3</v>
+      </c>
       <c r="DB393" t="s">
-        <v>501</v>
-[...2 lines deleted...]
-    <row r="394" spans="1:111">
+        <v>521</v>
+      </c>
+    </row>
+    <row r="394" spans="1:113">
       <c r="E394" s="2"/>
+      <c r="J394" t="s">
+        <v>3</v>
+      </c>
       <c r="L394" t="s">
         <v>3</v>
       </c>
+      <c r="O394" t="s">
+        <v>3</v>
+      </c>
       <c r="DB394" t="s">
-        <v>502</v>
-[...2 lines deleted...]
-    <row r="395" spans="1:111">
+        <v>522</v>
+      </c>
+    </row>
+    <row r="395" spans="1:113">
       <c r="E395" s="2"/>
+      <c r="J395" t="s">
+        <v>3</v>
+      </c>
       <c r="L395" t="s">
         <v>3</v>
       </c>
+      <c r="O395" t="s">
+        <v>3</v>
+      </c>
       <c r="DB395" t="s">
-        <v>503</v>
-[...2 lines deleted...]
-    <row r="396" spans="1:111">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="396" spans="1:113">
       <c r="E396" s="2"/>
+      <c r="J396" t="s">
+        <v>3</v>
+      </c>
       <c r="L396" t="s">
         <v>3</v>
       </c>
+      <c r="O396" t="s">
+        <v>3</v>
+      </c>
       <c r="DB396" t="s">
-        <v>504</v>
-[...2 lines deleted...]
-    <row r="397" spans="1:111">
+        <v>524</v>
+      </c>
+    </row>
+    <row r="397" spans="1:113">
       <c r="E397" s="2"/>
+      <c r="J397" t="s">
+        <v>3</v>
+      </c>
       <c r="L397" t="s">
         <v>3</v>
       </c>
+      <c r="O397" t="s">
+        <v>3</v>
+      </c>
       <c r="DB397" t="s">
-        <v>505</v>
-[...2 lines deleted...]
-    <row r="398" spans="1:111">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="398" spans="1:113">
       <c r="E398" s="2"/>
+      <c r="J398" t="s">
+        <v>3</v>
+      </c>
       <c r="L398" t="s">
         <v>3</v>
       </c>
+      <c r="O398" t="s">
+        <v>3</v>
+      </c>
       <c r="DB398" t="s">
-        <v>506</v>
-[...2 lines deleted...]
-    <row r="399" spans="1:111">
+        <v>526</v>
+      </c>
+    </row>
+    <row r="399" spans="1:113">
       <c r="E399" s="2"/>
+      <c r="J399" t="s">
+        <v>3</v>
+      </c>
       <c r="L399" t="s">
         <v>3</v>
       </c>
+      <c r="O399" t="s">
+        <v>3</v>
+      </c>
       <c r="DB399" t="s">
-        <v>507</v>
-[...2 lines deleted...]
-    <row r="400" spans="1:111">
+        <v>527</v>
+      </c>
+    </row>
+    <row r="400" spans="1:113">
       <c r="E400" s="2"/>
+      <c r="J400" t="s">
+        <v>3</v>
+      </c>
       <c r="L400" t="s">
         <v>3</v>
       </c>
+      <c r="O400" t="s">
+        <v>3</v>
+      </c>
       <c r="DB400" t="s">
-        <v>508</v>
-[...2 lines deleted...]
-    <row r="401" spans="1:111">
+        <v>528</v>
+      </c>
+    </row>
+    <row r="401" spans="1:113">
       <c r="E401" s="2"/>
+      <c r="J401" t="s">
+        <v>3</v>
+      </c>
       <c r="L401" t="s">
         <v>3</v>
       </c>
+      <c r="O401" t="s">
+        <v>3</v>
+      </c>
       <c r="DB401" t="s">
-        <v>509</v>
-[...2 lines deleted...]
-    <row r="402" spans="1:111">
+        <v>529</v>
+      </c>
+    </row>
+    <row r="402" spans="1:113">
       <c r="E402" s="2"/>
+      <c r="J402" t="s">
+        <v>3</v>
+      </c>
       <c r="L402" t="s">
         <v>3</v>
       </c>
+      <c r="O402" t="s">
+        <v>3</v>
+      </c>
       <c r="DB402" t="s">
-        <v>510</v>
-[...2 lines deleted...]
-    <row r="403" spans="1:111">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="403" spans="1:113">
       <c r="E403" s="2"/>
+      <c r="J403" t="s">
+        <v>3</v>
+      </c>
       <c r="L403" t="s">
         <v>3</v>
       </c>
+      <c r="O403" t="s">
+        <v>3</v>
+      </c>
       <c r="DB403" t="s">
-        <v>511</v>
-[...2 lines deleted...]
-    <row r="404" spans="1:111">
+        <v>531</v>
+      </c>
+    </row>
+    <row r="404" spans="1:113">
       <c r="E404" s="2"/>
+      <c r="J404" t="s">
+        <v>3</v>
+      </c>
       <c r="L404" t="s">
         <v>3</v>
       </c>
+      <c r="O404" t="s">
+        <v>3</v>
+      </c>
       <c r="DB404" t="s">
-        <v>512</v>
-[...2 lines deleted...]
-    <row r="405" spans="1:111">
+        <v>532</v>
+      </c>
+    </row>
+    <row r="405" spans="1:113">
       <c r="E405" s="2"/>
+      <c r="J405" t="s">
+        <v>3</v>
+      </c>
       <c r="L405" t="s">
         <v>3</v>
       </c>
+      <c r="O405" t="s">
+        <v>3</v>
+      </c>
       <c r="DB405" t="s">
-        <v>513</v>
-[...2 lines deleted...]
-    <row r="406" spans="1:111">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="406" spans="1:113">
       <c r="E406" s="2"/>
+      <c r="J406" t="s">
+        <v>3</v>
+      </c>
       <c r="L406" t="s">
         <v>3</v>
       </c>
+      <c r="O406" t="s">
+        <v>3</v>
+      </c>
       <c r="DB406" t="s">
-        <v>514</v>
-[...2 lines deleted...]
-    <row r="407" spans="1:111">
+        <v>534</v>
+      </c>
+    </row>
+    <row r="407" spans="1:113">
       <c r="E407" s="2"/>
+      <c r="J407" t="s">
+        <v>3</v>
+      </c>
       <c r="L407" t="s">
         <v>3</v>
       </c>
+      <c r="O407" t="s">
+        <v>3</v>
+      </c>
       <c r="DB407" t="s">
-        <v>515</v>
-[...2 lines deleted...]
-    <row r="408" spans="1:111">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="408" spans="1:113">
       <c r="E408" s="2"/>
+      <c r="J408" t="s">
+        <v>3</v>
+      </c>
       <c r="L408" t="s">
         <v>3</v>
       </c>
+      <c r="O408" t="s">
+        <v>3</v>
+      </c>
       <c r="DB408" t="s">
-        <v>516</v>
-[...2 lines deleted...]
-    <row r="409" spans="1:111">
+        <v>536</v>
+      </c>
+    </row>
+    <row r="409" spans="1:113">
       <c r="E409" s="2"/>
+      <c r="J409" t="s">
+        <v>3</v>
+      </c>
       <c r="L409" t="s">
         <v>3</v>
       </c>
+      <c r="O409" t="s">
+        <v>3</v>
+      </c>
       <c r="DB409" t="s">
-        <v>517</v>
-[...2 lines deleted...]
-    <row r="410" spans="1:111">
+        <v>537</v>
+      </c>
+    </row>
+    <row r="410" spans="1:113">
       <c r="E410" s="2"/>
+      <c r="J410" t="s">
+        <v>3</v>
+      </c>
       <c r="L410" t="s">
         <v>3</v>
       </c>
+      <c r="O410" t="s">
+        <v>3</v>
+      </c>
       <c r="DB410" t="s">
-        <v>518</v>
-[...2 lines deleted...]
-    <row r="411" spans="1:111">
+        <v>538</v>
+      </c>
+    </row>
+    <row r="411" spans="1:113">
       <c r="E411" s="2"/>
+      <c r="J411" t="s">
+        <v>3</v>
+      </c>
       <c r="L411" t="s">
         <v>3</v>
       </c>
+      <c r="O411" t="s">
+        <v>3</v>
+      </c>
       <c r="DB411" t="s">
-        <v>519</v>
-[...2 lines deleted...]
-    <row r="412" spans="1:111">
+        <v>539</v>
+      </c>
+    </row>
+    <row r="412" spans="1:113">
       <c r="E412" s="2"/>
+      <c r="J412" t="s">
+        <v>3</v>
+      </c>
       <c r="L412" t="s">
         <v>3</v>
       </c>
+      <c r="O412" t="s">
+        <v>3</v>
+      </c>
       <c r="DB412" t="s">
-        <v>520</v>
-[...2 lines deleted...]
-    <row r="413" spans="1:111">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="413" spans="1:113">
       <c r="E413" s="2"/>
+      <c r="J413" t="s">
+        <v>3</v>
+      </c>
       <c r="L413" t="s">
         <v>3</v>
       </c>
+      <c r="O413" t="s">
+        <v>3</v>
+      </c>
       <c r="DB413" t="s">
-        <v>521</v>
-[...2 lines deleted...]
-    <row r="414" spans="1:111">
+        <v>541</v>
+      </c>
+    </row>
+    <row r="414" spans="1:113">
       <c r="E414" s="2"/>
+      <c r="J414" t="s">
+        <v>3</v>
+      </c>
       <c r="L414" t="s">
         <v>3</v>
       </c>
+      <c r="O414" t="s">
+        <v>3</v>
+      </c>
       <c r="DB414" t="s">
-        <v>522</v>
-[...2 lines deleted...]
-    <row r="415" spans="1:111">
+        <v>542</v>
+      </c>
+    </row>
+    <row r="415" spans="1:113">
       <c r="E415" s="2"/>
+      <c r="J415" t="s">
+        <v>3</v>
+      </c>
       <c r="L415" t="s">
         <v>3</v>
       </c>
+      <c r="O415" t="s">
+        <v>3</v>
+      </c>
       <c r="DB415" t="s">
-        <v>523</v>
-[...2 lines deleted...]
-    <row r="416" spans="1:111">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="416" spans="1:113">
       <c r="E416" s="2"/>
+      <c r="J416" t="s">
+        <v>3</v>
+      </c>
       <c r="L416" t="s">
         <v>3</v>
       </c>
+      <c r="O416" t="s">
+        <v>3</v>
+      </c>
       <c r="DB416" t="s">
-        <v>524</v>
-[...2 lines deleted...]
-    <row r="417" spans="1:111">
+        <v>544</v>
+      </c>
+    </row>
+    <row r="417" spans="1:113">
       <c r="E417" s="2"/>
+      <c r="J417" t="s">
+        <v>3</v>
+      </c>
       <c r="L417" t="s">
         <v>3</v>
       </c>
+      <c r="O417" t="s">
+        <v>3</v>
+      </c>
       <c r="DB417" t="s">
-        <v>525</v>
-[...2 lines deleted...]
-    <row r="418" spans="1:111">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="418" spans="1:113">
       <c r="E418" s="2"/>
+      <c r="J418" t="s">
+        <v>3</v>
+      </c>
       <c r="L418" t="s">
         <v>3</v>
       </c>
+      <c r="O418" t="s">
+        <v>3</v>
+      </c>
       <c r="DB418" t="s">
-        <v>526</v>
-[...2 lines deleted...]
-    <row r="419" spans="1:111">
+        <v>546</v>
+      </c>
+    </row>
+    <row r="419" spans="1:113">
       <c r="E419" s="2"/>
+      <c r="J419" t="s">
+        <v>3</v>
+      </c>
       <c r="L419" t="s">
         <v>3</v>
       </c>
+      <c r="O419" t="s">
+        <v>3</v>
+      </c>
       <c r="DB419" t="s">
-        <v>527</v>
-[...2 lines deleted...]
-    <row r="420" spans="1:111">
+        <v>547</v>
+      </c>
+    </row>
+    <row r="420" spans="1:113">
       <c r="E420" s="2"/>
+      <c r="J420" t="s">
+        <v>3</v>
+      </c>
       <c r="L420" t="s">
         <v>3</v>
       </c>
+      <c r="O420" t="s">
+        <v>3</v>
+      </c>
       <c r="DB420" t="s">
-        <v>528</v>
-[...2 lines deleted...]
-    <row r="421" spans="1:111">
+        <v>548</v>
+      </c>
+    </row>
+    <row r="421" spans="1:113">
       <c r="E421" s="2"/>
+      <c r="J421" t="s">
+        <v>3</v>
+      </c>
       <c r="L421" t="s">
         <v>3</v>
       </c>
+      <c r="O421" t="s">
+        <v>3</v>
+      </c>
       <c r="DB421" t="s">
-        <v>529</v>
-[...2 lines deleted...]
-    <row r="422" spans="1:111">
+        <v>549</v>
+      </c>
+    </row>
+    <row r="422" spans="1:113">
       <c r="E422" s="2"/>
+      <c r="J422" t="s">
+        <v>3</v>
+      </c>
       <c r="L422" t="s">
         <v>3</v>
       </c>
+      <c r="O422" t="s">
+        <v>3</v>
+      </c>
       <c r="DB422" t="s">
-        <v>530</v>
-[...2 lines deleted...]
-    <row r="423" spans="1:111">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="423" spans="1:113">
       <c r="E423" s="2"/>
+      <c r="J423" t="s">
+        <v>3</v>
+      </c>
       <c r="L423" t="s">
         <v>3</v>
       </c>
+      <c r="O423" t="s">
+        <v>3</v>
+      </c>
       <c r="DB423" t="s">
-        <v>531</v>
-[...2 lines deleted...]
-    <row r="424" spans="1:111">
+        <v>551</v>
+      </c>
+    </row>
+    <row r="424" spans="1:113">
       <c r="E424" s="2"/>
+      <c r="J424" t="s">
+        <v>3</v>
+      </c>
       <c r="L424" t="s">
         <v>3</v>
       </c>
+      <c r="O424" t="s">
+        <v>3</v>
+      </c>
       <c r="DB424" t="s">
-        <v>532</v>
-[...2 lines deleted...]
-    <row r="425" spans="1:111">
+        <v>552</v>
+      </c>
+    </row>
+    <row r="425" spans="1:113">
       <c r="E425" s="2"/>
+      <c r="J425" t="s">
+        <v>3</v>
+      </c>
       <c r="L425" t="s">
         <v>3</v>
       </c>
+      <c r="O425" t="s">
+        <v>3</v>
+      </c>
       <c r="DB425" t="s">
-        <v>533</v>
-[...2 lines deleted...]
-    <row r="426" spans="1:111">
+        <v>553</v>
+      </c>
+    </row>
+    <row r="426" spans="1:113">
       <c r="E426" s="2"/>
+      <c r="J426" t="s">
+        <v>3</v>
+      </c>
       <c r="L426" t="s">
         <v>3</v>
       </c>
+      <c r="O426" t="s">
+        <v>3</v>
+      </c>
       <c r="DB426" t="s">
-        <v>534</v>
-[...2 lines deleted...]
-    <row r="427" spans="1:111">
+        <v>554</v>
+      </c>
+    </row>
+    <row r="427" spans="1:113">
       <c r="E427" s="2"/>
+      <c r="J427" t="s">
+        <v>3</v>
+      </c>
       <c r="L427" t="s">
         <v>3</v>
       </c>
+      <c r="O427" t="s">
+        <v>3</v>
+      </c>
       <c r="DB427" t="s">
-        <v>535</v>
-[...2 lines deleted...]
-    <row r="428" spans="1:111">
+        <v>555</v>
+      </c>
+    </row>
+    <row r="428" spans="1:113">
       <c r="E428" s="2"/>
+      <c r="J428" t="s">
+        <v>3</v>
+      </c>
       <c r="L428" t="s">
         <v>3</v>
       </c>
+      <c r="O428" t="s">
+        <v>3</v>
+      </c>
       <c r="DB428" t="s">
-        <v>536</v>
-[...2 lines deleted...]
-    <row r="429" spans="1:111">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="429" spans="1:113">
       <c r="E429" s="2"/>
+      <c r="J429" t="s">
+        <v>3</v>
+      </c>
       <c r="L429" t="s">
         <v>3</v>
       </c>
+      <c r="O429" t="s">
+        <v>3</v>
+      </c>
       <c r="DB429" t="s">
-        <v>537</v>
-[...2 lines deleted...]
-    <row r="430" spans="1:111">
+        <v>557</v>
+      </c>
+    </row>
+    <row r="430" spans="1:113">
       <c r="E430" s="2"/>
+      <c r="J430" t="s">
+        <v>3</v>
+      </c>
       <c r="L430" t="s">
         <v>3</v>
       </c>
+      <c r="O430" t="s">
+        <v>3</v>
+      </c>
       <c r="DB430" t="s">
-        <v>538</v>
-[...2 lines deleted...]
-    <row r="431" spans="1:111">
+        <v>558</v>
+      </c>
+    </row>
+    <row r="431" spans="1:113">
       <c r="E431" s="2"/>
+      <c r="J431" t="s">
+        <v>3</v>
+      </c>
       <c r="L431" t="s">
         <v>3</v>
       </c>
+      <c r="O431" t="s">
+        <v>3</v>
+      </c>
       <c r="DB431" t="s">
-        <v>539</v>
-[...2 lines deleted...]
-    <row r="432" spans="1:111">
+        <v>559</v>
+      </c>
+    </row>
+    <row r="432" spans="1:113">
       <c r="E432" s="2"/>
+      <c r="J432" t="s">
+        <v>3</v>
+      </c>
       <c r="L432" t="s">
         <v>3</v>
       </c>
+      <c r="O432" t="s">
+        <v>3</v>
+      </c>
       <c r="DB432" t="s">
-        <v>540</v>
-[...2 lines deleted...]
-    <row r="433" spans="1:111">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="433" spans="1:113">
       <c r="E433" s="2"/>
+      <c r="J433" t="s">
+        <v>3</v>
+      </c>
       <c r="L433" t="s">
         <v>3</v>
       </c>
+      <c r="O433" t="s">
+        <v>3</v>
+      </c>
       <c r="DB433" t="s">
-        <v>541</v>
-[...2 lines deleted...]
-    <row r="434" spans="1:111">
+        <v>561</v>
+      </c>
+    </row>
+    <row r="434" spans="1:113">
       <c r="E434" s="2"/>
+      <c r="J434" t="s">
+        <v>3</v>
+      </c>
       <c r="L434" t="s">
         <v>3</v>
       </c>
+      <c r="O434" t="s">
+        <v>3</v>
+      </c>
       <c r="DB434" t="s">
-        <v>542</v>
-[...2 lines deleted...]
-    <row r="435" spans="1:111">
+        <v>562</v>
+      </c>
+    </row>
+    <row r="435" spans="1:113">
       <c r="E435" s="2"/>
+      <c r="J435" t="s">
+        <v>3</v>
+      </c>
       <c r="L435" t="s">
         <v>3</v>
       </c>
+      <c r="O435" t="s">
+        <v>3</v>
+      </c>
       <c r="DB435" t="s">
-        <v>543</v>
-[...2 lines deleted...]
-    <row r="436" spans="1:111">
+        <v>563</v>
+      </c>
+    </row>
+    <row r="436" spans="1:113">
       <c r="E436" s="2"/>
+      <c r="J436" t="s">
+        <v>3</v>
+      </c>
       <c r="L436" t="s">
         <v>3</v>
       </c>
+      <c r="O436" t="s">
+        <v>3</v>
+      </c>
       <c r="DB436" t="s">
-        <v>544</v>
-[...2 lines deleted...]
-    <row r="437" spans="1:111">
+        <v>564</v>
+      </c>
+    </row>
+    <row r="437" spans="1:113">
       <c r="E437" s="2"/>
+      <c r="J437" t="s">
+        <v>3</v>
+      </c>
       <c r="L437" t="s">
         <v>3</v>
       </c>
+      <c r="O437" t="s">
+        <v>3</v>
+      </c>
       <c r="DB437" t="s">
-        <v>545</v>
-[...2 lines deleted...]
-    <row r="438" spans="1:111">
+        <v>565</v>
+      </c>
+    </row>
+    <row r="438" spans="1:113">
       <c r="E438" s="2"/>
+      <c r="J438" t="s">
+        <v>3</v>
+      </c>
       <c r="L438" t="s">
         <v>3</v>
       </c>
+      <c r="O438" t="s">
+        <v>3</v>
+      </c>
       <c r="DB438" t="s">
-        <v>546</v>
-[...2 lines deleted...]
-    <row r="439" spans="1:111">
+        <v>566</v>
+      </c>
+    </row>
+    <row r="439" spans="1:113">
       <c r="E439" s="2"/>
+      <c r="J439" t="s">
+        <v>3</v>
+      </c>
       <c r="L439" t="s">
         <v>3</v>
       </c>
+      <c r="O439" t="s">
+        <v>3</v>
+      </c>
       <c r="DB439" t="s">
-        <v>547</v>
-[...2 lines deleted...]
-    <row r="440" spans="1:111">
+        <v>567</v>
+      </c>
+    </row>
+    <row r="440" spans="1:113">
       <c r="E440" s="2"/>
+      <c r="J440" t="s">
+        <v>3</v>
+      </c>
       <c r="L440" t="s">
         <v>3</v>
       </c>
+      <c r="O440" t="s">
+        <v>3</v>
+      </c>
       <c r="DB440" t="s">
-        <v>548</v>
-[...2 lines deleted...]
-    <row r="441" spans="1:111">
+        <v>568</v>
+      </c>
+    </row>
+    <row r="441" spans="1:113">
       <c r="E441" s="2"/>
+      <c r="J441" t="s">
+        <v>3</v>
+      </c>
       <c r="L441" t="s">
         <v>3</v>
       </c>
+      <c r="O441" t="s">
+        <v>3</v>
+      </c>
       <c r="DB441" t="s">
-        <v>549</v>
-[...2 lines deleted...]
-    <row r="442" spans="1:111">
+        <v>569</v>
+      </c>
+    </row>
+    <row r="442" spans="1:113">
       <c r="E442" s="2"/>
+      <c r="J442" t="s">
+        <v>3</v>
+      </c>
       <c r="L442" t="s">
         <v>3</v>
       </c>
+      <c r="O442" t="s">
+        <v>3</v>
+      </c>
       <c r="DB442" t="s">
-        <v>550</v>
-[...2 lines deleted...]
-    <row r="443" spans="1:111">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="443" spans="1:113">
       <c r="E443" s="2"/>
+      <c r="J443" t="s">
+        <v>3</v>
+      </c>
       <c r="L443" t="s">
         <v>3</v>
       </c>
+      <c r="O443" t="s">
+        <v>3</v>
+      </c>
       <c r="DB443" t="s">
-        <v>551</v>
-[...2 lines deleted...]
-    <row r="444" spans="1:111">
+        <v>571</v>
+      </c>
+    </row>
+    <row r="444" spans="1:113">
       <c r="E444" s="2"/>
+      <c r="J444" t="s">
+        <v>3</v>
+      </c>
       <c r="L444" t="s">
         <v>3</v>
       </c>
+      <c r="O444" t="s">
+        <v>3</v>
+      </c>
       <c r="DB444" t="s">
-        <v>552</v>
-[...2 lines deleted...]
-    <row r="445" spans="1:111">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="445" spans="1:113">
       <c r="E445" s="2"/>
+      <c r="J445" t="s">
+        <v>3</v>
+      </c>
       <c r="L445" t="s">
         <v>3</v>
       </c>
+      <c r="O445" t="s">
+        <v>3</v>
+      </c>
       <c r="DB445" t="s">
-        <v>553</v>
-[...2 lines deleted...]
-    <row r="446" spans="1:111">
+        <v>573</v>
+      </c>
+    </row>
+    <row r="446" spans="1:113">
       <c r="E446" s="2"/>
+      <c r="J446" t="s">
+        <v>3</v>
+      </c>
       <c r="L446" t="s">
         <v>3</v>
       </c>
+      <c r="O446" t="s">
+        <v>3</v>
+      </c>
       <c r="DB446" t="s">
-        <v>554</v>
-[...2 lines deleted...]
-    <row r="447" spans="1:111">
+        <v>574</v>
+      </c>
+    </row>
+    <row r="447" spans="1:113">
       <c r="E447" s="2"/>
+      <c r="J447" t="s">
+        <v>3</v>
+      </c>
       <c r="L447" t="s">
         <v>3</v>
       </c>
+      <c r="O447" t="s">
+        <v>3</v>
+      </c>
       <c r="DB447" t="s">
-        <v>555</v>
-[...2 lines deleted...]
-    <row r="448" spans="1:111">
+        <v>575</v>
+      </c>
+    </row>
+    <row r="448" spans="1:113">
       <c r="E448" s="2"/>
+      <c r="J448" t="s">
+        <v>3</v>
+      </c>
       <c r="L448" t="s">
         <v>3</v>
       </c>
+      <c r="O448" t="s">
+        <v>3</v>
+      </c>
       <c r="DB448" t="s">
-        <v>556</v>
-[...2 lines deleted...]
-    <row r="449" spans="1:111">
+        <v>576</v>
+      </c>
+    </row>
+    <row r="449" spans="1:113">
       <c r="E449" s="2"/>
+      <c r="J449" t="s">
+        <v>3</v>
+      </c>
       <c r="L449" t="s">
         <v>3</v>
       </c>
+      <c r="O449" t="s">
+        <v>3</v>
+      </c>
       <c r="DB449" t="s">
-        <v>557</v>
-[...2 lines deleted...]
-    <row r="450" spans="1:111">
+        <v>577</v>
+      </c>
+    </row>
+    <row r="450" spans="1:113">
       <c r="E450" s="2"/>
+      <c r="J450" t="s">
+        <v>3</v>
+      </c>
       <c r="L450" t="s">
         <v>3</v>
       </c>
+      <c r="O450" t="s">
+        <v>3</v>
+      </c>
       <c r="DB450" t="s">
-        <v>558</v>
-[...2 lines deleted...]
-    <row r="451" spans="1:111">
+        <v>578</v>
+      </c>
+    </row>
+    <row r="451" spans="1:113">
       <c r="E451" s="2"/>
+      <c r="J451" t="s">
+        <v>3</v>
+      </c>
       <c r="L451" t="s">
         <v>3</v>
       </c>
+      <c r="O451" t="s">
+        <v>3</v>
+      </c>
       <c r="DB451" t="s">
-        <v>559</v>
-[...2 lines deleted...]
-    <row r="452" spans="1:111">
+        <v>579</v>
+      </c>
+    </row>
+    <row r="452" spans="1:113">
       <c r="E452" s="2"/>
+      <c r="J452" t="s">
+        <v>3</v>
+      </c>
       <c r="L452" t="s">
         <v>3</v>
       </c>
+      <c r="O452" t="s">
+        <v>3</v>
+      </c>
       <c r="DB452" t="s">
-        <v>560</v>
-[...2 lines deleted...]
-    <row r="453" spans="1:111">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="453" spans="1:113">
       <c r="E453" s="2"/>
+      <c r="J453" t="s">
+        <v>3</v>
+      </c>
       <c r="L453" t="s">
         <v>3</v>
       </c>
+      <c r="O453" t="s">
+        <v>3</v>
+      </c>
       <c r="DB453" t="s">
-        <v>561</v>
-[...2 lines deleted...]
-    <row r="454" spans="1:111">
+        <v>581</v>
+      </c>
+    </row>
+    <row r="454" spans="1:113">
       <c r="E454" s="2"/>
+      <c r="J454" t="s">
+        <v>3</v>
+      </c>
       <c r="L454" t="s">
         <v>3</v>
       </c>
+      <c r="O454" t="s">
+        <v>3</v>
+      </c>
       <c r="DB454" t="s">
-        <v>562</v>
-[...2 lines deleted...]
-    <row r="455" spans="1:111">
+        <v>582</v>
+      </c>
+    </row>
+    <row r="455" spans="1:113">
       <c r="E455" s="2"/>
+      <c r="J455" t="s">
+        <v>3</v>
+      </c>
       <c r="L455" t="s">
         <v>3</v>
       </c>
+      <c r="O455" t="s">
+        <v>3</v>
+      </c>
       <c r="DB455" t="s">
-        <v>563</v>
-[...2 lines deleted...]
-    <row r="456" spans="1:111">
+        <v>583</v>
+      </c>
+    </row>
+    <row r="456" spans="1:113">
       <c r="E456" s="2"/>
+      <c r="J456" t="s">
+        <v>3</v>
+      </c>
       <c r="L456" t="s">
         <v>3</v>
       </c>
+      <c r="O456" t="s">
+        <v>3</v>
+      </c>
       <c r="DB456" t="s">
-        <v>564</v>
-[...2 lines deleted...]
-    <row r="457" spans="1:111">
+        <v>584</v>
+      </c>
+    </row>
+    <row r="457" spans="1:113">
       <c r="E457" s="2"/>
+      <c r="J457" t="s">
+        <v>3</v>
+      </c>
       <c r="L457" t="s">
         <v>3</v>
       </c>
+      <c r="O457" t="s">
+        <v>3</v>
+      </c>
       <c r="DB457" t="s">
-        <v>565</v>
-[...2 lines deleted...]
-    <row r="458" spans="1:111">
+        <v>585</v>
+      </c>
+    </row>
+    <row r="458" spans="1:113">
       <c r="E458" s="2"/>
+      <c r="J458" t="s">
+        <v>3</v>
+      </c>
       <c r="L458" t="s">
         <v>3</v>
       </c>
+      <c r="O458" t="s">
+        <v>3</v>
+      </c>
       <c r="DB458" t="s">
-        <v>566</v>
-[...2 lines deleted...]
-    <row r="459" spans="1:111">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="459" spans="1:113">
       <c r="E459" s="2"/>
+      <c r="J459" t="s">
+        <v>3</v>
+      </c>
       <c r="L459" t="s">
         <v>3</v>
       </c>
+      <c r="O459" t="s">
+        <v>3</v>
+      </c>
       <c r="DB459" t="s">
-        <v>567</v>
-[...2 lines deleted...]
-    <row r="460" spans="1:111">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="460" spans="1:113">
       <c r="E460" s="2"/>
+      <c r="J460" t="s">
+        <v>3</v>
+      </c>
       <c r="L460" t="s">
         <v>3</v>
       </c>
+      <c r="O460" t="s">
+        <v>3</v>
+      </c>
       <c r="DB460" t="s">
-        <v>568</v>
-[...2 lines deleted...]
-    <row r="461" spans="1:111">
+        <v>588</v>
+      </c>
+    </row>
+    <row r="461" spans="1:113">
       <c r="E461" s="2"/>
+      <c r="J461" t="s">
+        <v>3</v>
+      </c>
       <c r="L461" t="s">
         <v>3</v>
       </c>
+      <c r="O461" t="s">
+        <v>3</v>
+      </c>
       <c r="DB461" t="s">
-        <v>569</v>
-[...2 lines deleted...]
-    <row r="462" spans="1:111">
+        <v>589</v>
+      </c>
+    </row>
+    <row r="462" spans="1:113">
       <c r="E462" s="2"/>
+      <c r="J462" t="s">
+        <v>3</v>
+      </c>
       <c r="L462" t="s">
         <v>3</v>
       </c>
+      <c r="O462" t="s">
+        <v>3</v>
+      </c>
       <c r="DB462" t="s">
-        <v>570</v>
-[...2 lines deleted...]
-    <row r="463" spans="1:111">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="463" spans="1:113">
       <c r="E463" s="2"/>
+      <c r="J463" t="s">
+        <v>3</v>
+      </c>
       <c r="L463" t="s">
         <v>3</v>
       </c>
+      <c r="O463" t="s">
+        <v>3</v>
+      </c>
       <c r="DB463" t="s">
-        <v>571</v>
-[...2 lines deleted...]
-    <row r="464" spans="1:111">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="464" spans="1:113">
       <c r="E464" s="2"/>
+      <c r="J464" t="s">
+        <v>3</v>
+      </c>
       <c r="L464" t="s">
         <v>3</v>
       </c>
+      <c r="O464" t="s">
+        <v>3</v>
+      </c>
       <c r="DB464" t="s">
-        <v>572</v>
-[...2 lines deleted...]
-    <row r="465" spans="1:111">
+        <v>592</v>
+      </c>
+    </row>
+    <row r="465" spans="1:113">
       <c r="E465" s="2"/>
+      <c r="J465" t="s">
+        <v>3</v>
+      </c>
       <c r="L465" t="s">
         <v>3</v>
       </c>
+      <c r="O465" t="s">
+        <v>3</v>
+      </c>
       <c r="DB465" t="s">
-        <v>573</v>
-[...2 lines deleted...]
-    <row r="466" spans="1:111">
+        <v>593</v>
+      </c>
+    </row>
+    <row r="466" spans="1:113">
       <c r="E466" s="2"/>
+      <c r="J466" t="s">
+        <v>3</v>
+      </c>
       <c r="L466" t="s">
         <v>3</v>
       </c>
+      <c r="O466" t="s">
+        <v>3</v>
+      </c>
       <c r="DB466" t="s">
-        <v>574</v>
-[...2 lines deleted...]
-    <row r="467" spans="1:111">
+        <v>594</v>
+      </c>
+    </row>
+    <row r="467" spans="1:113">
       <c r="E467" s="2"/>
+      <c r="J467" t="s">
+        <v>3</v>
+      </c>
       <c r="L467" t="s">
         <v>3</v>
       </c>
+      <c r="O467" t="s">
+        <v>3</v>
+      </c>
       <c r="DB467" t="s">
-        <v>575</v>
-[...2 lines deleted...]
-    <row r="468" spans="1:111">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="468" spans="1:113">
       <c r="E468" s="2"/>
+      <c r="J468" t="s">
+        <v>3</v>
+      </c>
       <c r="L468" t="s">
         <v>3</v>
       </c>
+      <c r="O468" t="s">
+        <v>3</v>
+      </c>
       <c r="DB468" t="s">
-        <v>576</v>
-[...2 lines deleted...]
-    <row r="469" spans="1:111">
+        <v>596</v>
+      </c>
+    </row>
+    <row r="469" spans="1:113">
       <c r="E469" s="2"/>
+      <c r="J469" t="s">
+        <v>3</v>
+      </c>
       <c r="L469" t="s">
         <v>3</v>
       </c>
+      <c r="O469" t="s">
+        <v>3</v>
+      </c>
       <c r="DB469" t="s">
-        <v>577</v>
-[...2 lines deleted...]
-    <row r="470" spans="1:111">
+        <v>597</v>
+      </c>
+    </row>
+    <row r="470" spans="1:113">
       <c r="E470" s="2"/>
+      <c r="J470" t="s">
+        <v>3</v>
+      </c>
       <c r="L470" t="s">
         <v>3</v>
       </c>
+      <c r="O470" t="s">
+        <v>3</v>
+      </c>
       <c r="DB470" t="s">
-        <v>578</v>
-[...2 lines deleted...]
-    <row r="471" spans="1:111">
+        <v>598</v>
+      </c>
+    </row>
+    <row r="471" spans="1:113">
       <c r="E471" s="2"/>
+      <c r="J471" t="s">
+        <v>3</v>
+      </c>
       <c r="L471" t="s">
         <v>3</v>
       </c>
+      <c r="O471" t="s">
+        <v>3</v>
+      </c>
       <c r="DB471" t="s">
-        <v>579</v>
-[...2 lines deleted...]
-    <row r="472" spans="1:111">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="472" spans="1:113">
       <c r="E472" s="2"/>
+      <c r="J472" t="s">
+        <v>3</v>
+      </c>
       <c r="L472" t="s">
         <v>3</v>
       </c>
+      <c r="O472" t="s">
+        <v>3</v>
+      </c>
       <c r="DB472" t="s">
-        <v>580</v>
-[...2 lines deleted...]
-    <row r="473" spans="1:111">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="473" spans="1:113">
       <c r="E473" s="2"/>
+      <c r="J473" t="s">
+        <v>3</v>
+      </c>
       <c r="L473" t="s">
         <v>3</v>
       </c>
+      <c r="O473" t="s">
+        <v>3</v>
+      </c>
       <c r="DB473" t="s">
-        <v>581</v>
-[...2 lines deleted...]
-    <row r="474" spans="1:111">
+        <v>601</v>
+      </c>
+    </row>
+    <row r="474" spans="1:113">
       <c r="E474" s="2"/>
+      <c r="J474" t="s">
+        <v>3</v>
+      </c>
       <c r="L474" t="s">
         <v>3</v>
       </c>
+      <c r="O474" t="s">
+        <v>3</v>
+      </c>
       <c r="DB474" t="s">
-        <v>582</v>
-[...2 lines deleted...]
-    <row r="475" spans="1:111">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="475" spans="1:113">
       <c r="E475" s="2"/>
+      <c r="J475" t="s">
+        <v>3</v>
+      </c>
       <c r="L475" t="s">
         <v>3</v>
       </c>
+      <c r="O475" t="s">
+        <v>3</v>
+      </c>
       <c r="DB475" t="s">
-        <v>583</v>
-[...2 lines deleted...]
-    <row r="476" spans="1:111">
+        <v>603</v>
+      </c>
+    </row>
+    <row r="476" spans="1:113">
       <c r="E476" s="2"/>
+      <c r="J476" t="s">
+        <v>3</v>
+      </c>
       <c r="L476" t="s">
         <v>3</v>
       </c>
+      <c r="O476" t="s">
+        <v>3</v>
+      </c>
       <c r="DB476" t="s">
-        <v>584</v>
-[...2 lines deleted...]
-    <row r="477" spans="1:111">
+        <v>604</v>
+      </c>
+    </row>
+    <row r="477" spans="1:113">
       <c r="E477" s="2"/>
+      <c r="J477" t="s">
+        <v>3</v>
+      </c>
       <c r="L477" t="s">
         <v>3</v>
       </c>
+      <c r="O477" t="s">
+        <v>3</v>
+      </c>
       <c r="DB477" t="s">
-        <v>585</v>
-[...2 lines deleted...]
-    <row r="478" spans="1:111">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="478" spans="1:113">
       <c r="E478" s="2"/>
+      <c r="J478" t="s">
+        <v>3</v>
+      </c>
       <c r="L478" t="s">
         <v>3</v>
       </c>
+      <c r="O478" t="s">
+        <v>3</v>
+      </c>
       <c r="DB478" t="s">
-        <v>586</v>
-[...2 lines deleted...]
-    <row r="479" spans="1:111">
+        <v>606</v>
+      </c>
+    </row>
+    <row r="479" spans="1:113">
       <c r="E479" s="2"/>
+      <c r="J479" t="s">
+        <v>3</v>
+      </c>
       <c r="L479" t="s">
         <v>3</v>
       </c>
+      <c r="O479" t="s">
+        <v>3</v>
+      </c>
       <c r="DB479" t="s">
-        <v>587</v>
-[...2 lines deleted...]
-    <row r="480" spans="1:111">
+        <v>607</v>
+      </c>
+    </row>
+    <row r="480" spans="1:113">
       <c r="E480" s="2"/>
+      <c r="J480" t="s">
+        <v>3</v>
+      </c>
       <c r="L480" t="s">
         <v>3</v>
       </c>
+      <c r="O480" t="s">
+        <v>3</v>
+      </c>
       <c r="DB480" t="s">
-        <v>588</v>
-[...2 lines deleted...]
-    <row r="481" spans="1:111">
+        <v>608</v>
+      </c>
+    </row>
+    <row r="481" spans="1:113">
       <c r="E481" s="2"/>
+      <c r="J481" t="s">
+        <v>3</v>
+      </c>
       <c r="L481" t="s">
         <v>3</v>
       </c>
+      <c r="O481" t="s">
+        <v>3</v>
+      </c>
       <c r="DB481" t="s">
-        <v>589</v>
-[...2 lines deleted...]
-    <row r="482" spans="1:111">
+        <v>609</v>
+      </c>
+    </row>
+    <row r="482" spans="1:113">
       <c r="E482" s="2"/>
+      <c r="J482" t="s">
+        <v>3</v>
+      </c>
       <c r="L482" t="s">
         <v>3</v>
       </c>
+      <c r="O482" t="s">
+        <v>3</v>
+      </c>
       <c r="DB482" t="s">
-        <v>590</v>
-[...2 lines deleted...]
-    <row r="483" spans="1:111">
+        <v>610</v>
+      </c>
+    </row>
+    <row r="483" spans="1:113">
       <c r="E483" s="2"/>
+      <c r="J483" t="s">
+        <v>3</v>
+      </c>
       <c r="L483" t="s">
         <v>3</v>
       </c>
+      <c r="O483" t="s">
+        <v>3</v>
+      </c>
       <c r="DB483" t="s">
-        <v>591</v>
-[...2 lines deleted...]
-    <row r="484" spans="1:111">
+        <v>611</v>
+      </c>
+    </row>
+    <row r="484" spans="1:113">
       <c r="E484" s="2"/>
+      <c r="J484" t="s">
+        <v>3</v>
+      </c>
       <c r="L484" t="s">
         <v>3</v>
       </c>
+      <c r="O484" t="s">
+        <v>3</v>
+      </c>
       <c r="DB484" t="s">
-        <v>592</v>
-[...2 lines deleted...]
-    <row r="485" spans="1:111">
+        <v>612</v>
+      </c>
+    </row>
+    <row r="485" spans="1:113">
       <c r="E485" s="2"/>
+      <c r="J485" t="s">
+        <v>3</v>
+      </c>
       <c r="L485" t="s">
         <v>3</v>
       </c>
+      <c r="O485" t="s">
+        <v>3</v>
+      </c>
       <c r="DB485" t="s">
-        <v>593</v>
-[...2 lines deleted...]
-    <row r="486" spans="1:111">
+        <v>613</v>
+      </c>
+    </row>
+    <row r="486" spans="1:113">
       <c r="E486" s="2"/>
+      <c r="J486" t="s">
+        <v>3</v>
+      </c>
       <c r="L486" t="s">
         <v>3</v>
       </c>
+      <c r="O486" t="s">
+        <v>3</v>
+      </c>
       <c r="DB486" t="s">
-        <v>594</v>
-[...2 lines deleted...]
-    <row r="487" spans="1:111">
+        <v>614</v>
+      </c>
+    </row>
+    <row r="487" spans="1:113">
       <c r="E487" s="2"/>
+      <c r="J487" t="s">
+        <v>3</v>
+      </c>
       <c r="L487" t="s">
         <v>3</v>
       </c>
+      <c r="O487" t="s">
+        <v>3</v>
+      </c>
       <c r="DB487" t="s">
-        <v>595</v>
-[...2 lines deleted...]
-    <row r="488" spans="1:111">
+        <v>615</v>
+      </c>
+    </row>
+    <row r="488" spans="1:113">
       <c r="E488" s="2"/>
+      <c r="J488" t="s">
+        <v>3</v>
+      </c>
       <c r="L488" t="s">
         <v>3</v>
       </c>
+      <c r="O488" t="s">
+        <v>3</v>
+      </c>
       <c r="DB488" t="s">
-        <v>596</v>
-[...2 lines deleted...]
-    <row r="489" spans="1:111">
+        <v>616</v>
+      </c>
+    </row>
+    <row r="489" spans="1:113">
       <c r="E489" s="2"/>
+      <c r="J489" t="s">
+        <v>3</v>
+      </c>
       <c r="L489" t="s">
         <v>3</v>
       </c>
+      <c r="O489" t="s">
+        <v>3</v>
+      </c>
       <c r="DB489" t="s">
-        <v>597</v>
-[...2 lines deleted...]
-    <row r="490" spans="1:111">
+        <v>617</v>
+      </c>
+    </row>
+    <row r="490" spans="1:113">
       <c r="E490" s="2"/>
+      <c r="J490" t="s">
+        <v>3</v>
+      </c>
       <c r="L490" t="s">
         <v>3</v>
       </c>
+      <c r="O490" t="s">
+        <v>3</v>
+      </c>
       <c r="DB490" t="s">
-        <v>598</v>
-[...2 lines deleted...]
-    <row r="491" spans="1:111">
+        <v>618</v>
+      </c>
+    </row>
+    <row r="491" spans="1:113">
       <c r="E491" s="2"/>
+      <c r="J491" t="s">
+        <v>3</v>
+      </c>
       <c r="L491" t="s">
         <v>3</v>
       </c>
+      <c r="O491" t="s">
+        <v>3</v>
+      </c>
       <c r="DB491" t="s">
-        <v>599</v>
-[...2 lines deleted...]
-    <row r="492" spans="1:111">
+        <v>619</v>
+      </c>
+    </row>
+    <row r="492" spans="1:113">
       <c r="E492" s="2"/>
+      <c r="J492" t="s">
+        <v>3</v>
+      </c>
       <c r="L492" t="s">
         <v>3</v>
       </c>
+      <c r="O492" t="s">
+        <v>3</v>
+      </c>
       <c r="DB492" t="s">
-        <v>600</v>
-[...2 lines deleted...]
-    <row r="493" spans="1:111">
+        <v>620</v>
+      </c>
+    </row>
+    <row r="493" spans="1:113">
       <c r="E493" s="2"/>
+      <c r="J493" t="s">
+        <v>3</v>
+      </c>
       <c r="L493" t="s">
         <v>3</v>
       </c>
+      <c r="O493" t="s">
+        <v>3</v>
+      </c>
       <c r="DB493" t="s">
-        <v>601</v>
-[...2 lines deleted...]
-    <row r="494" spans="1:111">
+        <v>621</v>
+      </c>
+    </row>
+    <row r="494" spans="1:113">
       <c r="E494" s="2"/>
+      <c r="J494" t="s">
+        <v>3</v>
+      </c>
       <c r="L494" t="s">
         <v>3</v>
       </c>
+      <c r="O494" t="s">
+        <v>3</v>
+      </c>
       <c r="DB494" t="s">
-        <v>602</v>
-[...2 lines deleted...]
-    <row r="495" spans="1:111">
+        <v>622</v>
+      </c>
+    </row>
+    <row r="495" spans="1:113">
       <c r="E495" s="2"/>
+      <c r="J495" t="s">
+        <v>3</v>
+      </c>
       <c r="L495" t="s">
         <v>3</v>
       </c>
+      <c r="O495" t="s">
+        <v>3</v>
+      </c>
       <c r="DB495" t="s">
-        <v>603</v>
-[...2 lines deleted...]
-    <row r="496" spans="1:111">
+        <v>623</v>
+      </c>
+    </row>
+    <row r="496" spans="1:113">
       <c r="E496" s="2"/>
+      <c r="J496" t="s">
+        <v>3</v>
+      </c>
       <c r="L496" t="s">
         <v>3</v>
       </c>
+      <c r="O496" t="s">
+        <v>3</v>
+      </c>
       <c r="DB496" t="s">
-        <v>604</v>
-[...2 lines deleted...]
-    <row r="497" spans="1:111">
+        <v>624</v>
+      </c>
+    </row>
+    <row r="497" spans="1:113">
       <c r="E497" s="2"/>
+      <c r="J497" t="s">
+        <v>3</v>
+      </c>
       <c r="L497" t="s">
         <v>3</v>
       </c>
+      <c r="O497" t="s">
+        <v>3</v>
+      </c>
       <c r="DB497" t="s">
-        <v>605</v>
-[...2 lines deleted...]
-    <row r="498" spans="1:111">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="498" spans="1:113">
       <c r="E498" s="2"/>
+      <c r="J498" t="s">
+        <v>3</v>
+      </c>
       <c r="L498" t="s">
         <v>3</v>
       </c>
+      <c r="O498" t="s">
+        <v>3</v>
+      </c>
       <c r="DB498" t="s">
-        <v>606</v>
-[...2 lines deleted...]
-    <row r="499" spans="1:111">
+        <v>626</v>
+      </c>
+    </row>
+    <row r="499" spans="1:113">
       <c r="E499" s="2"/>
+      <c r="J499" t="s">
+        <v>3</v>
+      </c>
       <c r="L499" t="s">
         <v>3</v>
       </c>
+      <c r="O499" t="s">
+        <v>3</v>
+      </c>
       <c r="DB499" t="s">
-        <v>607</v>
-[...2 lines deleted...]
-    <row r="500" spans="1:111">
+        <v>627</v>
+      </c>
+    </row>
+    <row r="500" spans="1:113">
       <c r="E500" s="2"/>
+      <c r="J500" t="s">
+        <v>3</v>
+      </c>
       <c r="L500" t="s">
         <v>3</v>
       </c>
+      <c r="O500" t="s">
+        <v>3</v>
+      </c>
       <c r="DB500" t="s">
-        <v>608</v>
-[...2 lines deleted...]
-    <row r="501" spans="1:111">
+        <v>628</v>
+      </c>
+    </row>
+    <row r="501" spans="1:113">
       <c r="E501" s="2"/>
+      <c r="J501" t="s">
+        <v>3</v>
+      </c>
       <c r="L501" t="s">
         <v>3</v>
       </c>
+      <c r="O501" t="s">
+        <v>3</v>
+      </c>
       <c r="DB501" t="s">
-        <v>609</v>
-[...2 lines deleted...]
-    <row r="502" spans="1:111">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="502" spans="1:113">
       <c r="E502" s="2"/>
+      <c r="J502" t="s">
+        <v>3</v>
+      </c>
       <c r="L502" t="s">
         <v>3</v>
       </c>
+      <c r="O502" t="s">
+        <v>3</v>
+      </c>
       <c r="DB502" t="s">
-        <v>610</v>
-[...2 lines deleted...]
-    <row r="503" spans="1:111">
+        <v>630</v>
+      </c>
+    </row>
+    <row r="503" spans="1:113">
       <c r="E503" s="2"/>
+      <c r="J503" t="s">
+        <v>3</v>
+      </c>
       <c r="L503" t="s">
         <v>3</v>
       </c>
+      <c r="O503" t="s">
+        <v>3</v>
+      </c>
       <c r="DB503" t="s">
-        <v>611</v>
-[...2 lines deleted...]
-    <row r="504" spans="1:111">
+        <v>631</v>
+      </c>
+    </row>
+    <row r="504" spans="1:113">
       <c r="E504" s="2"/>
+      <c r="J504" t="s">
+        <v>3</v>
+      </c>
       <c r="L504" t="s">
         <v>3</v>
       </c>
+      <c r="O504" t="s">
+        <v>3</v>
+      </c>
       <c r="DB504" t="s">
-        <v>612</v>
-[...2 lines deleted...]
-    <row r="505" spans="1:111">
+        <v>632</v>
+      </c>
+    </row>
+    <row r="505" spans="1:113">
       <c r="E505" s="2"/>
+      <c r="J505" t="s">
+        <v>3</v>
+      </c>
       <c r="L505" t="s">
         <v>3</v>
       </c>
+      <c r="O505" t="s">
+        <v>3</v>
+      </c>
       <c r="DB505" t="s">
-        <v>613</v>
-[...2 lines deleted...]
-    <row r="506" spans="1:111">
+        <v>633</v>
+      </c>
+    </row>
+    <row r="506" spans="1:113">
       <c r="E506" s="2"/>
+      <c r="J506" t="s">
+        <v>3</v>
+      </c>
       <c r="L506" t="s">
         <v>3</v>
       </c>
+      <c r="O506" t="s">
+        <v>3</v>
+      </c>
       <c r="DB506" t="s">
-        <v>614</v>
-[...2 lines deleted...]
-    <row r="507" spans="1:111">
+        <v>634</v>
+      </c>
+    </row>
+    <row r="507" spans="1:113">
       <c r="E507" s="2"/>
+      <c r="J507" t="s">
+        <v>3</v>
+      </c>
       <c r="L507" t="s">
         <v>3</v>
       </c>
+      <c r="O507" t="s">
+        <v>3</v>
+      </c>
       <c r="DB507" t="s">
-        <v>615</v>
-[...2 lines deleted...]
-    <row r="508" spans="1:111">
+        <v>635</v>
+      </c>
+    </row>
+    <row r="508" spans="1:113">
       <c r="E508" s="2"/>
+      <c r="J508" t="s">
+        <v>3</v>
+      </c>
       <c r="L508" t="s">
         <v>3</v>
       </c>
+      <c r="O508" t="s">
+        <v>3</v>
+      </c>
       <c r="DB508" t="s">
-        <v>616</v>
-[...2 lines deleted...]
-    <row r="509" spans="1:111">
+        <v>636</v>
+      </c>
+    </row>
+    <row r="509" spans="1:113">
       <c r="E509" s="2"/>
+      <c r="J509" t="s">
+        <v>3</v>
+      </c>
       <c r="L509" t="s">
         <v>3</v>
       </c>
+      <c r="O509" t="s">
+        <v>3</v>
+      </c>
       <c r="DB509" t="s">
-        <v>617</v>
-[...2 lines deleted...]
-    <row r="510" spans="1:111">
+        <v>637</v>
+      </c>
+    </row>
+    <row r="510" spans="1:113">
       <c r="E510" s="2"/>
+      <c r="J510" t="s">
+        <v>3</v>
+      </c>
       <c r="L510" t="s">
         <v>3</v>
       </c>
+      <c r="O510" t="s">
+        <v>3</v>
+      </c>
       <c r="DB510" t="s">
-        <v>618</v>
-[...2 lines deleted...]
-    <row r="511" spans="1:111">
+        <v>638</v>
+      </c>
+    </row>
+    <row r="511" spans="1:113">
       <c r="E511" s="2"/>
+      <c r="J511" t="s">
+        <v>3</v>
+      </c>
       <c r="L511" t="s">
         <v>3</v>
       </c>
+      <c r="O511" t="s">
+        <v>3</v>
+      </c>
       <c r="DB511" t="s">
-        <v>619</v>
-[...2 lines deleted...]
-    <row r="512" spans="1:111">
+        <v>639</v>
+      </c>
+    </row>
+    <row r="512" spans="1:113">
       <c r="E512" s="2"/>
+      <c r="J512" t="s">
+        <v>3</v>
+      </c>
       <c r="L512" t="s">
         <v>3</v>
       </c>
+      <c r="O512" t="s">
+        <v>3</v>
+      </c>
       <c r="DB512" t="s">
-        <v>620</v>
-[...2 lines deleted...]
-    <row r="513" spans="1:111">
+        <v>640</v>
+      </c>
+    </row>
+    <row r="513" spans="1:113">
       <c r="E513" s="2"/>
+      <c r="J513" t="s">
+        <v>3</v>
+      </c>
       <c r="L513" t="s">
         <v>3</v>
       </c>
+      <c r="O513" t="s">
+        <v>3</v>
+      </c>
       <c r="DB513" t="s">
-        <v>621</v>
-[...2 lines deleted...]
-    <row r="514" spans="1:111">
+        <v>641</v>
+      </c>
+    </row>
+    <row r="514" spans="1:113">
       <c r="E514" s="2"/>
+      <c r="J514" t="s">
+        <v>3</v>
+      </c>
       <c r="L514" t="s">
         <v>3</v>
       </c>
+      <c r="O514" t="s">
+        <v>3</v>
+      </c>
       <c r="DB514" t="s">
-        <v>622</v>
-[...2 lines deleted...]
-    <row r="515" spans="1:111">
+        <v>642</v>
+      </c>
+    </row>
+    <row r="515" spans="1:113">
       <c r="E515" s="2"/>
+      <c r="J515" t="s">
+        <v>3</v>
+      </c>
       <c r="L515" t="s">
         <v>3</v>
       </c>
+      <c r="O515" t="s">
+        <v>3</v>
+      </c>
       <c r="DB515" t="s">
-        <v>623</v>
-[...2 lines deleted...]
-    <row r="516" spans="1:111">
+        <v>643</v>
+      </c>
+    </row>
+    <row r="516" spans="1:113">
       <c r="E516" s="2"/>
+      <c r="J516" t="s">
+        <v>3</v>
+      </c>
       <c r="L516" t="s">
         <v>3</v>
       </c>
+      <c r="O516" t="s">
+        <v>3</v>
+      </c>
       <c r="DB516" t="s">
-        <v>624</v>
-[...2 lines deleted...]
-    <row r="517" spans="1:111">
+        <v>644</v>
+      </c>
+    </row>
+    <row r="517" spans="1:113">
       <c r="E517" s="2"/>
+      <c r="J517" t="s">
+        <v>3</v>
+      </c>
       <c r="L517" t="s">
         <v>3</v>
       </c>
+      <c r="O517" t="s">
+        <v>3</v>
+      </c>
       <c r="DB517" t="s">
-        <v>625</v>
-[...2 lines deleted...]
-    <row r="518" spans="1:111">
+        <v>645</v>
+      </c>
+    </row>
+    <row r="518" spans="1:113">
       <c r="E518" s="2"/>
+      <c r="J518" t="s">
+        <v>3</v>
+      </c>
       <c r="L518" t="s">
         <v>3</v>
       </c>
+      <c r="O518" t="s">
+        <v>3</v>
+      </c>
       <c r="DB518" t="s">
-        <v>626</v>
-[...2 lines deleted...]
-    <row r="519" spans="1:111">
+        <v>646</v>
+      </c>
+    </row>
+    <row r="519" spans="1:113">
       <c r="E519" s="2"/>
+      <c r="J519" t="s">
+        <v>3</v>
+      </c>
       <c r="L519" t="s">
         <v>3</v>
       </c>
+      <c r="O519" t="s">
+        <v>3</v>
+      </c>
       <c r="DB519" t="s">
-        <v>627</v>
-[...2 lines deleted...]
-    <row r="520" spans="1:111">
+        <v>647</v>
+      </c>
+    </row>
+    <row r="520" spans="1:113">
       <c r="E520" s="2"/>
+      <c r="J520" t="s">
+        <v>3</v>
+      </c>
       <c r="L520" t="s">
         <v>3</v>
       </c>
+      <c r="O520" t="s">
+        <v>3</v>
+      </c>
       <c r="DB520" t="s">
-        <v>628</v>
-[...2 lines deleted...]
-    <row r="521" spans="1:111">
+        <v>648</v>
+      </c>
+    </row>
+    <row r="521" spans="1:113">
       <c r="E521" s="2"/>
+      <c r="J521" t="s">
+        <v>3</v>
+      </c>
       <c r="L521" t="s">
         <v>3</v>
       </c>
+      <c r="O521" t="s">
+        <v>3</v>
+      </c>
       <c r="DB521" t="s">
-        <v>629</v>
-[...2 lines deleted...]
-    <row r="522" spans="1:111">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="522" spans="1:113">
       <c r="E522" s="2"/>
+      <c r="J522" t="s">
+        <v>3</v>
+      </c>
       <c r="L522" t="s">
         <v>3</v>
       </c>
+      <c r="O522" t="s">
+        <v>3</v>
+      </c>
       <c r="DB522" t="s">
-        <v>630</v>
-[...2 lines deleted...]
-    <row r="523" spans="1:111">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="523" spans="1:113">
       <c r="E523" s="2"/>
+      <c r="J523" t="s">
+        <v>3</v>
+      </c>
       <c r="L523" t="s">
         <v>3</v>
       </c>
+      <c r="O523" t="s">
+        <v>3</v>
+      </c>
       <c r="DB523" t="s">
-        <v>631</v>
-[...2 lines deleted...]
-    <row r="524" spans="1:111">
+        <v>651</v>
+      </c>
+    </row>
+    <row r="524" spans="1:113">
       <c r="E524" s="2"/>
+      <c r="J524" t="s">
+        <v>3</v>
+      </c>
       <c r="L524" t="s">
         <v>3</v>
       </c>
+      <c r="O524" t="s">
+        <v>3</v>
+      </c>
       <c r="DB524" t="s">
-        <v>632</v>
-[...2 lines deleted...]
-    <row r="525" spans="1:111">
+        <v>652</v>
+      </c>
+    </row>
+    <row r="525" spans="1:113">
       <c r="E525" s="2"/>
+      <c r="J525" t="s">
+        <v>3</v>
+      </c>
       <c r="L525" t="s">
         <v>3</v>
       </c>
+      <c r="O525" t="s">
+        <v>3</v>
+      </c>
       <c r="DB525" t="s">
-        <v>633</v>
-[...2 lines deleted...]
-    <row r="526" spans="1:111">
+        <v>653</v>
+      </c>
+    </row>
+    <row r="526" spans="1:113">
       <c r="E526" s="2"/>
+      <c r="J526" t="s">
+        <v>3</v>
+      </c>
       <c r="L526" t="s">
         <v>3</v>
       </c>
+      <c r="O526" t="s">
+        <v>3</v>
+      </c>
       <c r="DB526" t="s">
-        <v>634</v>
-[...2 lines deleted...]
-    <row r="527" spans="1:111">
+        <v>654</v>
+      </c>
+    </row>
+    <row r="527" spans="1:113">
       <c r="E527" s="2"/>
+      <c r="J527" t="s">
+        <v>3</v>
+      </c>
       <c r="L527" t="s">
         <v>3</v>
       </c>
+      <c r="O527" t="s">
+        <v>3</v>
+      </c>
       <c r="DB527" t="s">
-        <v>635</v>
-[...2 lines deleted...]
-    <row r="528" spans="1:111">
+        <v>655</v>
+      </c>
+    </row>
+    <row r="528" spans="1:113">
       <c r="E528" s="2"/>
+      <c r="J528" t="s">
+        <v>3</v>
+      </c>
       <c r="L528" t="s">
         <v>3</v>
       </c>
+      <c r="O528" t="s">
+        <v>3</v>
+      </c>
       <c r="DB528" t="s">
-        <v>636</v>
-[...2 lines deleted...]
-    <row r="529" spans="1:111">
+        <v>656</v>
+      </c>
+    </row>
+    <row r="529" spans="1:113">
       <c r="E529" s="2"/>
+      <c r="J529" t="s">
+        <v>3</v>
+      </c>
       <c r="L529" t="s">
         <v>3</v>
       </c>
+      <c r="O529" t="s">
+        <v>3</v>
+      </c>
       <c r="DB529" t="s">
-        <v>637</v>
-[...2 lines deleted...]
-    <row r="530" spans="1:111">
+        <v>657</v>
+      </c>
+    </row>
+    <row r="530" spans="1:113">
       <c r="E530" s="2"/>
+      <c r="J530" t="s">
+        <v>3</v>
+      </c>
       <c r="L530" t="s">
         <v>3</v>
       </c>
+      <c r="O530" t="s">
+        <v>3</v>
+      </c>
       <c r="DB530" t="s">
-        <v>638</v>
-[...2 lines deleted...]
-    <row r="531" spans="1:111">
+        <v>658</v>
+      </c>
+    </row>
+    <row r="531" spans="1:113">
       <c r="E531" s="2"/>
+      <c r="J531" t="s">
+        <v>3</v>
+      </c>
       <c r="L531" t="s">
         <v>3</v>
       </c>
+      <c r="O531" t="s">
+        <v>3</v>
+      </c>
       <c r="DB531" t="s">
-        <v>639</v>
-[...2 lines deleted...]
-    <row r="532" spans="1:111">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="532" spans="1:113">
       <c r="E532" s="2"/>
+      <c r="J532" t="s">
+        <v>3</v>
+      </c>
       <c r="L532" t="s">
         <v>3</v>
       </c>
+      <c r="O532" t="s">
+        <v>3</v>
+      </c>
       <c r="DB532" t="s">
-        <v>640</v>
-[...2 lines deleted...]
-    <row r="533" spans="1:111">
+        <v>660</v>
+      </c>
+    </row>
+    <row r="533" spans="1:113">
       <c r="E533" s="2"/>
+      <c r="J533" t="s">
+        <v>3</v>
+      </c>
       <c r="L533" t="s">
         <v>3</v>
       </c>
+      <c r="O533" t="s">
+        <v>3</v>
+      </c>
       <c r="DB533" t="s">
-        <v>641</v>
-[...2 lines deleted...]
-    <row r="534" spans="1:111">
+        <v>661</v>
+      </c>
+    </row>
+    <row r="534" spans="1:113">
       <c r="E534" s="2"/>
+      <c r="J534" t="s">
+        <v>3</v>
+      </c>
       <c r="L534" t="s">
         <v>3</v>
       </c>
+      <c r="O534" t="s">
+        <v>3</v>
+      </c>
       <c r="DB534" t="s">
-        <v>642</v>
-[...2 lines deleted...]
-    <row r="535" spans="1:111">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="535" spans="1:113">
       <c r="E535" s="2"/>
+      <c r="J535" t="s">
+        <v>3</v>
+      </c>
       <c r="L535" t="s">
         <v>3</v>
       </c>
+      <c r="O535" t="s">
+        <v>3</v>
+      </c>
       <c r="DB535" t="s">
-        <v>643</v>
-[...2 lines deleted...]
-    <row r="536" spans="1:111">
+        <v>663</v>
+      </c>
+    </row>
+    <row r="536" spans="1:113">
       <c r="E536" s="2"/>
+      <c r="J536" t="s">
+        <v>3</v>
+      </c>
       <c r="L536" t="s">
         <v>3</v>
       </c>
+      <c r="O536" t="s">
+        <v>3</v>
+      </c>
       <c r="DB536" t="s">
-        <v>644</v>
-[...2 lines deleted...]
-    <row r="537" spans="1:111">
+        <v>664</v>
+      </c>
+    </row>
+    <row r="537" spans="1:113">
       <c r="E537" s="2"/>
+      <c r="J537" t="s">
+        <v>3</v>
+      </c>
       <c r="L537" t="s">
         <v>3</v>
       </c>
+      <c r="O537" t="s">
+        <v>3</v>
+      </c>
       <c r="DB537" t="s">
-        <v>645</v>
-[...2 lines deleted...]
-    <row r="538" spans="1:111">
+        <v>665</v>
+      </c>
+    </row>
+    <row r="538" spans="1:113">
       <c r="E538" s="2"/>
+      <c r="J538" t="s">
+        <v>3</v>
+      </c>
       <c r="L538" t="s">
         <v>3</v>
       </c>
+      <c r="O538" t="s">
+        <v>3</v>
+      </c>
       <c r="DB538" t="s">
-        <v>646</v>
-[...2 lines deleted...]
-    <row r="539" spans="1:111">
+        <v>666</v>
+      </c>
+    </row>
+    <row r="539" spans="1:113">
       <c r="E539" s="2"/>
+      <c r="J539" t="s">
+        <v>3</v>
+      </c>
       <c r="L539" t="s">
         <v>3</v>
       </c>
+      <c r="O539" t="s">
+        <v>3</v>
+      </c>
       <c r="DB539" t="s">
-        <v>647</v>
-[...2 lines deleted...]
-    <row r="540" spans="1:111">
+        <v>667</v>
+      </c>
+    </row>
+    <row r="540" spans="1:113">
       <c r="E540" s="2"/>
+      <c r="J540" t="s">
+        <v>3</v>
+      </c>
       <c r="L540" t="s">
         <v>3</v>
       </c>
+      <c r="O540" t="s">
+        <v>3</v>
+      </c>
       <c r="DB540" t="s">
-        <v>648</v>
-[...2 lines deleted...]
-    <row r="541" spans="1:111">
+        <v>668</v>
+      </c>
+    </row>
+    <row r="541" spans="1:113">
       <c r="E541" s="2"/>
+      <c r="J541" t="s">
+        <v>3</v>
+      </c>
       <c r="L541" t="s">
         <v>3</v>
       </c>
+      <c r="O541" t="s">
+        <v>3</v>
+      </c>
       <c r="DB541" t="s">
-        <v>649</v>
-[...2 lines deleted...]
-    <row r="542" spans="1:111">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="542" spans="1:113">
       <c r="E542" s="2"/>
+      <c r="J542" t="s">
+        <v>3</v>
+      </c>
       <c r="L542" t="s">
         <v>3</v>
       </c>
+      <c r="O542" t="s">
+        <v>3</v>
+      </c>
       <c r="DB542" t="s">
-        <v>650</v>
-[...2 lines deleted...]
-    <row r="543" spans="1:111">
+        <v>670</v>
+      </c>
+    </row>
+    <row r="543" spans="1:113">
       <c r="E543" s="2"/>
+      <c r="J543" t="s">
+        <v>3</v>
+      </c>
       <c r="L543" t="s">
         <v>3</v>
       </c>
+      <c r="O543" t="s">
+        <v>3</v>
+      </c>
       <c r="DB543" t="s">
-        <v>651</v>
-[...2 lines deleted...]
-    <row r="544" spans="1:111">
+        <v>671</v>
+      </c>
+    </row>
+    <row r="544" spans="1:113">
       <c r="E544" s="2"/>
+      <c r="J544" t="s">
+        <v>3</v>
+      </c>
       <c r="L544" t="s">
         <v>3</v>
       </c>
+      <c r="O544" t="s">
+        <v>3</v>
+      </c>
       <c r="DB544" t="s">
-        <v>652</v>
-[...2 lines deleted...]
-    <row r="545" spans="1:111">
+        <v>672</v>
+      </c>
+    </row>
+    <row r="545" spans="1:113">
       <c r="E545" s="2"/>
+      <c r="J545" t="s">
+        <v>3</v>
+      </c>
       <c r="L545" t="s">
         <v>3</v>
       </c>
+      <c r="O545" t="s">
+        <v>3</v>
+      </c>
       <c r="DB545" t="s">
-        <v>653</v>
-[...2 lines deleted...]
-    <row r="546" spans="1:111">
+        <v>673</v>
+      </c>
+    </row>
+    <row r="546" spans="1:113">
       <c r="E546" s="2"/>
+      <c r="J546" t="s">
+        <v>3</v>
+      </c>
       <c r="L546" t="s">
         <v>3</v>
       </c>
+      <c r="O546" t="s">
+        <v>3</v>
+      </c>
       <c r="DB546" t="s">
-        <v>654</v>
-[...2 lines deleted...]
-    <row r="547" spans="1:111">
+        <v>674</v>
+      </c>
+    </row>
+    <row r="547" spans="1:113">
       <c r="E547" s="2"/>
+      <c r="J547" t="s">
+        <v>3</v>
+      </c>
       <c r="L547" t="s">
         <v>3</v>
       </c>
+      <c r="O547" t="s">
+        <v>3</v>
+      </c>
       <c r="DB547" t="s">
-        <v>655</v>
-[...2 lines deleted...]
-    <row r="548" spans="1:111">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="548" spans="1:113">
       <c r="E548" s="2"/>
+      <c r="J548" t="s">
+        <v>3</v>
+      </c>
       <c r="L548" t="s">
         <v>3</v>
       </c>
+      <c r="O548" t="s">
+        <v>3</v>
+      </c>
       <c r="DB548" t="s">
-        <v>656</v>
-[...2 lines deleted...]
-    <row r="549" spans="1:111">
+        <v>676</v>
+      </c>
+    </row>
+    <row r="549" spans="1:113">
       <c r="E549" s="2"/>
+      <c r="J549" t="s">
+        <v>3</v>
+      </c>
       <c r="L549" t="s">
         <v>3</v>
       </c>
+      <c r="O549" t="s">
+        <v>3</v>
+      </c>
       <c r="DB549" t="s">
-        <v>657</v>
-[...2 lines deleted...]
-    <row r="550" spans="1:111">
+        <v>677</v>
+      </c>
+    </row>
+    <row r="550" spans="1:113">
       <c r="E550" s="2"/>
+      <c r="J550" t="s">
+        <v>3</v>
+      </c>
       <c r="L550" t="s">
         <v>3</v>
       </c>
+      <c r="O550" t="s">
+        <v>3</v>
+      </c>
       <c r="DB550" t="s">
-        <v>658</v>
-[...2 lines deleted...]
-    <row r="551" spans="1:111">
+        <v>678</v>
+      </c>
+    </row>
+    <row r="551" spans="1:113">
       <c r="E551" s="2"/>
+      <c r="J551" t="s">
+        <v>3</v>
+      </c>
       <c r="L551" t="s">
         <v>3</v>
       </c>
+      <c r="O551" t="s">
+        <v>3</v>
+      </c>
       <c r="DB551" t="s">
-        <v>659</v>
-[...2 lines deleted...]
-    <row r="552" spans="1:111">
+        <v>679</v>
+      </c>
+    </row>
+    <row r="552" spans="1:113">
       <c r="E552" s="2"/>
+      <c r="J552" t="s">
+        <v>3</v>
+      </c>
       <c r="L552" t="s">
         <v>3</v>
       </c>
+      <c r="O552" t="s">
+        <v>3</v>
+      </c>
       <c r="DB552" t="s">
-        <v>660</v>
-[...2 lines deleted...]
-    <row r="553" spans="1:111">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="553" spans="1:113">
       <c r="E553" s="2"/>
+      <c r="J553" t="s">
+        <v>3</v>
+      </c>
       <c r="L553" t="s">
         <v>3</v>
       </c>
+      <c r="O553" t="s">
+        <v>3</v>
+      </c>
       <c r="DB553" t="s">
-        <v>661</v>
-[...2 lines deleted...]
-    <row r="554" spans="1:111">
+        <v>681</v>
+      </c>
+    </row>
+    <row r="554" spans="1:113">
       <c r="E554" s="2"/>
+      <c r="J554" t="s">
+        <v>3</v>
+      </c>
       <c r="L554" t="s">
         <v>3</v>
       </c>
+      <c r="O554" t="s">
+        <v>3</v>
+      </c>
       <c r="DB554" t="s">
-        <v>662</v>
-[...2 lines deleted...]
-    <row r="555" spans="1:111">
+        <v>682</v>
+      </c>
+    </row>
+    <row r="555" spans="1:113">
       <c r="E555" s="2"/>
+      <c r="J555" t="s">
+        <v>3</v>
+      </c>
       <c r="L555" t="s">
         <v>3</v>
       </c>
+      <c r="O555" t="s">
+        <v>3</v>
+      </c>
       <c r="DB555" t="s">
-        <v>663</v>
-[...2 lines deleted...]
-    <row r="556" spans="1:111">
+        <v>683</v>
+      </c>
+    </row>
+    <row r="556" spans="1:113">
       <c r="E556" s="2"/>
+      <c r="J556" t="s">
+        <v>3</v>
+      </c>
       <c r="L556" t="s">
         <v>3</v>
       </c>
+      <c r="O556" t="s">
+        <v>3</v>
+      </c>
       <c r="DB556" t="s">
-        <v>664</v>
-[...2 lines deleted...]
-    <row r="557" spans="1:111">
+        <v>684</v>
+      </c>
+    </row>
+    <row r="557" spans="1:113">
       <c r="E557" s="2"/>
+      <c r="J557" t="s">
+        <v>3</v>
+      </c>
       <c r="L557" t="s">
         <v>3</v>
       </c>
+      <c r="O557" t="s">
+        <v>3</v>
+      </c>
       <c r="DB557" t="s">
-        <v>665</v>
-[...2 lines deleted...]
-    <row r="558" spans="1:111">
+        <v>685</v>
+      </c>
+    </row>
+    <row r="558" spans="1:113">
       <c r="E558" s="2"/>
+      <c r="J558" t="s">
+        <v>3</v>
+      </c>
       <c r="L558" t="s">
         <v>3</v>
       </c>
+      <c r="O558" t="s">
+        <v>3</v>
+      </c>
       <c r="DB558" t="s">
-        <v>666</v>
-[...2 lines deleted...]
-    <row r="559" spans="1:111">
+        <v>686</v>
+      </c>
+    </row>
+    <row r="559" spans="1:113">
       <c r="E559" s="2"/>
+      <c r="J559" t="s">
+        <v>3</v>
+      </c>
       <c r="L559" t="s">
         <v>3</v>
       </c>
+      <c r="O559" t="s">
+        <v>3</v>
+      </c>
       <c r="DB559" t="s">
-        <v>667</v>
-[...2 lines deleted...]
-    <row r="560" spans="1:111">
+        <v>687</v>
+      </c>
+    </row>
+    <row r="560" spans="1:113">
       <c r="E560" s="2"/>
+      <c r="J560" t="s">
+        <v>3</v>
+      </c>
       <c r="L560" t="s">
         <v>3</v>
       </c>
+      <c r="O560" t="s">
+        <v>3</v>
+      </c>
       <c r="DB560" t="s">
-        <v>668</v>
-[...2 lines deleted...]
-    <row r="561" spans="1:111">
+        <v>688</v>
+      </c>
+    </row>
+    <row r="561" spans="1:113">
       <c r="E561" s="2"/>
+      <c r="J561" t="s">
+        <v>3</v>
+      </c>
       <c r="L561" t="s">
         <v>3</v>
       </c>
+      <c r="O561" t="s">
+        <v>3</v>
+      </c>
       <c r="DB561" t="s">
-        <v>669</v>
-[...2 lines deleted...]
-    <row r="562" spans="1:111">
+        <v>689</v>
+      </c>
+    </row>
+    <row r="562" spans="1:113">
       <c r="E562" s="2"/>
+      <c r="J562" t="s">
+        <v>3</v>
+      </c>
       <c r="L562" t="s">
         <v>3</v>
       </c>
+      <c r="O562" t="s">
+        <v>3</v>
+      </c>
       <c r="DB562" t="s">
-        <v>670</v>
-[...2 lines deleted...]
-    <row r="563" spans="1:111">
+        <v>690</v>
+      </c>
+    </row>
+    <row r="563" spans="1:113">
       <c r="E563" s="2"/>
+      <c r="J563" t="s">
+        <v>3</v>
+      </c>
       <c r="L563" t="s">
         <v>3</v>
       </c>
+      <c r="O563" t="s">
+        <v>3</v>
+      </c>
       <c r="DB563" t="s">
-        <v>671</v>
-[...2 lines deleted...]
-    <row r="564" spans="1:111">
+        <v>691</v>
+      </c>
+    </row>
+    <row r="564" spans="1:113">
       <c r="E564" s="2"/>
+      <c r="J564" t="s">
+        <v>3</v>
+      </c>
       <c r="L564" t="s">
         <v>3</v>
       </c>
+      <c r="O564" t="s">
+        <v>3</v>
+      </c>
       <c r="DB564" t="s">
-        <v>672</v>
-[...2 lines deleted...]
-    <row r="565" spans="1:111">
+        <v>692</v>
+      </c>
+    </row>
+    <row r="565" spans="1:113">
       <c r="E565" s="2"/>
+      <c r="J565" t="s">
+        <v>3</v>
+      </c>
       <c r="L565" t="s">
         <v>3</v>
       </c>
+      <c r="O565" t="s">
+        <v>3</v>
+      </c>
       <c r="DB565" t="s">
-        <v>673</v>
-[...2 lines deleted...]
-    <row r="566" spans="1:111">
+        <v>693</v>
+      </c>
+    </row>
+    <row r="566" spans="1:113">
       <c r="E566" s="2"/>
+      <c r="J566" t="s">
+        <v>3</v>
+      </c>
       <c r="L566" t="s">
         <v>3</v>
       </c>
+      <c r="O566" t="s">
+        <v>3</v>
+      </c>
       <c r="DB566" t="s">
-        <v>674</v>
-[...2 lines deleted...]
-    <row r="567" spans="1:111">
+        <v>694</v>
+      </c>
+    </row>
+    <row r="567" spans="1:113">
       <c r="E567" s="2"/>
+      <c r="J567" t="s">
+        <v>3</v>
+      </c>
       <c r="L567" t="s">
         <v>3</v>
       </c>
+      <c r="O567" t="s">
+        <v>3</v>
+      </c>
       <c r="DB567" t="s">
-        <v>675</v>
-[...2 lines deleted...]
-    <row r="568" spans="1:111">
+        <v>695</v>
+      </c>
+    </row>
+    <row r="568" spans="1:113">
       <c r="E568" s="2"/>
+      <c r="J568" t="s">
+        <v>3</v>
+      </c>
       <c r="L568" t="s">
         <v>3</v>
       </c>
+      <c r="O568" t="s">
+        <v>3</v>
+      </c>
       <c r="DB568" t="s">
-        <v>676</v>
-[...2 lines deleted...]
-    <row r="569" spans="1:111">
+        <v>696</v>
+      </c>
+    </row>
+    <row r="569" spans="1:113">
       <c r="E569" s="2"/>
+      <c r="J569" t="s">
+        <v>3</v>
+      </c>
       <c r="L569" t="s">
         <v>3</v>
       </c>
+      <c r="O569" t="s">
+        <v>3</v>
+      </c>
       <c r="DB569" t="s">
-        <v>677</v>
-[...2 lines deleted...]
-    <row r="570" spans="1:111">
+        <v>697</v>
+      </c>
+    </row>
+    <row r="570" spans="1:113">
       <c r="E570" s="2"/>
+      <c r="J570" t="s">
+        <v>3</v>
+      </c>
       <c r="L570" t="s">
         <v>3</v>
       </c>
+      <c r="O570" t="s">
+        <v>3</v>
+      </c>
       <c r="DB570" t="s">
-        <v>678</v>
-[...2 lines deleted...]
-    <row r="571" spans="1:111">
+        <v>698</v>
+      </c>
+    </row>
+    <row r="571" spans="1:113">
       <c r="E571" s="2"/>
+      <c r="J571" t="s">
+        <v>3</v>
+      </c>
       <c r="L571" t="s">
         <v>3</v>
       </c>
+      <c r="O571" t="s">
+        <v>3</v>
+      </c>
       <c r="DB571" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="572" spans="1:111">
+        <v>699</v>
+      </c>
+    </row>
+    <row r="572" spans="1:113">
       <c r="E572" s="2"/>
+      <c r="J572" t="s">
+        <v>3</v>
+      </c>
       <c r="L572" t="s">
         <v>3</v>
       </c>
+      <c r="O572" t="s">
+        <v>3</v>
+      </c>
       <c r="DB572" t="s">
-        <v>680</v>
-[...2 lines deleted...]
-    <row r="573" spans="1:111">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="573" spans="1:113">
       <c r="E573" s="2"/>
+      <c r="J573" t="s">
+        <v>3</v>
+      </c>
       <c r="L573" t="s">
         <v>3</v>
       </c>
+      <c r="O573" t="s">
+        <v>3</v>
+      </c>
       <c r="DB573" t="s">
-        <v>681</v>
-[...2 lines deleted...]
-    <row r="574" spans="1:111">
+        <v>701</v>
+      </c>
+    </row>
+    <row r="574" spans="1:113">
       <c r="E574" s="2"/>
+      <c r="J574" t="s">
+        <v>3</v>
+      </c>
       <c r="L574" t="s">
         <v>3</v>
       </c>
+      <c r="O574" t="s">
+        <v>3</v>
+      </c>
       <c r="DB574" t="s">
-        <v>682</v>
-[...2 lines deleted...]
-    <row r="575" spans="1:111">
+        <v>702</v>
+      </c>
+    </row>
+    <row r="575" spans="1:113">
       <c r="E575" s="2"/>
+      <c r="J575" t="s">
+        <v>3</v>
+      </c>
       <c r="L575" t="s">
         <v>3</v>
       </c>
+      <c r="O575" t="s">
+        <v>3</v>
+      </c>
       <c r="DB575" t="s">
-        <v>683</v>
-[...2 lines deleted...]
-    <row r="576" spans="1:111">
+        <v>703</v>
+      </c>
+    </row>
+    <row r="576" spans="1:113">
       <c r="E576" s="2"/>
+      <c r="J576" t="s">
+        <v>3</v>
+      </c>
       <c r="L576" t="s">
         <v>3</v>
       </c>
+      <c r="O576" t="s">
+        <v>3</v>
+      </c>
       <c r="DB576" t="s">
-        <v>684</v>
-[...2 lines deleted...]
-    <row r="577" spans="1:111">
+        <v>704</v>
+      </c>
+    </row>
+    <row r="577" spans="1:113">
       <c r="E577" s="2"/>
+      <c r="J577" t="s">
+        <v>3</v>
+      </c>
       <c r="L577" t="s">
         <v>3</v>
       </c>
+      <c r="O577" t="s">
+        <v>3</v>
+      </c>
       <c r="DB577" t="s">
-        <v>685</v>
-[...2 lines deleted...]
-    <row r="578" spans="1:111">
+        <v>705</v>
+      </c>
+    </row>
+    <row r="578" spans="1:113">
       <c r="E578" s="2"/>
+      <c r="J578" t="s">
+        <v>3</v>
+      </c>
       <c r="L578" t="s">
         <v>3</v>
       </c>
+      <c r="O578" t="s">
+        <v>3</v>
+      </c>
       <c r="DB578" t="s">
-        <v>686</v>
-[...2 lines deleted...]
-    <row r="579" spans="1:111">
+        <v>706</v>
+      </c>
+    </row>
+    <row r="579" spans="1:113">
       <c r="E579" s="2"/>
+      <c r="J579" t="s">
+        <v>3</v>
+      </c>
       <c r="L579" t="s">
         <v>3</v>
       </c>
+      <c r="O579" t="s">
+        <v>3</v>
+      </c>
       <c r="DB579" t="s">
-        <v>687</v>
-[...2 lines deleted...]
-    <row r="580" spans="1:111">
+        <v>707</v>
+      </c>
+    </row>
+    <row r="580" spans="1:113">
       <c r="E580" s="2"/>
+      <c r="J580" t="s">
+        <v>3</v>
+      </c>
       <c r="L580" t="s">
         <v>3</v>
       </c>
+      <c r="O580" t="s">
+        <v>3</v>
+      </c>
       <c r="DB580" t="s">
-        <v>688</v>
-[...2 lines deleted...]
-    <row r="581" spans="1:111">
+        <v>708</v>
+      </c>
+    </row>
+    <row r="581" spans="1:113">
       <c r="E581" s="2"/>
+      <c r="J581" t="s">
+        <v>3</v>
+      </c>
       <c r="L581" t="s">
         <v>3</v>
       </c>
+      <c r="O581" t="s">
+        <v>3</v>
+      </c>
       <c r="DB581" t="s">
-        <v>689</v>
-[...2 lines deleted...]
-    <row r="582" spans="1:111">
+        <v>709</v>
+      </c>
+    </row>
+    <row r="582" spans="1:113">
       <c r="E582" s="2"/>
+      <c r="J582" t="s">
+        <v>3</v>
+      </c>
       <c r="L582" t="s">
         <v>3</v>
       </c>
+      <c r="O582" t="s">
+        <v>3</v>
+      </c>
       <c r="DB582" t="s">
-        <v>690</v>
-[...2 lines deleted...]
-    <row r="583" spans="1:111">
+        <v>710</v>
+      </c>
+    </row>
+    <row r="583" spans="1:113">
       <c r="E583" s="2"/>
+      <c r="J583" t="s">
+        <v>3</v>
+      </c>
       <c r="L583" t="s">
         <v>3</v>
       </c>
+      <c r="O583" t="s">
+        <v>3</v>
+      </c>
       <c r="DB583" t="s">
-        <v>691</v>
-[...2 lines deleted...]
-    <row r="584" spans="1:111">
+        <v>711</v>
+      </c>
+    </row>
+    <row r="584" spans="1:113">
       <c r="E584" s="2"/>
+      <c r="J584" t="s">
+        <v>3</v>
+      </c>
       <c r="L584" t="s">
         <v>3</v>
       </c>
+      <c r="O584" t="s">
+        <v>3</v>
+      </c>
       <c r="DB584" t="s">
-        <v>692</v>
-[...2 lines deleted...]
-    <row r="585" spans="1:111">
+        <v>712</v>
+      </c>
+    </row>
+    <row r="585" spans="1:113">
       <c r="E585" s="2"/>
+      <c r="J585" t="s">
+        <v>3</v>
+      </c>
       <c r="L585" t="s">
         <v>3</v>
       </c>
+      <c r="O585" t="s">
+        <v>3</v>
+      </c>
       <c r="DB585" t="s">
-        <v>693</v>
-[...2 lines deleted...]
-    <row r="586" spans="1:111">
+        <v>713</v>
+      </c>
+    </row>
+    <row r="586" spans="1:113">
       <c r="E586" s="2"/>
+      <c r="J586" t="s">
+        <v>3</v>
+      </c>
       <c r="L586" t="s">
         <v>3</v>
       </c>
+      <c r="O586" t="s">
+        <v>3</v>
+      </c>
       <c r="DB586" t="s">
-        <v>694</v>
-[...2 lines deleted...]
-    <row r="587" spans="1:111">
+        <v>714</v>
+      </c>
+    </row>
+    <row r="587" spans="1:113">
       <c r="E587" s="2"/>
+      <c r="J587" t="s">
+        <v>3</v>
+      </c>
       <c r="L587" t="s">
         <v>3</v>
       </c>
+      <c r="O587" t="s">
+        <v>3</v>
+      </c>
       <c r="DB587" t="s">
-        <v>695</v>
-[...2 lines deleted...]
-    <row r="588" spans="1:111">
+        <v>715</v>
+      </c>
+    </row>
+    <row r="588" spans="1:113">
       <c r="E588" s="2"/>
+      <c r="J588" t="s">
+        <v>3</v>
+      </c>
       <c r="L588" t="s">
         <v>3</v>
       </c>
+      <c r="O588" t="s">
+        <v>3</v>
+      </c>
       <c r="DB588" t="s">
-        <v>696</v>
-[...2 lines deleted...]
-    <row r="589" spans="1:111">
+        <v>716</v>
+      </c>
+    </row>
+    <row r="589" spans="1:113">
       <c r="E589" s="2"/>
+      <c r="J589" t="s">
+        <v>3</v>
+      </c>
       <c r="L589" t="s">
         <v>3</v>
       </c>
+      <c r="O589" t="s">
+        <v>3</v>
+      </c>
       <c r="DB589" t="s">
-        <v>697</v>
-[...2 lines deleted...]
-    <row r="590" spans="1:111">
+        <v>717</v>
+      </c>
+    </row>
+    <row r="590" spans="1:113">
       <c r="E590" s="2"/>
+      <c r="J590" t="s">
+        <v>3</v>
+      </c>
       <c r="L590" t="s">
         <v>3</v>
       </c>
+      <c r="O590" t="s">
+        <v>3</v>
+      </c>
       <c r="DB590" t="s">
-        <v>698</v>
-[...2 lines deleted...]
-    <row r="591" spans="1:111">
+        <v>718</v>
+      </c>
+    </row>
+    <row r="591" spans="1:113">
       <c r="E591" s="2"/>
+      <c r="J591" t="s">
+        <v>3</v>
+      </c>
       <c r="L591" t="s">
         <v>3</v>
       </c>
+      <c r="O591" t="s">
+        <v>3</v>
+      </c>
       <c r="DB591" t="s">
-        <v>699</v>
-[...2 lines deleted...]
-    <row r="592" spans="1:111">
+        <v>719</v>
+      </c>
+    </row>
+    <row r="592" spans="1:113">
       <c r="E592" s="2"/>
+      <c r="J592" t="s">
+        <v>3</v>
+      </c>
       <c r="L592" t="s">
         <v>3</v>
       </c>
+      <c r="O592" t="s">
+        <v>3</v>
+      </c>
       <c r="DB592" t="s">
-        <v>700</v>
-[...2 lines deleted...]
-    <row r="593" spans="1:111">
+        <v>720</v>
+      </c>
+    </row>
+    <row r="593" spans="1:113">
       <c r="E593" s="2"/>
+      <c r="J593" t="s">
+        <v>3</v>
+      </c>
       <c r="L593" t="s">
         <v>3</v>
       </c>
+      <c r="O593" t="s">
+        <v>3</v>
+      </c>
       <c r="DB593" t="s">
-        <v>701</v>
-[...2 lines deleted...]
-    <row r="594" spans="1:111">
+        <v>721</v>
+      </c>
+    </row>
+    <row r="594" spans="1:113">
       <c r="E594" s="2"/>
+      <c r="J594" t="s">
+        <v>3</v>
+      </c>
       <c r="L594" t="s">
         <v>3</v>
       </c>
+      <c r="O594" t="s">
+        <v>3</v>
+      </c>
       <c r="DB594" t="s">
-        <v>702</v>
-[...2 lines deleted...]
-    <row r="595" spans="1:111">
+        <v>722</v>
+      </c>
+    </row>
+    <row r="595" spans="1:113">
       <c r="E595" s="2"/>
+      <c r="J595" t="s">
+        <v>3</v>
+      </c>
       <c r="L595" t="s">
         <v>3</v>
       </c>
+      <c r="O595" t="s">
+        <v>3</v>
+      </c>
       <c r="DB595" t="s">
-        <v>703</v>
-[...2 lines deleted...]
-    <row r="596" spans="1:111">
+        <v>723</v>
+      </c>
+    </row>
+    <row r="596" spans="1:113">
       <c r="E596" s="2"/>
+      <c r="J596" t="s">
+        <v>3</v>
+      </c>
       <c r="L596" t="s">
         <v>3</v>
       </c>
+      <c r="O596" t="s">
+        <v>3</v>
+      </c>
       <c r="DB596" t="s">
-        <v>704</v>
-[...2 lines deleted...]
-    <row r="597" spans="1:111">
+        <v>724</v>
+      </c>
+    </row>
+    <row r="597" spans="1:113">
       <c r="E597" s="2"/>
+      <c r="J597" t="s">
+        <v>3</v>
+      </c>
       <c r="L597" t="s">
         <v>3</v>
       </c>
+      <c r="O597" t="s">
+        <v>3</v>
+      </c>
       <c r="DB597" t="s">
-        <v>705</v>
-[...2 lines deleted...]
-    <row r="598" spans="1:111">
+        <v>725</v>
+      </c>
+    </row>
+    <row r="598" spans="1:113">
       <c r="E598" s="2"/>
+      <c r="J598" t="s">
+        <v>3</v>
+      </c>
       <c r="L598" t="s">
         <v>3</v>
       </c>
+      <c r="O598" t="s">
+        <v>3</v>
+      </c>
       <c r="DB598" t="s">
-        <v>706</v>
-[...2 lines deleted...]
-    <row r="599" spans="1:111">
+        <v>726</v>
+      </c>
+    </row>
+    <row r="599" spans="1:113">
       <c r="E599" s="2"/>
+      <c r="J599" t="s">
+        <v>3</v>
+      </c>
       <c r="L599" t="s">
         <v>3</v>
       </c>
+      <c r="O599" t="s">
+        <v>3</v>
+      </c>
       <c r="DB599" t="s">
-        <v>707</v>
-[...2 lines deleted...]
-    <row r="600" spans="1:111">
+        <v>727</v>
+      </c>
+    </row>
+    <row r="600" spans="1:113">
       <c r="E600" s="2"/>
+      <c r="J600" t="s">
+        <v>3</v>
+      </c>
       <c r="L600" t="s">
         <v>3</v>
       </c>
+      <c r="O600" t="s">
+        <v>3</v>
+      </c>
       <c r="DB600" t="s">
-        <v>708</v>
-[...2 lines deleted...]
-    <row r="601" spans="1:111">
+        <v>728</v>
+      </c>
+    </row>
+    <row r="601" spans="1:113">
       <c r="E601" s="2"/>
+      <c r="J601" t="s">
+        <v>3</v>
+      </c>
       <c r="L601" t="s">
         <v>3</v>
       </c>
+      <c r="O601" t="s">
+        <v>3</v>
+      </c>
       <c r="DB601" t="s">
-        <v>709</v>
-[...2 lines deleted...]
-    <row r="602" spans="1:111">
+        <v>729</v>
+      </c>
+    </row>
+    <row r="602" spans="1:113">
       <c r="E602" s="2"/>
+      <c r="J602" t="s">
+        <v>3</v>
+      </c>
       <c r="L602" t="s">
         <v>3</v>
       </c>
+      <c r="O602" t="s">
+        <v>3</v>
+      </c>
       <c r="DB602" t="s">
-        <v>710</v>
-[...2 lines deleted...]
-    <row r="603" spans="1:111">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="603" spans="1:113">
       <c r="E603" s="2"/>
+      <c r="J603" t="s">
+        <v>3</v>
+      </c>
       <c r="L603" t="s">
         <v>3</v>
       </c>
+      <c r="O603" t="s">
+        <v>3</v>
+      </c>
       <c r="DB603" t="s">
-        <v>711</v>
-[...2 lines deleted...]
-    <row r="604" spans="1:111">
+        <v>731</v>
+      </c>
+    </row>
+    <row r="604" spans="1:113">
       <c r="E604" s="2"/>
+      <c r="J604" t="s">
+        <v>3</v>
+      </c>
       <c r="L604" t="s">
         <v>3</v>
       </c>
+      <c r="O604" t="s">
+        <v>3</v>
+      </c>
       <c r="DB604" t="s">
-        <v>712</v>
-[...2 lines deleted...]
-    <row r="605" spans="1:111">
+        <v>732</v>
+      </c>
+    </row>
+    <row r="605" spans="1:113">
       <c r="E605" s="2"/>
+      <c r="J605" t="s">
+        <v>3</v>
+      </c>
       <c r="L605" t="s">
         <v>3</v>
       </c>
+      <c r="O605" t="s">
+        <v>3</v>
+      </c>
       <c r="DB605" t="s">
-        <v>713</v>
-[...2 lines deleted...]
-    <row r="606" spans="1:111">
+        <v>733</v>
+      </c>
+    </row>
+    <row r="606" spans="1:113">
       <c r="E606" s="2"/>
+      <c r="J606" t="s">
+        <v>3</v>
+      </c>
       <c r="L606" t="s">
         <v>3</v>
       </c>
+      <c r="O606" t="s">
+        <v>3</v>
+      </c>
       <c r="DB606" t="s">
-        <v>714</v>
-[...2 lines deleted...]
-    <row r="607" spans="1:111">
+        <v>734</v>
+      </c>
+    </row>
+    <row r="607" spans="1:113">
       <c r="E607" s="2"/>
+      <c r="J607" t="s">
+        <v>3</v>
+      </c>
       <c r="L607" t="s">
         <v>3</v>
       </c>
+      <c r="O607" t="s">
+        <v>3</v>
+      </c>
       <c r="DB607" t="s">
-        <v>715</v>
-[...2 lines deleted...]
-    <row r="608" spans="1:111">
+        <v>735</v>
+      </c>
+    </row>
+    <row r="608" spans="1:113">
       <c r="E608" s="2"/>
+      <c r="J608" t="s">
+        <v>3</v>
+      </c>
       <c r="L608" t="s">
         <v>3</v>
       </c>
+      <c r="O608" t="s">
+        <v>3</v>
+      </c>
       <c r="DB608" t="s">
-        <v>716</v>
-[...2 lines deleted...]
-    <row r="609" spans="1:111">
+        <v>736</v>
+      </c>
+    </row>
+    <row r="609" spans="1:113">
       <c r="E609" s="2"/>
+      <c r="J609" t="s">
+        <v>3</v>
+      </c>
       <c r="L609" t="s">
         <v>3</v>
       </c>
+      <c r="O609" t="s">
+        <v>3</v>
+      </c>
       <c r="DB609" t="s">
-        <v>717</v>
-[...2 lines deleted...]
-    <row r="610" spans="1:111">
+        <v>737</v>
+      </c>
+    </row>
+    <row r="610" spans="1:113">
       <c r="E610" s="2"/>
+      <c r="J610" t="s">
+        <v>3</v>
+      </c>
       <c r="L610" t="s">
         <v>3</v>
       </c>
+      <c r="O610" t="s">
+        <v>3</v>
+      </c>
       <c r="DB610" t="s">
-        <v>718</v>
-[...2 lines deleted...]
-    <row r="611" spans="1:111">
+        <v>738</v>
+      </c>
+    </row>
+    <row r="611" spans="1:113">
       <c r="E611" s="2"/>
+      <c r="J611" t="s">
+        <v>3</v>
+      </c>
       <c r="L611" t="s">
         <v>3</v>
       </c>
+      <c r="O611" t="s">
+        <v>3</v>
+      </c>
       <c r="DB611" t="s">
-        <v>719</v>
-[...2 lines deleted...]
-    <row r="612" spans="1:111">
+        <v>739</v>
+      </c>
+    </row>
+    <row r="612" spans="1:113">
       <c r="E612" s="2"/>
+      <c r="J612" t="s">
+        <v>3</v>
+      </c>
       <c r="L612" t="s">
         <v>3</v>
       </c>
+      <c r="O612" t="s">
+        <v>3</v>
+      </c>
       <c r="DB612" t="s">
-        <v>720</v>
-[...2 lines deleted...]
-    <row r="613" spans="1:111">
+        <v>740</v>
+      </c>
+    </row>
+    <row r="613" spans="1:113">
       <c r="E613" s="2"/>
+      <c r="J613" t="s">
+        <v>3</v>
+      </c>
       <c r="L613" t="s">
         <v>3</v>
       </c>
+      <c r="O613" t="s">
+        <v>3</v>
+      </c>
       <c r="DB613" t="s">
-        <v>721</v>
-[...2 lines deleted...]
-    <row r="614" spans="1:111">
+        <v>741</v>
+      </c>
+    </row>
+    <row r="614" spans="1:113">
       <c r="E614" s="2"/>
+      <c r="J614" t="s">
+        <v>3</v>
+      </c>
       <c r="L614" t="s">
         <v>3</v>
       </c>
+      <c r="O614" t="s">
+        <v>3</v>
+      </c>
       <c r="DB614" t="s">
-        <v>722</v>
-[...2 lines deleted...]
-    <row r="615" spans="1:111">
+        <v>742</v>
+      </c>
+    </row>
+    <row r="615" spans="1:113">
       <c r="E615" s="2"/>
+      <c r="J615" t="s">
+        <v>3</v>
+      </c>
       <c r="L615" t="s">
         <v>3</v>
       </c>
+      <c r="O615" t="s">
+        <v>3</v>
+      </c>
       <c r="DB615" t="s">
-        <v>723</v>
-[...2 lines deleted...]
-    <row r="616" spans="1:111">
+        <v>743</v>
+      </c>
+    </row>
+    <row r="616" spans="1:113">
       <c r="E616" s="2"/>
+      <c r="J616" t="s">
+        <v>3</v>
+      </c>
       <c r="L616" t="s">
         <v>3</v>
       </c>
+      <c r="O616" t="s">
+        <v>3</v>
+      </c>
       <c r="DB616" t="s">
-        <v>724</v>
-[...2 lines deleted...]
-    <row r="617" spans="1:111">
+        <v>744</v>
+      </c>
+    </row>
+    <row r="617" spans="1:113">
       <c r="E617" s="2"/>
+      <c r="J617" t="s">
+        <v>3</v>
+      </c>
       <c r="L617" t="s">
         <v>3</v>
       </c>
+      <c r="O617" t="s">
+        <v>3</v>
+      </c>
       <c r="DB617" t="s">
-        <v>725</v>
-[...2 lines deleted...]
-    <row r="618" spans="1:111">
+        <v>745</v>
+      </c>
+    </row>
+    <row r="618" spans="1:113">
       <c r="E618" s="2"/>
+      <c r="J618" t="s">
+        <v>3</v>
+      </c>
       <c r="L618" t="s">
         <v>3</v>
       </c>
+      <c r="O618" t="s">
+        <v>3</v>
+      </c>
       <c r="DB618" t="s">
-        <v>726</v>
-[...2 lines deleted...]
-    <row r="619" spans="1:111">
+        <v>746</v>
+      </c>
+    </row>
+    <row r="619" spans="1:113">
       <c r="E619" s="2"/>
+      <c r="J619" t="s">
+        <v>3</v>
+      </c>
       <c r="L619" t="s">
         <v>3</v>
       </c>
+      <c r="O619" t="s">
+        <v>3</v>
+      </c>
       <c r="DB619" t="s">
-        <v>727</v>
-[...2 lines deleted...]
-    <row r="620" spans="1:111">
+        <v>747</v>
+      </c>
+    </row>
+    <row r="620" spans="1:113">
       <c r="E620" s="2"/>
+      <c r="J620" t="s">
+        <v>3</v>
+      </c>
       <c r="L620" t="s">
         <v>3</v>
       </c>
+      <c r="O620" t="s">
+        <v>3</v>
+      </c>
       <c r="DB620" t="s">
-        <v>728</v>
-[...2 lines deleted...]
-    <row r="621" spans="1:111">
+        <v>748</v>
+      </c>
+    </row>
+    <row r="621" spans="1:113">
       <c r="E621" s="2"/>
+      <c r="J621" t="s">
+        <v>3</v>
+      </c>
       <c r="L621" t="s">
         <v>3</v>
       </c>
+      <c r="O621" t="s">
+        <v>3</v>
+      </c>
       <c r="DB621" t="s">
-        <v>729</v>
-[...2 lines deleted...]
-    <row r="622" spans="1:111">
+        <v>749</v>
+      </c>
+    </row>
+    <row r="622" spans="1:113">
       <c r="E622" s="2"/>
+      <c r="J622" t="s">
+        <v>3</v>
+      </c>
       <c r="L622" t="s">
         <v>3</v>
       </c>
+      <c r="O622" t="s">
+        <v>3</v>
+      </c>
       <c r="DB622" t="s">
-        <v>730</v>
-[...2 lines deleted...]
-    <row r="623" spans="1:111">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="623" spans="1:113">
       <c r="E623" s="2"/>
+      <c r="J623" t="s">
+        <v>3</v>
+      </c>
       <c r="L623" t="s">
         <v>3</v>
       </c>
+      <c r="O623" t="s">
+        <v>3</v>
+      </c>
       <c r="DB623" t="s">
-        <v>731</v>
-[...2 lines deleted...]
-    <row r="624" spans="1:111">
+        <v>751</v>
+      </c>
+    </row>
+    <row r="624" spans="1:113">
       <c r="E624" s="2"/>
+      <c r="J624" t="s">
+        <v>3</v>
+      </c>
       <c r="L624" t="s">
         <v>3</v>
       </c>
+      <c r="O624" t="s">
+        <v>3</v>
+      </c>
       <c r="DB624" t="s">
-        <v>732</v>
-[...2 lines deleted...]
-    <row r="625" spans="1:111">
+        <v>752</v>
+      </c>
+    </row>
+    <row r="625" spans="1:113">
       <c r="E625" s="2"/>
+      <c r="J625" t="s">
+        <v>3</v>
+      </c>
       <c r="L625" t="s">
         <v>3</v>
       </c>
+      <c r="O625" t="s">
+        <v>3</v>
+      </c>
       <c r="DB625" t="s">
-        <v>733</v>
-[...2 lines deleted...]
-    <row r="626" spans="1:111">
+        <v>753</v>
+      </c>
+    </row>
+    <row r="626" spans="1:113">
       <c r="E626" s="2"/>
+      <c r="J626" t="s">
+        <v>3</v>
+      </c>
       <c r="L626" t="s">
         <v>3</v>
       </c>
+      <c r="O626" t="s">
+        <v>3</v>
+      </c>
       <c r="DB626" t="s">
-        <v>734</v>
-[...2 lines deleted...]
-    <row r="627" spans="1:111">
+        <v>754</v>
+      </c>
+    </row>
+    <row r="627" spans="1:113">
       <c r="E627" s="2"/>
+      <c r="J627" t="s">
+        <v>3</v>
+      </c>
       <c r="L627" t="s">
         <v>3</v>
       </c>
+      <c r="O627" t="s">
+        <v>3</v>
+      </c>
       <c r="DB627" t="s">
-        <v>735</v>
-[...2 lines deleted...]
-    <row r="628" spans="1:111">
+        <v>755</v>
+      </c>
+    </row>
+    <row r="628" spans="1:113">
       <c r="E628" s="2"/>
+      <c r="J628" t="s">
+        <v>3</v>
+      </c>
       <c r="L628" t="s">
         <v>3</v>
       </c>
+      <c r="O628" t="s">
+        <v>3</v>
+      </c>
       <c r="DB628" t="s">
-        <v>736</v>
-[...2 lines deleted...]
-    <row r="629" spans="1:111">
+        <v>756</v>
+      </c>
+    </row>
+    <row r="629" spans="1:113">
       <c r="E629" s="2"/>
+      <c r="J629" t="s">
+        <v>3</v>
+      </c>
       <c r="L629" t="s">
         <v>3</v>
       </c>
+      <c r="O629" t="s">
+        <v>3</v>
+      </c>
       <c r="DB629" t="s">
-        <v>737</v>
-[...2 lines deleted...]
-    <row r="630" spans="1:111">
+        <v>757</v>
+      </c>
+    </row>
+    <row r="630" spans="1:113">
       <c r="E630" s="2"/>
+      <c r="J630" t="s">
+        <v>3</v>
+      </c>
       <c r="L630" t="s">
         <v>3</v>
       </c>
+      <c r="O630" t="s">
+        <v>3</v>
+      </c>
       <c r="DB630" t="s">
-        <v>738</v>
-[...2 lines deleted...]
-    <row r="631" spans="1:111">
+        <v>758</v>
+      </c>
+    </row>
+    <row r="631" spans="1:113">
       <c r="E631" s="2"/>
+      <c r="J631" t="s">
+        <v>3</v>
+      </c>
       <c r="L631" t="s">
         <v>3</v>
       </c>
+      <c r="O631" t="s">
+        <v>3</v>
+      </c>
       <c r="DB631" t="s">
-        <v>739</v>
-[...2 lines deleted...]
-    <row r="632" spans="1:111">
+        <v>759</v>
+      </c>
+    </row>
+    <row r="632" spans="1:113">
       <c r="E632" s="2"/>
+      <c r="J632" t="s">
+        <v>3</v>
+      </c>
       <c r="L632" t="s">
         <v>3</v>
       </c>
+      <c r="O632" t="s">
+        <v>3</v>
+      </c>
       <c r="DB632" t="s">
-        <v>740</v>
-[...2 lines deleted...]
-    <row r="633" spans="1:111">
+        <v>760</v>
+      </c>
+    </row>
+    <row r="633" spans="1:113">
       <c r="E633" s="2"/>
+      <c r="J633" t="s">
+        <v>3</v>
+      </c>
       <c r="L633" t="s">
         <v>3</v>
       </c>
+      <c r="O633" t="s">
+        <v>3</v>
+      </c>
       <c r="DB633" t="s">
-        <v>741</v>
-[...2 lines deleted...]
-    <row r="634" spans="1:111">
+        <v>761</v>
+      </c>
+    </row>
+    <row r="634" spans="1:113">
       <c r="E634" s="2"/>
+      <c r="J634" t="s">
+        <v>3</v>
+      </c>
       <c r="L634" t="s">
         <v>3</v>
       </c>
+      <c r="O634" t="s">
+        <v>3</v>
+      </c>
       <c r="DB634" t="s">
-        <v>742</v>
-[...2 lines deleted...]
-    <row r="635" spans="1:111">
+        <v>762</v>
+      </c>
+    </row>
+    <row r="635" spans="1:113">
       <c r="E635" s="2"/>
+      <c r="J635" t="s">
+        <v>3</v>
+      </c>
       <c r="L635" t="s">
         <v>3</v>
       </c>
+      <c r="O635" t="s">
+        <v>3</v>
+      </c>
       <c r="DB635" t="s">
-        <v>743</v>
-[...2 lines deleted...]
-    <row r="636" spans="1:111">
+        <v>763</v>
+      </c>
+    </row>
+    <row r="636" spans="1:113">
       <c r="E636" s="2"/>
+      <c r="J636" t="s">
+        <v>3</v>
+      </c>
       <c r="L636" t="s">
         <v>3</v>
       </c>
+      <c r="O636" t="s">
+        <v>3</v>
+      </c>
       <c r="DB636" t="s">
-        <v>744</v>
-[...2 lines deleted...]
-    <row r="637" spans="1:111">
+        <v>764</v>
+      </c>
+    </row>
+    <row r="637" spans="1:113">
       <c r="E637" s="2"/>
+      <c r="J637" t="s">
+        <v>3</v>
+      </c>
       <c r="L637" t="s">
         <v>3</v>
       </c>
+      <c r="O637" t="s">
+        <v>3</v>
+      </c>
       <c r="DB637" t="s">
-        <v>745</v>
-[...2 lines deleted...]
-    <row r="638" spans="1:111">
+        <v>765</v>
+      </c>
+    </row>
+    <row r="638" spans="1:113">
       <c r="E638" s="2"/>
+      <c r="J638" t="s">
+        <v>3</v>
+      </c>
       <c r="L638" t="s">
         <v>3</v>
       </c>
+      <c r="O638" t="s">
+        <v>3</v>
+      </c>
       <c r="DB638" t="s">
-        <v>746</v>
-[...2 lines deleted...]
-    <row r="639" spans="1:111">
+        <v>766</v>
+      </c>
+    </row>
+    <row r="639" spans="1:113">
       <c r="E639" s="2"/>
+      <c r="J639" t="s">
+        <v>3</v>
+      </c>
       <c r="L639" t="s">
         <v>3</v>
       </c>
+      <c r="O639" t="s">
+        <v>3</v>
+      </c>
       <c r="DB639" t="s">
-        <v>747</v>
-[...2 lines deleted...]
-    <row r="640" spans="1:111">
+        <v>767</v>
+      </c>
+    </row>
+    <row r="640" spans="1:113">
       <c r="E640" s="2"/>
+      <c r="J640" t="s">
+        <v>3</v>
+      </c>
       <c r="L640" t="s">
         <v>3</v>
       </c>
+      <c r="O640" t="s">
+        <v>3</v>
+      </c>
       <c r="DB640" t="s">
-        <v>748</v>
-[...2 lines deleted...]
-    <row r="641" spans="1:111">
+        <v>768</v>
+      </c>
+    </row>
+    <row r="641" spans="1:113">
       <c r="E641" s="2"/>
+      <c r="J641" t="s">
+        <v>3</v>
+      </c>
       <c r="L641" t="s">
         <v>3</v>
       </c>
+      <c r="O641" t="s">
+        <v>3</v>
+      </c>
       <c r="DB641" t="s">
-        <v>749</v>
-[...2 lines deleted...]
-    <row r="642" spans="1:111">
+        <v>769</v>
+      </c>
+    </row>
+    <row r="642" spans="1:113">
       <c r="E642" s="2"/>
+      <c r="J642" t="s">
+        <v>3</v>
+      </c>
       <c r="L642" t="s">
         <v>3</v>
       </c>
+      <c r="O642" t="s">
+        <v>3</v>
+      </c>
       <c r="DB642" t="s">
-        <v>750</v>
-[...2 lines deleted...]
-    <row r="643" spans="1:111">
+        <v>770</v>
+      </c>
+    </row>
+    <row r="643" spans="1:113">
       <c r="E643" s="2"/>
+      <c r="J643" t="s">
+        <v>3</v>
+      </c>
       <c r="L643" t="s">
         <v>3</v>
       </c>
+      <c r="O643" t="s">
+        <v>3</v>
+      </c>
       <c r="DB643" t="s">
-        <v>751</v>
-[...2 lines deleted...]
-    <row r="644" spans="1:111">
+        <v>771</v>
+      </c>
+    </row>
+    <row r="644" spans="1:113">
       <c r="E644" s="2"/>
+      <c r="J644" t="s">
+        <v>3</v>
+      </c>
       <c r="L644" t="s">
         <v>3</v>
       </c>
+      <c r="O644" t="s">
+        <v>3</v>
+      </c>
       <c r="DB644" t="s">
-        <v>752</v>
-[...2 lines deleted...]
-    <row r="645" spans="1:111">
+        <v>772</v>
+      </c>
+    </row>
+    <row r="645" spans="1:113">
       <c r="E645" s="2"/>
+      <c r="J645" t="s">
+        <v>3</v>
+      </c>
       <c r="L645" t="s">
         <v>3</v>
       </c>
+      <c r="O645" t="s">
+        <v>3</v>
+      </c>
       <c r="DB645" t="s">
-        <v>753</v>
-[...2 lines deleted...]
-    <row r="646" spans="1:111">
+        <v>773</v>
+      </c>
+    </row>
+    <row r="646" spans="1:113">
       <c r="E646" s="2"/>
+      <c r="J646" t="s">
+        <v>3</v>
+      </c>
       <c r="L646" t="s">
         <v>3</v>
       </c>
+      <c r="O646" t="s">
+        <v>3</v>
+      </c>
       <c r="DB646" t="s">
-        <v>754</v>
-[...2 lines deleted...]
-    <row r="647" spans="1:111">
+        <v>774</v>
+      </c>
+    </row>
+    <row r="647" spans="1:113">
       <c r="E647" s="2"/>
+      <c r="J647" t="s">
+        <v>3</v>
+      </c>
       <c r="L647" t="s">
         <v>3</v>
       </c>
+      <c r="O647" t="s">
+        <v>3</v>
+      </c>
       <c r="DB647" t="s">
-        <v>755</v>
-[...2 lines deleted...]
-    <row r="648" spans="1:111">
+        <v>775</v>
+      </c>
+    </row>
+    <row r="648" spans="1:113">
       <c r="E648" s="2"/>
+      <c r="J648" t="s">
+        <v>3</v>
+      </c>
       <c r="L648" t="s">
         <v>3</v>
       </c>
+      <c r="O648" t="s">
+        <v>3</v>
+      </c>
       <c r="DB648" t="s">
-        <v>756</v>
-[...2 lines deleted...]
-    <row r="649" spans="1:111">
+        <v>776</v>
+      </c>
+    </row>
+    <row r="649" spans="1:113">
       <c r="E649" s="2"/>
+      <c r="J649" t="s">
+        <v>3</v>
+      </c>
       <c r="L649" t="s">
         <v>3</v>
       </c>
+      <c r="O649" t="s">
+        <v>3</v>
+      </c>
       <c r="DB649" t="s">
-        <v>757</v>
-[...2 lines deleted...]
-    <row r="650" spans="1:111">
+        <v>777</v>
+      </c>
+    </row>
+    <row r="650" spans="1:113">
       <c r="E650" s="2"/>
+      <c r="J650" t="s">
+        <v>3</v>
+      </c>
       <c r="L650" t="s">
         <v>3</v>
       </c>
+      <c r="O650" t="s">
+        <v>3</v>
+      </c>
       <c r="DB650" t="s">
-        <v>758</v>
-[...2 lines deleted...]
-    <row r="651" spans="1:111">
+        <v>778</v>
+      </c>
+    </row>
+    <row r="651" spans="1:113">
       <c r="E651" s="2"/>
+      <c r="J651" t="s">
+        <v>3</v>
+      </c>
       <c r="L651" t="s">
         <v>3</v>
       </c>
+      <c r="O651" t="s">
+        <v>3</v>
+      </c>
       <c r="DB651" t="s">
-        <v>759</v>
-[...2 lines deleted...]
-    <row r="652" spans="1:111">
+        <v>779</v>
+      </c>
+    </row>
+    <row r="652" spans="1:113">
       <c r="E652" s="2"/>
+      <c r="J652" t="s">
+        <v>3</v>
+      </c>
       <c r="L652" t="s">
         <v>3</v>
       </c>
+      <c r="O652" t="s">
+        <v>3</v>
+      </c>
       <c r="DB652" t="s">
-        <v>760</v>
-[...2 lines deleted...]
-    <row r="653" spans="1:111">
+        <v>780</v>
+      </c>
+    </row>
+    <row r="653" spans="1:113">
       <c r="E653" s="2"/>
+      <c r="J653" t="s">
+        <v>3</v>
+      </c>
       <c r="L653" t="s">
         <v>3</v>
       </c>
+      <c r="O653" t="s">
+        <v>3</v>
+      </c>
       <c r="DB653" t="s">
-        <v>761</v>
-[...2 lines deleted...]
-    <row r="654" spans="1:111">
+        <v>781</v>
+      </c>
+    </row>
+    <row r="654" spans="1:113">
       <c r="E654" s="2"/>
+      <c r="J654" t="s">
+        <v>3</v>
+      </c>
       <c r="L654" t="s">
         <v>3</v>
       </c>
+      <c r="O654" t="s">
+        <v>3</v>
+      </c>
       <c r="DB654" t="s">
-        <v>762</v>
-[...2 lines deleted...]
-    <row r="655" spans="1:111">
+        <v>782</v>
+      </c>
+    </row>
+    <row r="655" spans="1:113">
       <c r="E655" s="2"/>
+      <c r="J655" t="s">
+        <v>3</v>
+      </c>
       <c r="L655" t="s">
         <v>3</v>
       </c>
+      <c r="O655" t="s">
+        <v>3</v>
+      </c>
       <c r="DB655" t="s">
-        <v>763</v>
-[...2 lines deleted...]
-    <row r="656" spans="1:111">
+        <v>783</v>
+      </c>
+    </row>
+    <row r="656" spans="1:113">
       <c r="E656" s="2"/>
+      <c r="J656" t="s">
+        <v>3</v>
+      </c>
       <c r="L656" t="s">
         <v>3</v>
       </c>
+      <c r="O656" t="s">
+        <v>3</v>
+      </c>
       <c r="DB656" t="s">
-        <v>764</v>
-[...2 lines deleted...]
-    <row r="657" spans="1:111">
+        <v>784</v>
+      </c>
+    </row>
+    <row r="657" spans="1:113">
       <c r="E657" s="2"/>
+      <c r="J657" t="s">
+        <v>3</v>
+      </c>
       <c r="L657" t="s">
         <v>3</v>
       </c>
+      <c r="O657" t="s">
+        <v>3</v>
+      </c>
       <c r="DB657" t="s">
-        <v>765</v>
-[...2 lines deleted...]
-    <row r="658" spans="1:111">
+        <v>785</v>
+      </c>
+    </row>
+    <row r="658" spans="1:113">
       <c r="E658" s="2"/>
+      <c r="J658" t="s">
+        <v>3</v>
+      </c>
       <c r="L658" t="s">
         <v>3</v>
       </c>
+      <c r="O658" t="s">
+        <v>3</v>
+      </c>
       <c r="DB658" t="s">
-        <v>766</v>
-[...2 lines deleted...]
-    <row r="659" spans="1:111">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="659" spans="1:113">
       <c r="E659" s="2"/>
+      <c r="J659" t="s">
+        <v>3</v>
+      </c>
       <c r="L659" t="s">
         <v>3</v>
       </c>
+      <c r="O659" t="s">
+        <v>3</v>
+      </c>
       <c r="DB659" t="s">
-        <v>767</v>
-[...2 lines deleted...]
-    <row r="660" spans="1:111">
+        <v>787</v>
+      </c>
+    </row>
+    <row r="660" spans="1:113">
       <c r="E660" s="2"/>
+      <c r="J660" t="s">
+        <v>3</v>
+      </c>
       <c r="L660" t="s">
         <v>3</v>
       </c>
+      <c r="O660" t="s">
+        <v>3</v>
+      </c>
       <c r="DB660" t="s">
-        <v>768</v>
-[...2 lines deleted...]
-    <row r="661" spans="1:111">
+        <v>788</v>
+      </c>
+    </row>
+    <row r="661" spans="1:113">
       <c r="E661" s="2"/>
+      <c r="J661" t="s">
+        <v>3</v>
+      </c>
       <c r="L661" t="s">
         <v>3</v>
       </c>
+      <c r="O661" t="s">
+        <v>3</v>
+      </c>
       <c r="DB661" t="s">
-        <v>769</v>
-[...2 lines deleted...]
-    <row r="662" spans="1:111">
+        <v>789</v>
+      </c>
+    </row>
+    <row r="662" spans="1:113">
       <c r="E662" s="2"/>
+      <c r="J662" t="s">
+        <v>3</v>
+      </c>
       <c r="L662" t="s">
         <v>3</v>
       </c>
+      <c r="O662" t="s">
+        <v>3</v>
+      </c>
       <c r="DB662" t="s">
-        <v>770</v>
-[...2 lines deleted...]
-    <row r="663" spans="1:111">
+        <v>790</v>
+      </c>
+    </row>
+    <row r="663" spans="1:113">
       <c r="E663" s="2"/>
+      <c r="J663" t="s">
+        <v>3</v>
+      </c>
       <c r="L663" t="s">
         <v>3</v>
       </c>
+      <c r="O663" t="s">
+        <v>3</v>
+      </c>
       <c r="DB663" t="s">
-        <v>771</v>
-[...2 lines deleted...]
-    <row r="664" spans="1:111">
+        <v>791</v>
+      </c>
+    </row>
+    <row r="664" spans="1:113">
       <c r="E664" s="2"/>
+      <c r="J664" t="s">
+        <v>3</v>
+      </c>
       <c r="L664" t="s">
         <v>3</v>
       </c>
+      <c r="O664" t="s">
+        <v>3</v>
+      </c>
       <c r="DB664" t="s">
-        <v>772</v>
-[...2 lines deleted...]
-    <row r="665" spans="1:111">
+        <v>792</v>
+      </c>
+    </row>
+    <row r="665" spans="1:113">
       <c r="E665" s="2"/>
+      <c r="J665" t="s">
+        <v>3</v>
+      </c>
       <c r="L665" t="s">
         <v>3</v>
       </c>
+      <c r="O665" t="s">
+        <v>3</v>
+      </c>
       <c r="DB665" t="s">
-        <v>773</v>
-[...2 lines deleted...]
-    <row r="666" spans="1:111">
+        <v>793</v>
+      </c>
+    </row>
+    <row r="666" spans="1:113">
       <c r="E666" s="2"/>
+      <c r="J666" t="s">
+        <v>3</v>
+      </c>
       <c r="L666" t="s">
         <v>3</v>
       </c>
+      <c r="O666" t="s">
+        <v>3</v>
+      </c>
       <c r="DB666" t="s">
-        <v>774</v>
-[...2 lines deleted...]
-    <row r="667" spans="1:111">
+        <v>794</v>
+      </c>
+    </row>
+    <row r="667" spans="1:113">
       <c r="E667" s="2"/>
+      <c r="J667" t="s">
+        <v>3</v>
+      </c>
       <c r="L667" t="s">
         <v>3</v>
       </c>
+      <c r="O667" t="s">
+        <v>3</v>
+      </c>
       <c r="DB667" t="s">
-        <v>775</v>
-[...2 lines deleted...]
-    <row r="668" spans="1:111">
+        <v>795</v>
+      </c>
+    </row>
+    <row r="668" spans="1:113">
       <c r="E668" s="2"/>
+      <c r="J668" t="s">
+        <v>3</v>
+      </c>
       <c r="L668" t="s">
         <v>3</v>
       </c>
+      <c r="O668" t="s">
+        <v>3</v>
+      </c>
       <c r="DB668" t="s">
-        <v>776</v>
-[...2 lines deleted...]
-    <row r="669" spans="1:111">
+        <v>796</v>
+      </c>
+    </row>
+    <row r="669" spans="1:113">
       <c r="E669" s="2"/>
+      <c r="J669" t="s">
+        <v>3</v>
+      </c>
       <c r="L669" t="s">
         <v>3</v>
       </c>
+      <c r="O669" t="s">
+        <v>3</v>
+      </c>
       <c r="DB669" t="s">
-        <v>777</v>
-[...2 lines deleted...]
-    <row r="670" spans="1:111">
+        <v>797</v>
+      </c>
+    </row>
+    <row r="670" spans="1:113">
       <c r="E670" s="2"/>
+      <c r="J670" t="s">
+        <v>3</v>
+      </c>
       <c r="L670" t="s">
         <v>3</v>
       </c>
+      <c r="O670" t="s">
+        <v>3</v>
+      </c>
       <c r="DB670" t="s">
-        <v>778</v>
-[...2 lines deleted...]
-    <row r="671" spans="1:111">
+        <v>798</v>
+      </c>
+    </row>
+    <row r="671" spans="1:113">
       <c r="E671" s="2"/>
+      <c r="J671" t="s">
+        <v>3</v>
+      </c>
       <c r="L671" t="s">
         <v>3</v>
       </c>
+      <c r="O671" t="s">
+        <v>3</v>
+      </c>
       <c r="DB671" t="s">
-        <v>779</v>
-[...2 lines deleted...]
-    <row r="672" spans="1:111">
+        <v>799</v>
+      </c>
+    </row>
+    <row r="672" spans="1:113">
       <c r="E672" s="2"/>
+      <c r="J672" t="s">
+        <v>3</v>
+      </c>
       <c r="L672" t="s">
         <v>3</v>
       </c>
+      <c r="O672" t="s">
+        <v>3</v>
+      </c>
       <c r="DB672" t="s">
-        <v>780</v>
-[...2 lines deleted...]
-    <row r="673" spans="1:111">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="673" spans="1:113">
       <c r="E673" s="2"/>
+      <c r="J673" t="s">
+        <v>3</v>
+      </c>
       <c r="L673" t="s">
         <v>3</v>
       </c>
+      <c r="O673" t="s">
+        <v>3</v>
+      </c>
       <c r="DB673" t="s">
-        <v>781</v>
-[...2 lines deleted...]
-    <row r="674" spans="1:111">
+        <v>801</v>
+      </c>
+    </row>
+    <row r="674" spans="1:113">
       <c r="E674" s="2"/>
+      <c r="J674" t="s">
+        <v>3</v>
+      </c>
       <c r="L674" t="s">
         <v>3</v>
       </c>
+      <c r="O674" t="s">
+        <v>3</v>
+      </c>
       <c r="DB674" t="s">
-        <v>782</v>
-[...2 lines deleted...]
-    <row r="675" spans="1:111">
+        <v>802</v>
+      </c>
+    </row>
+    <row r="675" spans="1:113">
       <c r="E675" s="2"/>
+      <c r="J675" t="s">
+        <v>3</v>
+      </c>
       <c r="L675" t="s">
         <v>3</v>
       </c>
+      <c r="O675" t="s">
+        <v>3</v>
+      </c>
       <c r="DB675" t="s">
-        <v>783</v>
-[...2 lines deleted...]
-    <row r="676" spans="1:111">
+        <v>803</v>
+      </c>
+    </row>
+    <row r="676" spans="1:113">
       <c r="E676" s="2"/>
+      <c r="J676" t="s">
+        <v>3</v>
+      </c>
       <c r="L676" t="s">
         <v>3</v>
       </c>
+      <c r="O676" t="s">
+        <v>3</v>
+      </c>
       <c r="DB676" t="s">
-        <v>784</v>
-[...2 lines deleted...]
-    <row r="677" spans="1:111">
+        <v>804</v>
+      </c>
+    </row>
+    <row r="677" spans="1:113">
       <c r="E677" s="2"/>
+      <c r="J677" t="s">
+        <v>3</v>
+      </c>
       <c r="L677" t="s">
         <v>3</v>
       </c>
+      <c r="O677" t="s">
+        <v>3</v>
+      </c>
       <c r="DB677" t="s">
-        <v>785</v>
-[...2 lines deleted...]
-    <row r="678" spans="1:111">
+        <v>805</v>
+      </c>
+    </row>
+    <row r="678" spans="1:113">
       <c r="E678" s="2"/>
+      <c r="J678" t="s">
+        <v>3</v>
+      </c>
       <c r="L678" t="s">
         <v>3</v>
       </c>
+      <c r="O678" t="s">
+        <v>3</v>
+      </c>
       <c r="DB678" t="s">
-        <v>786</v>
-[...2 lines deleted...]
-    <row r="679" spans="1:111">
+        <v>806</v>
+      </c>
+    </row>
+    <row r="679" spans="1:113">
       <c r="E679" s="2"/>
+      <c r="J679" t="s">
+        <v>3</v>
+      </c>
       <c r="L679" t="s">
         <v>3</v>
       </c>
+      <c r="O679" t="s">
+        <v>3</v>
+      </c>
       <c r="DB679" t="s">
-        <v>787</v>
-[...2 lines deleted...]
-    <row r="680" spans="1:111">
+        <v>807</v>
+      </c>
+    </row>
+    <row r="680" spans="1:113">
       <c r="E680" s="2"/>
+      <c r="J680" t="s">
+        <v>3</v>
+      </c>
       <c r="L680" t="s">
         <v>3</v>
       </c>
+      <c r="O680" t="s">
+        <v>3</v>
+      </c>
       <c r="DB680" t="s">
-        <v>788</v>
-[...2 lines deleted...]
-    <row r="681" spans="1:111">
+        <v>808</v>
+      </c>
+    </row>
+    <row r="681" spans="1:113">
       <c r="E681" s="2"/>
+      <c r="J681" t="s">
+        <v>3</v>
+      </c>
       <c r="L681" t="s">
         <v>3</v>
       </c>
+      <c r="O681" t="s">
+        <v>3</v>
+      </c>
       <c r="DB681" t="s">
-        <v>789</v>
-[...2 lines deleted...]
-    <row r="682" spans="1:111">
+        <v>809</v>
+      </c>
+    </row>
+    <row r="682" spans="1:113">
       <c r="E682" s="2"/>
+      <c r="J682" t="s">
+        <v>3</v>
+      </c>
       <c r="L682" t="s">
         <v>3</v>
       </c>
+      <c r="O682" t="s">
+        <v>3</v>
+      </c>
       <c r="DB682" t="s">
-        <v>790</v>
-[...2 lines deleted...]
-    <row r="683" spans="1:111">
+        <v>810</v>
+      </c>
+    </row>
+    <row r="683" spans="1:113">
       <c r="E683" s="2"/>
+      <c r="J683" t="s">
+        <v>3</v>
+      </c>
       <c r="L683" t="s">
         <v>3</v>
       </c>
+      <c r="O683" t="s">
+        <v>3</v>
+      </c>
       <c r="DB683" t="s">
-        <v>791</v>
-[...2 lines deleted...]
-    <row r="684" spans="1:111">
+        <v>811</v>
+      </c>
+    </row>
+    <row r="684" spans="1:113">
       <c r="E684" s="2"/>
+      <c r="J684" t="s">
+        <v>3</v>
+      </c>
       <c r="L684" t="s">
         <v>3</v>
       </c>
+      <c r="O684" t="s">
+        <v>3</v>
+      </c>
       <c r="DB684" t="s">
-        <v>792</v>
-[...2 lines deleted...]
-    <row r="685" spans="1:111">
+        <v>812</v>
+      </c>
+    </row>
+    <row r="685" spans="1:113">
       <c r="E685" s="2"/>
+      <c r="J685" t="s">
+        <v>3</v>
+      </c>
       <c r="L685" t="s">
         <v>3</v>
       </c>
+      <c r="O685" t="s">
+        <v>3</v>
+      </c>
       <c r="DB685" t="s">
-        <v>792</v>
-[...2 lines deleted...]
-    <row r="686" spans="1:111">
+        <v>813</v>
+      </c>
+    </row>
+    <row r="686" spans="1:113">
       <c r="E686" s="2"/>
+      <c r="J686" t="s">
+        <v>3</v>
+      </c>
       <c r="L686" t="s">
         <v>3</v>
       </c>
+      <c r="O686" t="s">
+        <v>3</v>
+      </c>
       <c r="DB686" t="s">
-        <v>793</v>
-[...2 lines deleted...]
-    <row r="687" spans="1:111">
+        <v>814</v>
+      </c>
+    </row>
+    <row r="687" spans="1:113">
       <c r="E687" s="2"/>
+      <c r="J687" t="s">
+        <v>3</v>
+      </c>
       <c r="L687" t="s">
         <v>3</v>
       </c>
+      <c r="O687" t="s">
+        <v>3</v>
+      </c>
       <c r="DB687" t="s">
-        <v>794</v>
-[...2 lines deleted...]
-    <row r="688" spans="1:111">
+        <v>815</v>
+      </c>
+    </row>
+    <row r="688" spans="1:113">
       <c r="E688" s="2"/>
+      <c r="J688" t="s">
+        <v>3</v>
+      </c>
       <c r="L688" t="s">
         <v>3</v>
       </c>
+      <c r="O688" t="s">
+        <v>3</v>
+      </c>
       <c r="DB688" t="s">
-        <v>795</v>
-[...2 lines deleted...]
-    <row r="689" spans="1:111">
+        <v>816</v>
+      </c>
+    </row>
+    <row r="689" spans="1:113">
       <c r="E689" s="2"/>
+      <c r="J689" t="s">
+        <v>3</v>
+      </c>
       <c r="L689" t="s">
         <v>3</v>
       </c>
+      <c r="O689" t="s">
+        <v>3</v>
+      </c>
       <c r="DB689" t="s">
-        <v>796</v>
-[...2 lines deleted...]
-    <row r="690" spans="1:111">
+        <v>817</v>
+      </c>
+    </row>
+    <row r="690" spans="1:113">
       <c r="E690" s="2"/>
+      <c r="J690" t="s">
+        <v>3</v>
+      </c>
       <c r="L690" t="s">
         <v>3</v>
       </c>
+      <c r="O690" t="s">
+        <v>3</v>
+      </c>
       <c r="DB690" t="s">
-        <v>797</v>
-[...2 lines deleted...]
-    <row r="691" spans="1:111">
+        <v>818</v>
+      </c>
+    </row>
+    <row r="691" spans="1:113">
       <c r="E691" s="2"/>
+      <c r="J691" t="s">
+        <v>3</v>
+      </c>
       <c r="L691" t="s">
         <v>3</v>
       </c>
+      <c r="O691" t="s">
+        <v>3</v>
+      </c>
       <c r="DB691" t="s">
-        <v>798</v>
-[...2 lines deleted...]
-    <row r="692" spans="1:111">
+        <v>819</v>
+      </c>
+    </row>
+    <row r="692" spans="1:113">
       <c r="E692" s="2"/>
+      <c r="J692" t="s">
+        <v>3</v>
+      </c>
       <c r="L692" t="s">
         <v>3</v>
       </c>
+      <c r="O692" t="s">
+        <v>3</v>
+      </c>
       <c r="DB692" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-    <row r="693" spans="1:111">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="693" spans="1:113">
       <c r="E693" s="2"/>
+      <c r="J693" t="s">
+        <v>3</v>
+      </c>
       <c r="L693" t="s">
         <v>3</v>
       </c>
+      <c r="O693" t="s">
+        <v>3</v>
+      </c>
       <c r="DB693" t="s">
-        <v>800</v>
-[...2 lines deleted...]
-    <row r="694" spans="1:111">
+        <v>821</v>
+      </c>
+    </row>
+    <row r="694" spans="1:113">
       <c r="E694" s="2"/>
+      <c r="J694" t="s">
+        <v>3</v>
+      </c>
       <c r="L694" t="s">
         <v>3</v>
       </c>
+      <c r="O694" t="s">
+        <v>3</v>
+      </c>
       <c r="DB694" t="s">
-        <v>801</v>
-[...2 lines deleted...]
-    <row r="695" spans="1:111">
+        <v>822</v>
+      </c>
+    </row>
+    <row r="695" spans="1:113">
       <c r="E695" s="2"/>
+      <c r="J695" t="s">
+        <v>3</v>
+      </c>
       <c r="L695" t="s">
         <v>3</v>
       </c>
+      <c r="O695" t="s">
+        <v>3</v>
+      </c>
       <c r="DB695" t="s">
-        <v>802</v>
-[...2 lines deleted...]
-    <row r="696" spans="1:111">
+        <v>823</v>
+      </c>
+    </row>
+    <row r="696" spans="1:113">
       <c r="E696" s="2"/>
+      <c r="J696" t="s">
+        <v>3</v>
+      </c>
       <c r="L696" t="s">
         <v>3</v>
       </c>
+      <c r="O696" t="s">
+        <v>3</v>
+      </c>
       <c r="DB696" t="s">
-        <v>803</v>
-[...2 lines deleted...]
-    <row r="697" spans="1:111">
+        <v>824</v>
+      </c>
+    </row>
+    <row r="697" spans="1:113">
       <c r="E697" s="2"/>
+      <c r="J697" t="s">
+        <v>3</v>
+      </c>
       <c r="L697" t="s">
         <v>3</v>
       </c>
+      <c r="O697" t="s">
+        <v>3</v>
+      </c>
       <c r="DB697" t="s">
-        <v>804</v>
-[...2 lines deleted...]
-    <row r="698" spans="1:111">
+        <v>825</v>
+      </c>
+    </row>
+    <row r="698" spans="1:113">
       <c r="E698" s="2"/>
+      <c r="J698" t="s">
+        <v>3</v>
+      </c>
       <c r="L698" t="s">
         <v>3</v>
       </c>
+      <c r="O698" t="s">
+        <v>3</v>
+      </c>
       <c r="DB698" t="s">
-        <v>805</v>
-[...2 lines deleted...]
-    <row r="699" spans="1:111">
+        <v>826</v>
+      </c>
+    </row>
+    <row r="699" spans="1:113">
       <c r="E699" s="2"/>
+      <c r="J699" t="s">
+        <v>3</v>
+      </c>
       <c r="L699" t="s">
         <v>3</v>
       </c>
+      <c r="O699" t="s">
+        <v>3</v>
+      </c>
       <c r="DB699" t="s">
-        <v>806</v>
-[...2 lines deleted...]
-    <row r="700" spans="1:111">
+        <v>827</v>
+      </c>
+    </row>
+    <row r="700" spans="1:113">
       <c r="E700" s="2"/>
+      <c r="J700" t="s">
+        <v>3</v>
+      </c>
       <c r="L700" t="s">
         <v>3</v>
       </c>
+      <c r="O700" t="s">
+        <v>3</v>
+      </c>
       <c r="DB700" t="s">
-        <v>807</v>
-[...2 lines deleted...]
-    <row r="701" spans="1:111">
+        <v>828</v>
+      </c>
+    </row>
+    <row r="701" spans="1:113">
       <c r="E701" s="2"/>
+      <c r="J701" t="s">
+        <v>3</v>
+      </c>
       <c r="L701" t="s">
         <v>3</v>
       </c>
+      <c r="O701" t="s">
+        <v>3</v>
+      </c>
       <c r="DB701" t="s">
-        <v>808</v>
-[...2 lines deleted...]
-    <row r="702" spans="1:111">
+        <v>829</v>
+      </c>
+    </row>
+    <row r="702" spans="1:113">
       <c r="E702" s="2"/>
+      <c r="J702" t="s">
+        <v>3</v>
+      </c>
       <c r="L702" t="s">
         <v>3</v>
       </c>
+      <c r="O702" t="s">
+        <v>3</v>
+      </c>
       <c r="DB702" t="s">
-        <v>809</v>
-[...2 lines deleted...]
-    <row r="703" spans="1:111">
+        <v>830</v>
+      </c>
+    </row>
+    <row r="703" spans="1:113">
       <c r="E703" s="2"/>
+      <c r="J703" t="s">
+        <v>3</v>
+      </c>
       <c r="L703" t="s">
         <v>3</v>
       </c>
+      <c r="O703" t="s">
+        <v>3</v>
+      </c>
       <c r="DB703" t="s">
-        <v>810</v>
-[...2 lines deleted...]
-    <row r="704" spans="1:111">
+        <v>831</v>
+      </c>
+    </row>
+    <row r="704" spans="1:113">
       <c r="E704" s="2"/>
+      <c r="J704" t="s">
+        <v>3</v>
+      </c>
       <c r="L704" t="s">
         <v>3</v>
       </c>
+      <c r="O704" t="s">
+        <v>3</v>
+      </c>
       <c r="DB704" t="s">
-        <v>811</v>
-[...2 lines deleted...]
-    <row r="705" spans="1:111">
+        <v>832</v>
+      </c>
+    </row>
+    <row r="705" spans="1:113">
       <c r="E705" s="2"/>
+      <c r="J705" t="s">
+        <v>3</v>
+      </c>
       <c r="L705" t="s">
         <v>3</v>
       </c>
+      <c r="O705" t="s">
+        <v>3</v>
+      </c>
       <c r="DB705" t="s">
-        <v>812</v>
-[...2 lines deleted...]
-    <row r="706" spans="1:111">
+        <v>833</v>
+      </c>
+    </row>
+    <row r="706" spans="1:113">
       <c r="E706" s="2"/>
+      <c r="J706" t="s">
+        <v>3</v>
+      </c>
       <c r="L706" t="s">
         <v>3</v>
       </c>
+      <c r="O706" t="s">
+        <v>3</v>
+      </c>
       <c r="DB706" t="s">
-        <v>813</v>
-[...2 lines deleted...]
-    <row r="707" spans="1:111">
+        <v>834</v>
+      </c>
+    </row>
+    <row r="707" spans="1:113">
       <c r="E707" s="2"/>
+      <c r="J707" t="s">
+        <v>3</v>
+      </c>
       <c r="L707" t="s">
         <v>3</v>
       </c>
+      <c r="O707" t="s">
+        <v>3</v>
+      </c>
       <c r="DB707" t="s">
-        <v>814</v>
-[...2 lines deleted...]
-    <row r="708" spans="1:111">
+        <v>835</v>
+      </c>
+    </row>
+    <row r="708" spans="1:113">
       <c r="E708" s="2"/>
+      <c r="J708" t="s">
+        <v>3</v>
+      </c>
       <c r="L708" t="s">
         <v>3</v>
       </c>
+      <c r="O708" t="s">
+        <v>3</v>
+      </c>
       <c r="DB708" t="s">
-        <v>815</v>
-[...2 lines deleted...]
-    <row r="709" spans="1:111">
+        <v>835</v>
+      </c>
+    </row>
+    <row r="709" spans="1:113">
       <c r="E709" s="2"/>
+      <c r="J709" t="s">
+        <v>3</v>
+      </c>
       <c r="L709" t="s">
         <v>3</v>
       </c>
+      <c r="O709" t="s">
+        <v>3</v>
+      </c>
       <c r="DB709" t="s">
-        <v>816</v>
-[...2 lines deleted...]
-    <row r="710" spans="1:111">
+        <v>836</v>
+      </c>
+    </row>
+    <row r="710" spans="1:113">
       <c r="E710" s="2"/>
+      <c r="J710" t="s">
+        <v>3</v>
+      </c>
       <c r="L710" t="s">
         <v>3</v>
       </c>
+      <c r="O710" t="s">
+        <v>3</v>
+      </c>
       <c r="DB710" t="s">
-        <v>817</v>
-[...2 lines deleted...]
-    <row r="711" spans="1:111">
+        <v>837</v>
+      </c>
+    </row>
+    <row r="711" spans="1:113">
       <c r="E711" s="2"/>
+      <c r="J711" t="s">
+        <v>3</v>
+      </c>
       <c r="L711" t="s">
         <v>3</v>
       </c>
+      <c r="O711" t="s">
+        <v>3</v>
+      </c>
       <c r="DB711" t="s">
-        <v>818</v>
-[...2 lines deleted...]
-    <row r="712" spans="1:111">
+        <v>838</v>
+      </c>
+    </row>
+    <row r="712" spans="1:113">
       <c r="E712" s="2"/>
+      <c r="J712" t="s">
+        <v>3</v>
+      </c>
       <c r="L712" t="s">
         <v>3</v>
       </c>
+      <c r="O712" t="s">
+        <v>3</v>
+      </c>
       <c r="DB712" t="s">
-        <v>819</v>
-[...2 lines deleted...]
-    <row r="713" spans="1:111">
+        <v>839</v>
+      </c>
+    </row>
+    <row r="713" spans="1:113">
       <c r="E713" s="2"/>
+      <c r="J713" t="s">
+        <v>3</v>
+      </c>
       <c r="L713" t="s">
         <v>3</v>
       </c>
+      <c r="O713" t="s">
+        <v>3</v>
+      </c>
       <c r="DB713" t="s">
-        <v>820</v>
-[...2 lines deleted...]
-    <row r="714" spans="1:111">
+        <v>840</v>
+      </c>
+    </row>
+    <row r="714" spans="1:113">
       <c r="E714" s="2"/>
+      <c r="J714" t="s">
+        <v>3</v>
+      </c>
       <c r="L714" t="s">
         <v>3</v>
       </c>
+      <c r="O714" t="s">
+        <v>3</v>
+      </c>
       <c r="DB714" t="s">
-        <v>821</v>
-[...2 lines deleted...]
-    <row r="715" spans="1:111">
+        <v>841</v>
+      </c>
+    </row>
+    <row r="715" spans="1:113">
       <c r="E715" s="2"/>
+      <c r="J715" t="s">
+        <v>3</v>
+      </c>
       <c r="L715" t="s">
         <v>3</v>
       </c>
+      <c r="O715" t="s">
+        <v>3</v>
+      </c>
       <c r="DB715" t="s">
-        <v>822</v>
-[...2 lines deleted...]
-    <row r="716" spans="1:111">
+        <v>842</v>
+      </c>
+    </row>
+    <row r="716" spans="1:113">
       <c r="E716" s="2"/>
+      <c r="J716" t="s">
+        <v>3</v>
+      </c>
       <c r="L716" t="s">
         <v>3</v>
       </c>
+      <c r="O716" t="s">
+        <v>3</v>
+      </c>
       <c r="DB716" t="s">
-        <v>823</v>
-[...2 lines deleted...]
-    <row r="717" spans="1:111">
+        <v>843</v>
+      </c>
+    </row>
+    <row r="717" spans="1:113">
       <c r="E717" s="2"/>
+      <c r="J717" t="s">
+        <v>3</v>
+      </c>
       <c r="L717" t="s">
         <v>3</v>
       </c>
+      <c r="O717" t="s">
+        <v>3</v>
+      </c>
       <c r="DB717" t="s">
-        <v>824</v>
-[...2 lines deleted...]
-    <row r="718" spans="1:111">
+        <v>844</v>
+      </c>
+    </row>
+    <row r="718" spans="1:113">
       <c r="E718" s="2"/>
+      <c r="J718" t="s">
+        <v>3</v>
+      </c>
       <c r="L718" t="s">
         <v>3</v>
       </c>
+      <c r="O718" t="s">
+        <v>3</v>
+      </c>
       <c r="DB718" t="s">
-        <v>825</v>
-[...2 lines deleted...]
-    <row r="719" spans="1:111">
+        <v>845</v>
+      </c>
+    </row>
+    <row r="719" spans="1:113">
       <c r="E719" s="2"/>
+      <c r="J719" t="s">
+        <v>3</v>
+      </c>
       <c r="L719" t="s">
         <v>3</v>
       </c>
+      <c r="O719" t="s">
+        <v>3</v>
+      </c>
       <c r="DB719" t="s">
-        <v>826</v>
-[...2 lines deleted...]
-    <row r="720" spans="1:111">
+        <v>846</v>
+      </c>
+    </row>
+    <row r="720" spans="1:113">
       <c r="E720" s="2"/>
+      <c r="J720" t="s">
+        <v>3</v>
+      </c>
       <c r="L720" t="s">
         <v>3</v>
       </c>
+      <c r="O720" t="s">
+        <v>3</v>
+      </c>
       <c r="DB720" t="s">
-        <v>827</v>
-[...2 lines deleted...]
-    <row r="721" spans="1:111">
+        <v>847</v>
+      </c>
+    </row>
+    <row r="721" spans="1:113">
       <c r="E721" s="2"/>
+      <c r="J721" t="s">
+        <v>3</v>
+      </c>
       <c r="L721" t="s">
         <v>3</v>
       </c>
+      <c r="O721" t="s">
+        <v>3</v>
+      </c>
       <c r="DB721" t="s">
-        <v>828</v>
-[...2 lines deleted...]
-    <row r="722" spans="1:111">
+        <v>848</v>
+      </c>
+    </row>
+    <row r="722" spans="1:113">
       <c r="E722" s="2"/>
+      <c r="J722" t="s">
+        <v>3</v>
+      </c>
       <c r="L722" t="s">
         <v>3</v>
       </c>
+      <c r="O722" t="s">
+        <v>3</v>
+      </c>
       <c r="DB722" t="s">
-        <v>829</v>
-[...2 lines deleted...]
-    <row r="723" spans="1:111">
+        <v>849</v>
+      </c>
+    </row>
+    <row r="723" spans="1:113">
       <c r="E723" s="2"/>
+      <c r="J723" t="s">
+        <v>3</v>
+      </c>
       <c r="L723" t="s">
         <v>3</v>
       </c>
+      <c r="O723" t="s">
+        <v>3</v>
+      </c>
       <c r="DB723" t="s">
-        <v>830</v>
-[...2 lines deleted...]
-    <row r="724" spans="1:111">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="724" spans="1:113">
       <c r="E724" s="2"/>
+      <c r="J724" t="s">
+        <v>3</v>
+      </c>
       <c r="L724" t="s">
         <v>3</v>
       </c>
+      <c r="O724" t="s">
+        <v>3</v>
+      </c>
       <c r="DB724" t="s">
-        <v>831</v>
-[...2 lines deleted...]
-    <row r="725" spans="1:111">
+        <v>851</v>
+      </c>
+    </row>
+    <row r="725" spans="1:113">
       <c r="E725" s="2"/>
+      <c r="J725" t="s">
+        <v>3</v>
+      </c>
       <c r="L725" t="s">
         <v>3</v>
       </c>
+      <c r="O725" t="s">
+        <v>3</v>
+      </c>
       <c r="DB725" t="s">
-        <v>832</v>
-[...2 lines deleted...]
-    <row r="726" spans="1:111">
+        <v>852</v>
+      </c>
+    </row>
+    <row r="726" spans="1:113">
       <c r="E726" s="2"/>
+      <c r="J726" t="s">
+        <v>3</v>
+      </c>
       <c r="L726" t="s">
         <v>3</v>
       </c>
+      <c r="O726" t="s">
+        <v>3</v>
+      </c>
       <c r="DB726" t="s">
-        <v>833</v>
-[...2 lines deleted...]
-    <row r="727" spans="1:111">
+        <v>853</v>
+      </c>
+    </row>
+    <row r="727" spans="1:113">
       <c r="E727" s="2"/>
+      <c r="J727" t="s">
+        <v>3</v>
+      </c>
       <c r="L727" t="s">
         <v>3</v>
       </c>
+      <c r="O727" t="s">
+        <v>3</v>
+      </c>
       <c r="DB727" t="s">
-        <v>834</v>
-[...2 lines deleted...]
-    <row r="728" spans="1:111">
+        <v>854</v>
+      </c>
+    </row>
+    <row r="728" spans="1:113">
       <c r="E728" s="2"/>
+      <c r="J728" t="s">
+        <v>3</v>
+      </c>
       <c r="L728" t="s">
         <v>3</v>
       </c>
+      <c r="O728" t="s">
+        <v>3</v>
+      </c>
       <c r="DB728" t="s">
-        <v>835</v>
-[...2 lines deleted...]
-    <row r="729" spans="1:111">
+        <v>855</v>
+      </c>
+    </row>
+    <row r="729" spans="1:113">
       <c r="E729" s="2"/>
+      <c r="J729" t="s">
+        <v>3</v>
+      </c>
       <c r="L729" t="s">
         <v>3</v>
       </c>
+      <c r="O729" t="s">
+        <v>3</v>
+      </c>
       <c r="DB729" t="s">
-        <v>836</v>
-[...2 lines deleted...]
-    <row r="730" spans="1:111">
+        <v>856</v>
+      </c>
+    </row>
+    <row r="730" spans="1:113">
       <c r="E730" s="2"/>
+      <c r="J730" t="s">
+        <v>3</v>
+      </c>
       <c r="L730" t="s">
         <v>3</v>
       </c>
+      <c r="O730" t="s">
+        <v>3</v>
+      </c>
       <c r="DB730" t="s">
-        <v>837</v>
-[...2 lines deleted...]
-    <row r="731" spans="1:111">
+        <v>857</v>
+      </c>
+    </row>
+    <row r="731" spans="1:113">
       <c r="E731" s="2"/>
+      <c r="J731" t="s">
+        <v>3</v>
+      </c>
       <c r="L731" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="732" spans="1:111">
+      <c r="O731" t="s">
+        <v>3</v>
+      </c>
+      <c r="DB731" t="s">
+        <v>858</v>
+      </c>
+    </row>
+    <row r="732" spans="1:113">
       <c r="E732" s="2"/>
+      <c r="J732" t="s">
+        <v>3</v>
+      </c>
       <c r="L732" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="733" spans="1:111">
+      <c r="O732" t="s">
+        <v>3</v>
+      </c>
+      <c r="DB732" t="s">
+        <v>859</v>
+      </c>
+    </row>
+    <row r="733" spans="1:113">
       <c r="E733" s="2"/>
+      <c r="J733" t="s">
+        <v>3</v>
+      </c>
       <c r="L733" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="734" spans="1:111">
+      <c r="O733" t="s">
+        <v>3</v>
+      </c>
+      <c r="DB733" t="s">
+        <v>860</v>
+      </c>
+    </row>
+    <row r="734" spans="1:113">
       <c r="E734" s="2"/>
+      <c r="J734" t="s">
+        <v>3</v>
+      </c>
       <c r="L734" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="735" spans="1:111">
+      <c r="O734" t="s">
+        <v>3</v>
+      </c>
+      <c r="DB734" t="s">
+        <v>861</v>
+      </c>
+    </row>
+    <row r="735" spans="1:113">
       <c r="E735" s="2"/>
+      <c r="J735" t="s">
+        <v>3</v>
+      </c>
       <c r="L735" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="736" spans="1:111">
+      <c r="O735" t="s">
+        <v>3</v>
+      </c>
+      <c r="DB735" t="s">
+        <v>862</v>
+      </c>
+    </row>
+    <row r="736" spans="1:113">
       <c r="E736" s="2"/>
+      <c r="J736" t="s">
+        <v>3</v>
+      </c>
       <c r="L736" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="737" spans="1:111">
+      <c r="O736" t="s">
+        <v>3</v>
+      </c>
+      <c r="DB736" t="s">
+        <v>863</v>
+      </c>
+    </row>
+    <row r="737" spans="1:113">
       <c r="E737" s="2"/>
+      <c r="J737" t="s">
+        <v>3</v>
+      </c>
       <c r="L737" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="738" spans="1:111">
+      <c r="O737" t="s">
+        <v>3</v>
+      </c>
+      <c r="DB737" t="s">
+        <v>864</v>
+      </c>
+    </row>
+    <row r="738" spans="1:113">
       <c r="E738" s="2"/>
+      <c r="J738" t="s">
+        <v>3</v>
+      </c>
       <c r="L738" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="739" spans="1:111">
+      <c r="O738" t="s">
+        <v>3</v>
+      </c>
+      <c r="DB738" t="s">
+        <v>865</v>
+      </c>
+    </row>
+    <row r="739" spans="1:113">
       <c r="E739" s="2"/>
+      <c r="J739" t="s">
+        <v>3</v>
+      </c>
       <c r="L739" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="740" spans="1:111">
+      <c r="O739" t="s">
+        <v>3</v>
+      </c>
+      <c r="DB739" t="s">
+        <v>866</v>
+      </c>
+    </row>
+    <row r="740" spans="1:113">
       <c r="E740" s="2"/>
+      <c r="J740" t="s">
+        <v>3</v>
+      </c>
       <c r="L740" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="741" spans="1:111">
+      <c r="O740" t="s">
+        <v>3</v>
+      </c>
+      <c r="DB740" t="s">
+        <v>867</v>
+      </c>
+    </row>
+    <row r="741" spans="1:113">
       <c r="E741" s="2"/>
+      <c r="J741" t="s">
+        <v>3</v>
+      </c>
       <c r="L741" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="742" spans="1:111">
+      <c r="O741" t="s">
+        <v>3</v>
+      </c>
+      <c r="DB741" t="s">
+        <v>868</v>
+      </c>
+    </row>
+    <row r="742" spans="1:113">
       <c r="E742" s="2"/>
+      <c r="J742" t="s">
+        <v>3</v>
+      </c>
       <c r="L742" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="743" spans="1:111">
+      <c r="O742" t="s">
+        <v>3</v>
+      </c>
+      <c r="DB742" t="s">
+        <v>869</v>
+      </c>
+    </row>
+    <row r="743" spans="1:113">
       <c r="E743" s="2"/>
+      <c r="J743" t="s">
+        <v>3</v>
+      </c>
       <c r="L743" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="744" spans="1:111">
+      <c r="O743" t="s">
+        <v>3</v>
+      </c>
+      <c r="DB743" t="s">
+        <v>870</v>
+      </c>
+    </row>
+    <row r="744" spans="1:113">
       <c r="E744" s="2"/>
+      <c r="J744" t="s">
+        <v>3</v>
+      </c>
       <c r="L744" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="745" spans="1:111">
+      <c r="O744" t="s">
+        <v>3</v>
+      </c>
+      <c r="DB744" t="s">
+        <v>871</v>
+      </c>
+    </row>
+    <row r="745" spans="1:113">
       <c r="E745" s="2"/>
+      <c r="J745" t="s">
+        <v>3</v>
+      </c>
       <c r="L745" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="746" spans="1:111">
+      <c r="O745" t="s">
+        <v>3</v>
+      </c>
+      <c r="DB745" t="s">
+        <v>872</v>
+      </c>
+    </row>
+    <row r="746" spans="1:113">
       <c r="E746" s="2"/>
+      <c r="J746" t="s">
+        <v>3</v>
+      </c>
       <c r="L746" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="747" spans="1:111">
+      <c r="O746" t="s">
+        <v>3</v>
+      </c>
+      <c r="DB746" t="s">
+        <v>873</v>
+      </c>
+    </row>
+    <row r="747" spans="1:113">
       <c r="E747" s="2"/>
+      <c r="J747" t="s">
+        <v>3</v>
+      </c>
       <c r="L747" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="748" spans="1:111">
+      <c r="O747" t="s">
+        <v>3</v>
+      </c>
+      <c r="DB747" t="s">
+        <v>874</v>
+      </c>
+    </row>
+    <row r="748" spans="1:113">
       <c r="E748" s="2"/>
+      <c r="J748" t="s">
+        <v>3</v>
+      </c>
       <c r="L748" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="749" spans="1:111">
+      <c r="O748" t="s">
+        <v>3</v>
+      </c>
+      <c r="DB748" t="s">
+        <v>875</v>
+      </c>
+    </row>
+    <row r="749" spans="1:113">
       <c r="E749" s="2"/>
+      <c r="J749" t="s">
+        <v>3</v>
+      </c>
       <c r="L749" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="750" spans="1:111">
+      <c r="O749" t="s">
+        <v>3</v>
+      </c>
+      <c r="DB749" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="750" spans="1:113">
       <c r="E750" s="2"/>
+      <c r="J750" t="s">
+        <v>3</v>
+      </c>
       <c r="L750" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="751" spans="1:111">
+      <c r="O750" t="s">
+        <v>3</v>
+      </c>
+      <c r="DB750" t="s">
+        <v>877</v>
+      </c>
+    </row>
+    <row r="751" spans="1:113">
       <c r="E751" s="2"/>
+      <c r="J751" t="s">
+        <v>3</v>
+      </c>
       <c r="L751" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="752" spans="1:111">
+      <c r="O751" t="s">
+        <v>3</v>
+      </c>
+      <c r="DB751" t="s">
+        <v>878</v>
+      </c>
+    </row>
+    <row r="752" spans="1:113">
       <c r="E752" s="2"/>
+      <c r="J752" t="s">
+        <v>3</v>
+      </c>
       <c r="L752" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="753" spans="1:111">
+      <c r="O752" t="s">
+        <v>3</v>
+      </c>
+      <c r="DB752" t="s">
+        <v>879</v>
+      </c>
+    </row>
+    <row r="753" spans="1:113">
       <c r="E753" s="2"/>
+      <c r="J753" t="s">
+        <v>3</v>
+      </c>
       <c r="L753" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="754" spans="1:111">
+      <c r="O753" t="s">
+        <v>3</v>
+      </c>
+      <c r="DB753" t="s">
+        <v>880</v>
+      </c>
+    </row>
+    <row r="754" spans="1:113">
       <c r="E754" s="2"/>
+      <c r="J754" t="s">
+        <v>3</v>
+      </c>
       <c r="L754" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="755" spans="1:111">
+      <c r="O754" t="s">
+        <v>3</v>
+      </c>
+      <c r="DB754" t="s">
+        <v>881</v>
+      </c>
+    </row>
+    <row r="755" spans="1:113">
       <c r="E755" s="2"/>
+      <c r="J755" t="s">
+        <v>3</v>
+      </c>
       <c r="L755" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="756" spans="1:111">
+      <c r="O755" t="s">
+        <v>3</v>
+      </c>
+      <c r="DB755" t="s">
+        <v>882</v>
+      </c>
+    </row>
+    <row r="756" spans="1:113">
       <c r="E756" s="2"/>
+      <c r="J756" t="s">
+        <v>3</v>
+      </c>
       <c r="L756" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="757" spans="1:111">
+      <c r="O756" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="757" spans="1:113">
       <c r="E757" s="2"/>
+      <c r="J757" t="s">
+        <v>3</v>
+      </c>
       <c r="L757" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="758" spans="1:111">
+      <c r="O757" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="758" spans="1:113">
       <c r="E758" s="2"/>
+      <c r="J758" t="s">
+        <v>3</v>
+      </c>
       <c r="L758" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="759" spans="1:111">
+      <c r="O758" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="759" spans="1:113">
       <c r="E759" s="2"/>
+      <c r="J759" t="s">
+        <v>3</v>
+      </c>
       <c r="L759" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="760" spans="1:111">
+      <c r="O759" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="760" spans="1:113">
       <c r="E760" s="2"/>
+      <c r="J760" t="s">
+        <v>3</v>
+      </c>
       <c r="L760" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="761" spans="1:111">
+      <c r="O760" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="761" spans="1:113">
       <c r="E761" s="2"/>
+      <c r="J761" t="s">
+        <v>3</v>
+      </c>
       <c r="L761" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="762" spans="1:111">
+      <c r="O761" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="762" spans="1:113">
       <c r="E762" s="2"/>
+      <c r="J762" t="s">
+        <v>3</v>
+      </c>
       <c r="L762" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="763" spans="1:111">
+      <c r="O762" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="763" spans="1:113">
       <c r="E763" s="2"/>
+      <c r="J763" t="s">
+        <v>3</v>
+      </c>
       <c r="L763" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="764" spans="1:111">
+      <c r="O763" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="764" spans="1:113">
       <c r="E764" s="2"/>
+      <c r="J764" t="s">
+        <v>3</v>
+      </c>
       <c r="L764" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="765" spans="1:111">
+      <c r="O764" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="765" spans="1:113">
       <c r="E765" s="2"/>
+      <c r="J765" t="s">
+        <v>3</v>
+      </c>
       <c r="L765" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="766" spans="1:111">
+      <c r="O765" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="766" spans="1:113">
       <c r="E766" s="2"/>
+      <c r="J766" t="s">
+        <v>3</v>
+      </c>
       <c r="L766" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="767" spans="1:111">
+      <c r="O766" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="767" spans="1:113">
       <c r="E767" s="2"/>
+      <c r="J767" t="s">
+        <v>3</v>
+      </c>
       <c r="L767" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="768" spans="1:111">
+      <c r="O767" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="768" spans="1:113">
       <c r="E768" s="2"/>
+      <c r="J768" t="s">
+        <v>3</v>
+      </c>
       <c r="L768" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="769" spans="1:111">
+      <c r="O768" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="769" spans="1:113">
       <c r="E769" s="2"/>
+      <c r="J769" t="s">
+        <v>3</v>
+      </c>
       <c r="L769" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="770" spans="1:111">
+      <c r="O769" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="770" spans="1:113">
       <c r="E770" s="2"/>
+      <c r="J770" t="s">
+        <v>3</v>
+      </c>
       <c r="L770" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="771" spans="1:111">
+      <c r="O770" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="771" spans="1:113">
       <c r="E771" s="2"/>
+      <c r="J771" t="s">
+        <v>3</v>
+      </c>
       <c r="L771" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="772" spans="1:111">
+      <c r="O771" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="772" spans="1:113">
       <c r="E772" s="2"/>
+      <c r="J772" t="s">
+        <v>3</v>
+      </c>
       <c r="L772" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="773" spans="1:111">
+      <c r="O772" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="773" spans="1:113">
       <c r="E773" s="2"/>
+      <c r="J773" t="s">
+        <v>3</v>
+      </c>
       <c r="L773" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="774" spans="1:111">
+      <c r="O773" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="774" spans="1:113">
       <c r="E774" s="2"/>
+      <c r="J774" t="s">
+        <v>3</v>
+      </c>
       <c r="L774" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="775" spans="1:111">
+      <c r="O774" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="775" spans="1:113">
       <c r="E775" s="2"/>
+      <c r="J775" t="s">
+        <v>3</v>
+      </c>
       <c r="L775" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="776" spans="1:111">
+      <c r="O775" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="776" spans="1:113">
       <c r="E776" s="2"/>
+      <c r="J776" t="s">
+        <v>3</v>
+      </c>
       <c r="L776" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="777" spans="1:111">
+      <c r="O776" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="777" spans="1:113">
       <c r="E777" s="2"/>
+      <c r="J777" t="s">
+        <v>3</v>
+      </c>
       <c r="L777" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="778" spans="1:111">
+      <c r="O777" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="778" spans="1:113">
       <c r="E778" s="2"/>
+      <c r="J778" t="s">
+        <v>3</v>
+      </c>
       <c r="L778" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="779" spans="1:111">
+      <c r="O778" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="779" spans="1:113">
       <c r="E779" s="2"/>
+      <c r="J779" t="s">
+        <v>3</v>
+      </c>
       <c r="L779" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="780" spans="1:111">
+      <c r="O779" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="780" spans="1:113">
       <c r="E780" s="2"/>
+      <c r="J780" t="s">
+        <v>3</v>
+      </c>
       <c r="L780" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="781" spans="1:111">
+      <c r="O780" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="781" spans="1:113">
       <c r="E781" s="2"/>
+      <c r="J781" t="s">
+        <v>3</v>
+      </c>
       <c r="L781" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="782" spans="1:111">
+      <c r="O781" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="782" spans="1:113">
       <c r="E782" s="2"/>
+      <c r="J782" t="s">
+        <v>3</v>
+      </c>
       <c r="L782" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="783" spans="1:111">
+      <c r="O782" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="783" spans="1:113">
       <c r="E783" s="2"/>
+      <c r="J783" t="s">
+        <v>3</v>
+      </c>
       <c r="L783" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="784" spans="1:111">
+      <c r="O783" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="784" spans="1:113">
       <c r="E784" s="2"/>
+      <c r="J784" t="s">
+        <v>3</v>
+      </c>
       <c r="L784" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="785" spans="1:111">
+      <c r="O784" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="785" spans="1:113">
       <c r="E785" s="2"/>
+      <c r="J785" t="s">
+        <v>3</v>
+      </c>
       <c r="L785" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="786" spans="1:111">
+      <c r="O785" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="786" spans="1:113">
       <c r="E786" s="2"/>
+      <c r="J786" t="s">
+        <v>3</v>
+      </c>
       <c r="L786" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="787" spans="1:111">
+      <c r="O786" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="787" spans="1:113">
       <c r="E787" s="2"/>
+      <c r="J787" t="s">
+        <v>3</v>
+      </c>
       <c r="L787" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="788" spans="1:111">
+      <c r="O787" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="788" spans="1:113">
       <c r="E788" s="2"/>
+      <c r="J788" t="s">
+        <v>3</v>
+      </c>
       <c r="L788" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="789" spans="1:111">
+      <c r="O788" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="789" spans="1:113">
       <c r="E789" s="2"/>
+      <c r="J789" t="s">
+        <v>3</v>
+      </c>
       <c r="L789" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="790" spans="1:111">
+      <c r="O789" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="790" spans="1:113">
       <c r="E790" s="2"/>
+      <c r="J790" t="s">
+        <v>3</v>
+      </c>
       <c r="L790" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="791" spans="1:111">
+      <c r="O790" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="791" spans="1:113">
       <c r="E791" s="2"/>
+      <c r="J791" t="s">
+        <v>3</v>
+      </c>
       <c r="L791" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="792" spans="1:111">
+      <c r="O791" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="792" spans="1:113">
       <c r="E792" s="2"/>
+      <c r="J792" t="s">
+        <v>3</v>
+      </c>
       <c r="L792" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="793" spans="1:111">
+      <c r="O792" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="793" spans="1:113">
       <c r="E793" s="2"/>
+      <c r="J793" t="s">
+        <v>3</v>
+      </c>
       <c r="L793" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="794" spans="1:111">
+      <c r="O793" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="794" spans="1:113">
       <c r="E794" s="2"/>
+      <c r="J794" t="s">
+        <v>3</v>
+      </c>
       <c r="L794" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="795" spans="1:111">
+      <c r="O794" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="795" spans="1:113">
       <c r="E795" s="2"/>
+      <c r="J795" t="s">
+        <v>3</v>
+      </c>
       <c r="L795" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="796" spans="1:111">
+      <c r="O795" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="796" spans="1:113">
       <c r="E796" s="2"/>
+      <c r="J796" t="s">
+        <v>3</v>
+      </c>
       <c r="L796" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="797" spans="1:111">
+      <c r="O796" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="797" spans="1:113">
       <c r="E797" s="2"/>
+      <c r="J797" t="s">
+        <v>3</v>
+      </c>
       <c r="L797" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="798" spans="1:111">
+      <c r="O797" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="798" spans="1:113">
       <c r="E798" s="2"/>
+      <c r="J798" t="s">
+        <v>3</v>
+      </c>
       <c r="L798" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="799" spans="1:111">
+      <c r="O798" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="799" spans="1:113">
       <c r="E799" s="2"/>
+      <c r="J799" t="s">
+        <v>3</v>
+      </c>
       <c r="L799" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="800" spans="1:111">
+      <c r="O799" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="800" spans="1:113">
       <c r="E800" s="2"/>
+      <c r="J800" t="s">
+        <v>3</v>
+      </c>
       <c r="L800" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="801" spans="1:111">
+      <c r="O800" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="801" spans="1:113">
       <c r="E801" s="2"/>
+      <c r="J801" t="s">
+        <v>3</v>
+      </c>
       <c r="L801" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="802" spans="1:111">
+      <c r="O801" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="802" spans="1:113">
       <c r="E802" s="2"/>
+      <c r="J802" t="s">
+        <v>3</v>
+      </c>
       <c r="L802" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="803" spans="1:111">
+      <c r="O802" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="803" spans="1:113">
       <c r="E803" s="2"/>
+      <c r="J803" t="s">
+        <v>3</v>
+      </c>
       <c r="L803" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="804" spans="1:111">
+      <c r="O803" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="804" spans="1:113">
       <c r="E804" s="2"/>
+      <c r="J804" t="s">
+        <v>3</v>
+      </c>
       <c r="L804" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="805" spans="1:111">
+      <c r="O804" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="805" spans="1:113">
       <c r="E805" s="2"/>
+      <c r="J805" t="s">
+        <v>3</v>
+      </c>
       <c r="L805" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="806" spans="1:111">
+      <c r="O805" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="806" spans="1:113">
       <c r="E806" s="2"/>
+      <c r="J806" t="s">
+        <v>3</v>
+      </c>
       <c r="L806" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="807" spans="1:111">
+      <c r="O806" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="807" spans="1:113">
       <c r="E807" s="2"/>
+      <c r="J807" t="s">
+        <v>3</v>
+      </c>
       <c r="L807" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="808" spans="1:111">
+      <c r="O807" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="808" spans="1:113">
       <c r="E808" s="2"/>
+      <c r="J808" t="s">
+        <v>3</v>
+      </c>
       <c r="L808" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="809" spans="1:111">
+      <c r="O808" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="809" spans="1:113">
       <c r="E809" s="2"/>
+      <c r="J809" t="s">
+        <v>3</v>
+      </c>
       <c r="L809" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="810" spans="1:111">
+      <c r="O809" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="810" spans="1:113">
       <c r="E810" s="2"/>
+      <c r="J810" t="s">
+        <v>3</v>
+      </c>
       <c r="L810" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="811" spans="1:111">
+      <c r="O810" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="811" spans="1:113">
       <c r="E811" s="2"/>
+      <c r="J811" t="s">
+        <v>3</v>
+      </c>
       <c r="L811" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="812" spans="1:111">
+      <c r="O811" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="812" spans="1:113">
       <c r="E812" s="2"/>
+      <c r="J812" t="s">
+        <v>3</v>
+      </c>
       <c r="L812" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="813" spans="1:111">
+      <c r="O812" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="813" spans="1:113">
       <c r="E813" s="2"/>
+      <c r="J813" t="s">
+        <v>3</v>
+      </c>
       <c r="L813" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="814" spans="1:111">
+      <c r="O813" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="814" spans="1:113">
       <c r="E814" s="2"/>
+      <c r="J814" t="s">
+        <v>3</v>
+      </c>
       <c r="L814" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="815" spans="1:111">
+      <c r="O814" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="815" spans="1:113">
       <c r="E815" s="2"/>
+      <c r="J815" t="s">
+        <v>3</v>
+      </c>
       <c r="L815" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="816" spans="1:111">
+      <c r="O815" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="816" spans="1:113">
       <c r="E816" s="2"/>
+      <c r="J816" t="s">
+        <v>3</v>
+      </c>
       <c r="L816" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="817" spans="1:111">
+      <c r="O816" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="817" spans="1:113">
       <c r="E817" s="2"/>
+      <c r="J817" t="s">
+        <v>3</v>
+      </c>
       <c r="L817" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="818" spans="1:111">
+      <c r="O817" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="818" spans="1:113">
       <c r="E818" s="2"/>
+      <c r="J818" t="s">
+        <v>3</v>
+      </c>
       <c r="L818" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="819" spans="1:111">
+      <c r="O818" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="819" spans="1:113">
       <c r="E819" s="2"/>
+      <c r="J819" t="s">
+        <v>3</v>
+      </c>
       <c r="L819" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="820" spans="1:111">
+      <c r="O819" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="820" spans="1:113">
       <c r="E820" s="2"/>
+      <c r="J820" t="s">
+        <v>3</v>
+      </c>
       <c r="L820" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="821" spans="1:111">
+      <c r="O820" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="821" spans="1:113">
       <c r="E821" s="2"/>
+      <c r="J821" t="s">
+        <v>3</v>
+      </c>
       <c r="L821" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="822" spans="1:111">
+      <c r="O821" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="822" spans="1:113">
       <c r="E822" s="2"/>
+      <c r="J822" t="s">
+        <v>3</v>
+      </c>
       <c r="L822" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="823" spans="1:111">
+      <c r="O822" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="823" spans="1:113">
       <c r="E823" s="2"/>
+      <c r="J823" t="s">
+        <v>3</v>
+      </c>
       <c r="L823" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="824" spans="1:111">
+      <c r="O823" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="824" spans="1:113">
       <c r="E824" s="2"/>
+      <c r="J824" t="s">
+        <v>3</v>
+      </c>
       <c r="L824" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="825" spans="1:111">
+      <c r="O824" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="825" spans="1:113">
       <c r="E825" s="2"/>
+      <c r="J825" t="s">
+        <v>3</v>
+      </c>
       <c r="L825" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="826" spans="1:111">
+      <c r="O825" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="826" spans="1:113">
       <c r="E826" s="2"/>
+      <c r="J826" t="s">
+        <v>3</v>
+      </c>
       <c r="L826" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="827" spans="1:111">
+      <c r="O826" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="827" spans="1:113">
       <c r="E827" s="2"/>
+      <c r="J827" t="s">
+        <v>3</v>
+      </c>
       <c r="L827" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="828" spans="1:111">
+      <c r="O827" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="828" spans="1:113">
       <c r="E828" s="2"/>
+      <c r="J828" t="s">
+        <v>3</v>
+      </c>
       <c r="L828" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="829" spans="1:111">
+      <c r="O828" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="829" spans="1:113">
       <c r="E829" s="2"/>
+      <c r="J829" t="s">
+        <v>3</v>
+      </c>
       <c r="L829" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="830" spans="1:111">
+      <c r="O829" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="830" spans="1:113">
       <c r="E830" s="2"/>
+      <c r="J830" t="s">
+        <v>3</v>
+      </c>
       <c r="L830" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="831" spans="1:111">
+      <c r="O830" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="831" spans="1:113">
       <c r="E831" s="2"/>
+      <c r="J831" t="s">
+        <v>3</v>
+      </c>
       <c r="L831" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="832" spans="1:111">
+      <c r="O831" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="832" spans="1:113">
       <c r="E832" s="2"/>
+      <c r="J832" t="s">
+        <v>3</v>
+      </c>
       <c r="L832" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="833" spans="1:111">
+      <c r="O832" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="833" spans="1:113">
       <c r="E833" s="2"/>
+      <c r="J833" t="s">
+        <v>3</v>
+      </c>
       <c r="L833" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="834" spans="1:111">
+      <c r="O833" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="834" spans="1:113">
       <c r="E834" s="2"/>
+      <c r="J834" t="s">
+        <v>3</v>
+      </c>
       <c r="L834" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="835" spans="1:111">
+      <c r="O834" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="835" spans="1:113">
       <c r="E835" s="2"/>
+      <c r="J835" t="s">
+        <v>3</v>
+      </c>
       <c r="L835" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="836" spans="1:111">
+      <c r="O835" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="836" spans="1:113">
       <c r="E836" s="2"/>
+      <c r="J836" t="s">
+        <v>3</v>
+      </c>
       <c r="L836" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="837" spans="1:111">
+      <c r="O836" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="837" spans="1:113">
       <c r="E837" s="2"/>
+      <c r="J837" t="s">
+        <v>3</v>
+      </c>
       <c r="L837" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="838" spans="1:111">
+      <c r="O837" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="838" spans="1:113">
       <c r="E838" s="2"/>
+      <c r="J838" t="s">
+        <v>3</v>
+      </c>
       <c r="L838" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="839" spans="1:111">
+      <c r="O838" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="839" spans="1:113">
       <c r="E839" s="2"/>
+      <c r="J839" t="s">
+        <v>3</v>
+      </c>
       <c r="L839" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="840" spans="1:111">
+      <c r="O839" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="840" spans="1:113">
       <c r="E840" s="2"/>
+      <c r="J840" t="s">
+        <v>3</v>
+      </c>
       <c r="L840" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="841" spans="1:111">
+      <c r="O840" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="841" spans="1:113">
       <c r="E841" s="2"/>
+      <c r="J841" t="s">
+        <v>3</v>
+      </c>
       <c r="L841" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="842" spans="1:111">
+      <c r="O841" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="842" spans="1:113">
       <c r="E842" s="2"/>
+      <c r="J842" t="s">
+        <v>3</v>
+      </c>
       <c r="L842" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="843" spans="1:111">
+      <c r="O842" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="843" spans="1:113">
       <c r="E843" s="2"/>
+      <c r="J843" t="s">
+        <v>3</v>
+      </c>
       <c r="L843" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="844" spans="1:111">
+      <c r="O843" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="844" spans="1:113">
       <c r="E844" s="2"/>
+      <c r="J844" t="s">
+        <v>3</v>
+      </c>
       <c r="L844" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="845" spans="1:111">
+      <c r="O844" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="845" spans="1:113">
       <c r="E845" s="2"/>
+      <c r="J845" t="s">
+        <v>3</v>
+      </c>
       <c r="L845" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="846" spans="1:111">
+      <c r="O845" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="846" spans="1:113">
       <c r="E846" s="2"/>
+      <c r="J846" t="s">
+        <v>3</v>
+      </c>
       <c r="L846" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="847" spans="1:111">
+      <c r="O846" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="847" spans="1:113">
       <c r="E847" s="2"/>
+      <c r="J847" t="s">
+        <v>3</v>
+      </c>
       <c r="L847" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="848" spans="1:111">
+      <c r="O847" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="848" spans="1:113">
       <c r="E848" s="2"/>
+      <c r="J848" t="s">
+        <v>3</v>
+      </c>
       <c r="L848" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="849" spans="1:111">
+      <c r="O848" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="849" spans="1:113">
       <c r="E849" s="2"/>
+      <c r="J849" t="s">
+        <v>3</v>
+      </c>
       <c r="L849" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="850" spans="1:111">
+      <c r="O849" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="850" spans="1:113">
       <c r="E850" s="2"/>
+      <c r="J850" t="s">
+        <v>3</v>
+      </c>
       <c r="L850" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="851" spans="1:111">
+      <c r="O850" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="851" spans="1:113">
       <c r="E851" s="2"/>
+      <c r="J851" t="s">
+        <v>3</v>
+      </c>
       <c r="L851" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="852" spans="1:111">
+      <c r="O851" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="852" spans="1:113">
       <c r="E852" s="2"/>
+      <c r="J852" t="s">
+        <v>3</v>
+      </c>
       <c r="L852" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="853" spans="1:111">
+      <c r="O852" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="853" spans="1:113">
       <c r="E853" s="2"/>
+      <c r="J853" t="s">
+        <v>3</v>
+      </c>
       <c r="L853" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="854" spans="1:111">
+      <c r="O853" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="854" spans="1:113">
       <c r="E854" s="2"/>
+      <c r="J854" t="s">
+        <v>3</v>
+      </c>
       <c r="L854" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="855" spans="1:111">
+      <c r="O854" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="855" spans="1:113">
       <c r="E855" s="2"/>
+      <c r="J855" t="s">
+        <v>3</v>
+      </c>
       <c r="L855" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="856" spans="1:111">
+      <c r="O855" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="856" spans="1:113">
       <c r="E856" s="2"/>
+      <c r="J856" t="s">
+        <v>3</v>
+      </c>
       <c r="L856" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="857" spans="1:111">
+      <c r="O856" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="857" spans="1:113">
       <c r="E857" s="2"/>
+      <c r="J857" t="s">
+        <v>3</v>
+      </c>
       <c r="L857" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="858" spans="1:111">
+      <c r="O857" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="858" spans="1:113">
       <c r="E858" s="2"/>
+      <c r="J858" t="s">
+        <v>3</v>
+      </c>
       <c r="L858" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="859" spans="1:111">
+      <c r="O858" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="859" spans="1:113">
       <c r="E859" s="2"/>
+      <c r="J859" t="s">
+        <v>3</v>
+      </c>
       <c r="L859" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="860" spans="1:111">
+      <c r="O859" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="860" spans="1:113">
       <c r="E860" s="2"/>
+      <c r="J860" t="s">
+        <v>3</v>
+      </c>
       <c r="L860" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="861" spans="1:111">
+      <c r="O860" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="861" spans="1:113">
       <c r="E861" s="2"/>
+      <c r="J861" t="s">
+        <v>3</v>
+      </c>
       <c r="L861" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="862" spans="1:111">
+      <c r="O861" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="862" spans="1:113">
       <c r="E862" s="2"/>
+      <c r="J862" t="s">
+        <v>3</v>
+      </c>
       <c r="L862" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="863" spans="1:111">
+      <c r="O862" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="863" spans="1:113">
       <c r="E863" s="2"/>
+      <c r="J863" t="s">
+        <v>3</v>
+      </c>
       <c r="L863" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="864" spans="1:111">
+      <c r="O863" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="864" spans="1:113">
       <c r="E864" s="2"/>
+      <c r="J864" t="s">
+        <v>3</v>
+      </c>
       <c r="L864" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="865" spans="1:111">
+      <c r="O864" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="865" spans="1:113">
       <c r="E865" s="2"/>
+      <c r="J865" t="s">
+        <v>3</v>
+      </c>
       <c r="L865" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="866" spans="1:111">
+      <c r="O865" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="866" spans="1:113">
       <c r="E866" s="2"/>
+      <c r="J866" t="s">
+        <v>3</v>
+      </c>
       <c r="L866" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="867" spans="1:111">
+      <c r="O866" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="867" spans="1:113">
       <c r="E867" s="2"/>
+      <c r="J867" t="s">
+        <v>3</v>
+      </c>
       <c r="L867" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="868" spans="1:111">
+      <c r="O867" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="868" spans="1:113">
       <c r="E868" s="2"/>
+      <c r="J868" t="s">
+        <v>3</v>
+      </c>
       <c r="L868" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="869" spans="1:111">
+      <c r="O868" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="869" spans="1:113">
       <c r="E869" s="2"/>
+      <c r="J869" t="s">
+        <v>3</v>
+      </c>
       <c r="L869" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="870" spans="1:111">
+      <c r="O869" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="870" spans="1:113">
       <c r="E870" s="2"/>
+      <c r="J870" t="s">
+        <v>3</v>
+      </c>
       <c r="L870" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="871" spans="1:111">
+      <c r="O870" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="871" spans="1:113">
       <c r="E871" s="2"/>
+      <c r="J871" t="s">
+        <v>3</v>
+      </c>
       <c r="L871" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="872" spans="1:111">
+      <c r="O871" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="872" spans="1:113">
       <c r="E872" s="2"/>
+      <c r="J872" t="s">
+        <v>3</v>
+      </c>
       <c r="L872" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="873" spans="1:111">
+      <c r="O872" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="873" spans="1:113">
       <c r="E873" s="2"/>
+      <c r="J873" t="s">
+        <v>3</v>
+      </c>
       <c r="L873" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="874" spans="1:111">
+      <c r="O873" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="874" spans="1:113">
       <c r="E874" s="2"/>
+      <c r="J874" t="s">
+        <v>3</v>
+      </c>
       <c r="L874" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="875" spans="1:111">
+      <c r="O874" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="875" spans="1:113">
       <c r="E875" s="2"/>
+      <c r="J875" t="s">
+        <v>3</v>
+      </c>
       <c r="L875" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="876" spans="1:111">
+      <c r="O875" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="876" spans="1:113">
       <c r="E876" s="2"/>
+      <c r="J876" t="s">
+        <v>3</v>
+      </c>
       <c r="L876" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="877" spans="1:111">
+      <c r="O876" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="877" spans="1:113">
       <c r="E877" s="2"/>
+      <c r="J877" t="s">
+        <v>3</v>
+      </c>
       <c r="L877" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="878" spans="1:111">
+      <c r="O877" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="878" spans="1:113">
       <c r="E878" s="2"/>
+      <c r="J878" t="s">
+        <v>3</v>
+      </c>
       <c r="L878" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="879" spans="1:111">
+      <c r="O878" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="879" spans="1:113">
       <c r="E879" s="2"/>
+      <c r="J879" t="s">
+        <v>3</v>
+      </c>
       <c r="L879" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="880" spans="1:111">
+      <c r="O879" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="880" spans="1:113">
       <c r="E880" s="2"/>
+      <c r="J880" t="s">
+        <v>3</v>
+      </c>
       <c r="L880" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="881" spans="1:111">
+      <c r="O880" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="881" spans="1:113">
       <c r="E881" s="2"/>
+      <c r="J881" t="s">
+        <v>3</v>
+      </c>
       <c r="L881" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="882" spans="1:111">
+      <c r="O881" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="882" spans="1:113">
       <c r="E882" s="2"/>
+      <c r="J882" t="s">
+        <v>3</v>
+      </c>
       <c r="L882" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="883" spans="1:111">
+      <c r="O882" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="883" spans="1:113">
       <c r="E883" s="2"/>
+      <c r="J883" t="s">
+        <v>3</v>
+      </c>
       <c r="L883" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="884" spans="1:111">
+      <c r="O883" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="884" spans="1:113">
       <c r="E884" s="2"/>
+      <c r="J884" t="s">
+        <v>3</v>
+      </c>
       <c r="L884" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="885" spans="1:111">
+      <c r="O884" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="885" spans="1:113">
       <c r="E885" s="2"/>
+      <c r="J885" t="s">
+        <v>3</v>
+      </c>
       <c r="L885" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="886" spans="1:111">
+      <c r="O885" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="886" spans="1:113">
       <c r="E886" s="2"/>
+      <c r="J886" t="s">
+        <v>3</v>
+      </c>
       <c r="L886" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="887" spans="1:111">
+      <c r="O886" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="887" spans="1:113">
       <c r="E887" s="2"/>
+      <c r="J887" t="s">
+        <v>3</v>
+      </c>
       <c r="L887" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="888" spans="1:111">
+      <c r="O887" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="888" spans="1:113">
       <c r="E888" s="2"/>
+      <c r="J888" t="s">
+        <v>3</v>
+      </c>
       <c r="L888" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="889" spans="1:111">
+      <c r="O888" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="889" spans="1:113">
       <c r="E889" s="2"/>
+      <c r="J889" t="s">
+        <v>3</v>
+      </c>
       <c r="L889" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="890" spans="1:111">
+      <c r="O889" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="890" spans="1:113">
       <c r="E890" s="2"/>
+      <c r="J890" t="s">
+        <v>3</v>
+      </c>
       <c r="L890" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="891" spans="1:111">
+      <c r="O890" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="891" spans="1:113">
       <c r="E891" s="2"/>
+      <c r="J891" t="s">
+        <v>3</v>
+      </c>
       <c r="L891" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="892" spans="1:111">
+      <c r="O891" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="892" spans="1:113">
       <c r="E892" s="2"/>
+      <c r="J892" t="s">
+        <v>3</v>
+      </c>
       <c r="L892" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="893" spans="1:111">
+      <c r="O892" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="893" spans="1:113">
       <c r="E893" s="2"/>
+      <c r="J893" t="s">
+        <v>3</v>
+      </c>
       <c r="L893" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="894" spans="1:111">
+      <c r="O893" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="894" spans="1:113">
       <c r="E894" s="2"/>
+      <c r="J894" t="s">
+        <v>3</v>
+      </c>
       <c r="L894" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="895" spans="1:111">
+      <c r="O894" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="895" spans="1:113">
       <c r="E895" s="2"/>
+      <c r="J895" t="s">
+        <v>3</v>
+      </c>
       <c r="L895" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="896" spans="1:111">
+      <c r="O895" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="896" spans="1:113">
       <c r="E896" s="2"/>
+      <c r="J896" t="s">
+        <v>3</v>
+      </c>
       <c r="L896" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="897" spans="1:111">
+      <c r="O896" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="897" spans="1:113">
       <c r="E897" s="2"/>
+      <c r="J897" t="s">
+        <v>3</v>
+      </c>
       <c r="L897" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="898" spans="1:111">
+      <c r="O897" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="898" spans="1:113">
       <c r="E898" s="2"/>
+      <c r="J898" t="s">
+        <v>3</v>
+      </c>
       <c r="L898" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="899" spans="1:111">
+      <c r="O898" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="899" spans="1:113">
       <c r="E899" s="2"/>
+      <c r="J899" t="s">
+        <v>3</v>
+      </c>
       <c r="L899" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="900" spans="1:111">
+      <c r="O899" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="900" spans="1:113">
       <c r="E900" s="2"/>
+      <c r="J900" t="s">
+        <v>3</v>
+      </c>
       <c r="L900" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="901" spans="1:111">
+      <c r="O900" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="901" spans="1:113">
       <c r="E901" s="2"/>
+      <c r="J901" t="s">
+        <v>3</v>
+      </c>
       <c r="L901" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="902" spans="1:111">
+      <c r="O901" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="902" spans="1:113">
       <c r="E902" s="2"/>
+      <c r="J902" t="s">
+        <v>3</v>
+      </c>
       <c r="L902" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="903" spans="1:111">
+      <c r="O902" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="903" spans="1:113">
       <c r="E903" s="2"/>
+      <c r="J903" t="s">
+        <v>3</v>
+      </c>
       <c r="L903" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="904" spans="1:111">
+      <c r="O903" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="904" spans="1:113">
       <c r="E904" s="2"/>
+      <c r="J904" t="s">
+        <v>3</v>
+      </c>
       <c r="L904" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="905" spans="1:111">
+      <c r="O904" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="905" spans="1:113">
       <c r="E905" s="2"/>
+      <c r="J905" t="s">
+        <v>3</v>
+      </c>
       <c r="L905" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="906" spans="1:111">
+      <c r="O905" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="906" spans="1:113">
       <c r="E906" s="2"/>
+      <c r="J906" t="s">
+        <v>3</v>
+      </c>
       <c r="L906" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="907" spans="1:111">
+      <c r="O906" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="907" spans="1:113">
       <c r="E907" s="2"/>
+      <c r="J907" t="s">
+        <v>3</v>
+      </c>
       <c r="L907" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="908" spans="1:111">
+      <c r="O907" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="908" spans="1:113">
       <c r="E908" s="2"/>
+      <c r="J908" t="s">
+        <v>3</v>
+      </c>
       <c r="L908" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="909" spans="1:111">
+      <c r="O908" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="909" spans="1:113">
       <c r="E909" s="2"/>
+      <c r="J909" t="s">
+        <v>3</v>
+      </c>
       <c r="L909" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="910" spans="1:111">
+      <c r="O909" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="910" spans="1:113">
       <c r="E910" s="2"/>
+      <c r="J910" t="s">
+        <v>3</v>
+      </c>
       <c r="L910" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="911" spans="1:111">
+      <c r="O910" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="911" spans="1:113">
       <c r="E911" s="2"/>
+      <c r="J911" t="s">
+        <v>3</v>
+      </c>
       <c r="L911" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="912" spans="1:111">
+      <c r="O911" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="912" spans="1:113">
       <c r="E912" s="2"/>
+      <c r="J912" t="s">
+        <v>3</v>
+      </c>
       <c r="L912" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="913" spans="1:111">
+      <c r="O912" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="913" spans="1:113">
       <c r="E913" s="2"/>
+      <c r="J913" t="s">
+        <v>3</v>
+      </c>
       <c r="L913" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="914" spans="1:111">
+      <c r="O913" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="914" spans="1:113">
       <c r="E914" s="2"/>
+      <c r="J914" t="s">
+        <v>3</v>
+      </c>
       <c r="L914" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="915" spans="1:111">
+      <c r="O914" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="915" spans="1:113">
       <c r="E915" s="2"/>
+      <c r="J915" t="s">
+        <v>3</v>
+      </c>
       <c r="L915" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="916" spans="1:111">
+      <c r="O915" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="916" spans="1:113">
       <c r="E916" s="2"/>
+      <c r="J916" t="s">
+        <v>3</v>
+      </c>
       <c r="L916" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="917" spans="1:111">
+      <c r="O916" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="917" spans="1:113">
       <c r="E917" s="2"/>
+      <c r="J917" t="s">
+        <v>3</v>
+      </c>
       <c r="L917" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="918" spans="1:111">
+      <c r="O917" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="918" spans="1:113">
       <c r="E918" s="2"/>
+      <c r="J918" t="s">
+        <v>3</v>
+      </c>
       <c r="L918" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="919" spans="1:111">
+      <c r="O918" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="919" spans="1:113">
       <c r="E919" s="2"/>
+      <c r="J919" t="s">
+        <v>3</v>
+      </c>
       <c r="L919" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="920" spans="1:111">
+      <c r="O919" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="920" spans="1:113">
       <c r="E920" s="2"/>
+      <c r="J920" t="s">
+        <v>3</v>
+      </c>
       <c r="L920" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="921" spans="1:111">
+      <c r="O920" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="921" spans="1:113">
       <c r="E921" s="2"/>
+      <c r="J921" t="s">
+        <v>3</v>
+      </c>
       <c r="L921" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="922" spans="1:111">
+      <c r="O921" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="922" spans="1:113">
       <c r="E922" s="2"/>
+      <c r="J922" t="s">
+        <v>3</v>
+      </c>
       <c r="L922" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="923" spans="1:111">
+      <c r="O922" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="923" spans="1:113">
       <c r="E923" s="2"/>
+      <c r="J923" t="s">
+        <v>3</v>
+      </c>
       <c r="L923" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="924" spans="1:111">
+      <c r="O923" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="924" spans="1:113">
       <c r="E924" s="2"/>
+      <c r="J924" t="s">
+        <v>3</v>
+      </c>
       <c r="L924" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="925" spans="1:111">
+      <c r="O924" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="925" spans="1:113">
       <c r="E925" s="2"/>
+      <c r="J925" t="s">
+        <v>3</v>
+      </c>
       <c r="L925" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="926" spans="1:111">
+      <c r="O925" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="926" spans="1:113">
       <c r="E926" s="2"/>
+      <c r="J926" t="s">
+        <v>3</v>
+      </c>
       <c r="L926" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="927" spans="1:111">
+      <c r="O926" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="927" spans="1:113">
       <c r="E927" s="2"/>
+      <c r="J927" t="s">
+        <v>3</v>
+      </c>
       <c r="L927" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="928" spans="1:111">
+      <c r="O927" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="928" spans="1:113">
       <c r="E928" s="2"/>
+      <c r="J928" t="s">
+        <v>3</v>
+      </c>
       <c r="L928" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="929" spans="1:111">
+      <c r="O928" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="929" spans="1:113">
       <c r="E929" s="2"/>
+      <c r="J929" t="s">
+        <v>3</v>
+      </c>
       <c r="L929" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="930" spans="1:111">
+      <c r="O929" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="930" spans="1:113">
       <c r="E930" s="2"/>
+      <c r="J930" t="s">
+        <v>3</v>
+      </c>
       <c r="L930" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="931" spans="1:111">
+      <c r="O930" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="931" spans="1:113">
       <c r="E931" s="2"/>
+      <c r="J931" t="s">
+        <v>3</v>
+      </c>
       <c r="L931" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="932" spans="1:111">
+      <c r="O931" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="932" spans="1:113">
       <c r="E932" s="2"/>
+      <c r="J932" t="s">
+        <v>3</v>
+      </c>
       <c r="L932" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="933" spans="1:111">
+      <c r="O932" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="933" spans="1:113">
       <c r="E933" s="2"/>
+      <c r="J933" t="s">
+        <v>3</v>
+      </c>
       <c r="L933" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="934" spans="1:111">
+      <c r="O933" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="934" spans="1:113">
       <c r="E934" s="2"/>
+      <c r="J934" t="s">
+        <v>3</v>
+      </c>
       <c r="L934" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="935" spans="1:111">
+      <c r="O934" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="935" spans="1:113">
       <c r="E935" s="2"/>
+      <c r="J935" t="s">
+        <v>3</v>
+      </c>
       <c r="L935" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="936" spans="1:111">
+      <c r="O935" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="936" spans="1:113">
       <c r="E936" s="2"/>
+      <c r="J936" t="s">
+        <v>3</v>
+      </c>
       <c r="L936" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="937" spans="1:111">
+      <c r="O936" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="937" spans="1:113">
       <c r="E937" s="2"/>
+      <c r="J937" t="s">
+        <v>3</v>
+      </c>
       <c r="L937" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="938" spans="1:111">
+      <c r="O937" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="938" spans="1:113">
       <c r="E938" s="2"/>
+      <c r="J938" t="s">
+        <v>3</v>
+      </c>
       <c r="L938" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="939" spans="1:111">
+      <c r="O938" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="939" spans="1:113">
       <c r="E939" s="2"/>
+      <c r="J939" t="s">
+        <v>3</v>
+      </c>
       <c r="L939" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="940" spans="1:111">
+      <c r="O939" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="940" spans="1:113">
       <c r="E940" s="2"/>
+      <c r="J940" t="s">
+        <v>3</v>
+      </c>
       <c r="L940" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="941" spans="1:111">
+      <c r="O940" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="941" spans="1:113">
       <c r="E941" s="2"/>
+      <c r="J941" t="s">
+        <v>3</v>
+      </c>
       <c r="L941" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="942" spans="1:111">
+      <c r="O941" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="942" spans="1:113">
       <c r="E942" s="2"/>
+      <c r="J942" t="s">
+        <v>3</v>
+      </c>
       <c r="L942" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="943" spans="1:111">
+      <c r="O942" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="943" spans="1:113">
       <c r="E943" s="2"/>
+      <c r="J943" t="s">
+        <v>3</v>
+      </c>
       <c r="L943" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="944" spans="1:111">
+      <c r="O943" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="944" spans="1:113">
       <c r="E944" s="2"/>
+      <c r="J944" t="s">
+        <v>3</v>
+      </c>
       <c r="L944" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="945" spans="1:111">
+      <c r="O944" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="945" spans="1:113">
       <c r="E945" s="2"/>
+      <c r="J945" t="s">
+        <v>3</v>
+      </c>
       <c r="L945" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="946" spans="1:111">
+      <c r="O945" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="946" spans="1:113">
       <c r="E946" s="2"/>
+      <c r="J946" t="s">
+        <v>3</v>
+      </c>
       <c r="L946" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="947" spans="1:111">
+      <c r="O946" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="947" spans="1:113">
       <c r="E947" s="2"/>
+      <c r="J947" t="s">
+        <v>3</v>
+      </c>
       <c r="L947" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="948" spans="1:111">
+      <c r="O947" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="948" spans="1:113">
       <c r="E948" s="2"/>
+      <c r="J948" t="s">
+        <v>3</v>
+      </c>
       <c r="L948" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="949" spans="1:111">
+      <c r="O948" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="949" spans="1:113">
       <c r="E949" s="2"/>
+      <c r="J949" t="s">
+        <v>3</v>
+      </c>
       <c r="L949" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="950" spans="1:111">
+      <c r="O949" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="950" spans="1:113">
       <c r="E950" s="2"/>
+      <c r="J950" t="s">
+        <v>3</v>
+      </c>
       <c r="L950" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="951" spans="1:111">
+      <c r="O950" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="951" spans="1:113">
       <c r="E951" s="2"/>
+      <c r="J951" t="s">
+        <v>3</v>
+      </c>
       <c r="L951" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="952" spans="1:111">
+      <c r="O951" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="952" spans="1:113">
       <c r="E952" s="2"/>
+      <c r="J952" t="s">
+        <v>3</v>
+      </c>
       <c r="L952" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="953" spans="1:111">
+      <c r="O952" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="953" spans="1:113">
       <c r="E953" s="2"/>
+      <c r="J953" t="s">
+        <v>3</v>
+      </c>
       <c r="L953" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="954" spans="1:111">
+      <c r="O953" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="954" spans="1:113">
       <c r="E954" s="2"/>
+      <c r="J954" t="s">
+        <v>3</v>
+      </c>
       <c r="L954" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="955" spans="1:111">
+      <c r="O954" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="955" spans="1:113">
       <c r="E955" s="2"/>
+      <c r="J955" t="s">
+        <v>3</v>
+      </c>
       <c r="L955" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="956" spans="1:111">
+      <c r="O955" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="956" spans="1:113">
       <c r="E956" s="2"/>
+      <c r="J956" t="s">
+        <v>3</v>
+      </c>
       <c r="L956" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="957" spans="1:111">
+      <c r="O956" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="957" spans="1:113">
       <c r="E957" s="2"/>
+      <c r="J957" t="s">
+        <v>3</v>
+      </c>
       <c r="L957" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="958" spans="1:111">
+      <c r="O957" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="958" spans="1:113">
       <c r="E958" s="2"/>
+      <c r="J958" t="s">
+        <v>3</v>
+      </c>
       <c r="L958" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="959" spans="1:111">
+      <c r="O958" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="959" spans="1:113">
       <c r="E959" s="2"/>
+      <c r="J959" t="s">
+        <v>3</v>
+      </c>
       <c r="L959" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="960" spans="1:111">
+      <c r="O959" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="960" spans="1:113">
       <c r="E960" s="2"/>
+      <c r="J960" t="s">
+        <v>3</v>
+      </c>
       <c r="L960" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="961" spans="1:111">
+      <c r="O960" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="961" spans="1:113">
       <c r="E961" s="2"/>
+      <c r="J961" t="s">
+        <v>3</v>
+      </c>
       <c r="L961" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="962" spans="1:111">
+      <c r="O961" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="962" spans="1:113">
       <c r="E962" s="2"/>
+      <c r="J962" t="s">
+        <v>3</v>
+      </c>
       <c r="L962" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="963" spans="1:111">
+      <c r="O962" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="963" spans="1:113">
       <c r="E963" s="2"/>
+      <c r="J963" t="s">
+        <v>3</v>
+      </c>
       <c r="L963" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="964" spans="1:111">
+      <c r="O963" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="964" spans="1:113">
       <c r="E964" s="2"/>
+      <c r="J964" t="s">
+        <v>3</v>
+      </c>
       <c r="L964" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="965" spans="1:111">
+      <c r="O964" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="965" spans="1:113">
       <c r="E965" s="2"/>
+      <c r="J965" t="s">
+        <v>3</v>
+      </c>
       <c r="L965" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="966" spans="1:111">
+      <c r="O965" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="966" spans="1:113">
       <c r="E966" s="2"/>
+      <c r="J966" t="s">
+        <v>3</v>
+      </c>
       <c r="L966" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="967" spans="1:111">
+      <c r="O966" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="967" spans="1:113">
       <c r="E967" s="2"/>
+      <c r="J967" t="s">
+        <v>3</v>
+      </c>
       <c r="L967" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="968" spans="1:111">
+      <c r="O967" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="968" spans="1:113">
       <c r="E968" s="2"/>
+      <c r="J968" t="s">
+        <v>3</v>
+      </c>
       <c r="L968" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="969" spans="1:111">
+      <c r="O968" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="969" spans="1:113">
       <c r="E969" s="2"/>
+      <c r="J969" t="s">
+        <v>3</v>
+      </c>
       <c r="L969" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="970" spans="1:111">
+      <c r="O969" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="970" spans="1:113">
       <c r="E970" s="2"/>
+      <c r="J970" t="s">
+        <v>3</v>
+      </c>
       <c r="L970" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="971" spans="1:111">
+      <c r="O970" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="971" spans="1:113">
       <c r="E971" s="2"/>
+      <c r="J971" t="s">
+        <v>3</v>
+      </c>
       <c r="L971" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="972" spans="1:111">
+      <c r="O971" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="972" spans="1:113">
       <c r="E972" s="2"/>
+      <c r="J972" t="s">
+        <v>3</v>
+      </c>
       <c r="L972" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="973" spans="1:111">
+      <c r="O972" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="973" spans="1:113">
       <c r="E973" s="2"/>
+      <c r="J973" t="s">
+        <v>3</v>
+      </c>
       <c r="L973" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="974" spans="1:111">
+      <c r="O973" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="974" spans="1:113">
       <c r="E974" s="2"/>
+      <c r="J974" t="s">
+        <v>3</v>
+      </c>
       <c r="L974" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="975" spans="1:111">
+      <c r="O974" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="975" spans="1:113">
       <c r="E975" s="2"/>
+      <c r="J975" t="s">
+        <v>3</v>
+      </c>
       <c r="L975" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="976" spans="1:111">
+      <c r="O975" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="976" spans="1:113">
       <c r="E976" s="2"/>
+      <c r="J976" t="s">
+        <v>3</v>
+      </c>
       <c r="L976" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="977" spans="1:111">
+      <c r="O976" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="977" spans="1:113">
       <c r="E977" s="2"/>
+      <c r="J977" t="s">
+        <v>3</v>
+      </c>
       <c r="L977" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="978" spans="1:111">
+      <c r="O977" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="978" spans="1:113">
       <c r="E978" s="2"/>
+      <c r="J978" t="s">
+        <v>3</v>
+      </c>
       <c r="L978" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="979" spans="1:111">
+      <c r="O978" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="979" spans="1:113">
       <c r="E979" s="2"/>
+      <c r="J979" t="s">
+        <v>3</v>
+      </c>
       <c r="L979" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="980" spans="1:111">
+      <c r="O979" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="980" spans="1:113">
       <c r="E980" s="2"/>
+      <c r="J980" t="s">
+        <v>3</v>
+      </c>
       <c r="L980" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="981" spans="1:111">
+      <c r="O980" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="981" spans="1:113">
       <c r="E981" s="2"/>
+      <c r="J981" t="s">
+        <v>3</v>
+      </c>
       <c r="L981" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="982" spans="1:111">
+      <c r="O981" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="982" spans="1:113">
       <c r="E982" s="2"/>
+      <c r="J982" t="s">
+        <v>3</v>
+      </c>
       <c r="L982" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="983" spans="1:111">
+      <c r="O982" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="983" spans="1:113">
       <c r="E983" s="2"/>
+      <c r="J983" t="s">
+        <v>3</v>
+      </c>
       <c r="L983" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="984" spans="1:111">
+      <c r="O983" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="984" spans="1:113">
       <c r="E984" s="2"/>
+      <c r="J984" t="s">
+        <v>3</v>
+      </c>
       <c r="L984" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="985" spans="1:111">
+      <c r="O984" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="985" spans="1:113">
       <c r="E985" s="2"/>
+      <c r="J985" t="s">
+        <v>3</v>
+      </c>
       <c r="L985" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="986" spans="1:111">
+      <c r="O985" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="986" spans="1:113">
       <c r="E986" s="2"/>
+      <c r="J986" t="s">
+        <v>3</v>
+      </c>
       <c r="L986" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="987" spans="1:111">
+      <c r="O986" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="987" spans="1:113">
       <c r="E987" s="2"/>
+      <c r="J987" t="s">
+        <v>3</v>
+      </c>
       <c r="L987" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="988" spans="1:111">
+      <c r="O987" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="988" spans="1:113">
       <c r="E988" s="2"/>
+      <c r="J988" t="s">
+        <v>3</v>
+      </c>
       <c r="L988" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="989" spans="1:111">
+      <c r="O988" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="989" spans="1:113">
       <c r="E989" s="2"/>
+      <c r="J989" t="s">
+        <v>3</v>
+      </c>
       <c r="L989" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="990" spans="1:111">
+      <c r="O989" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="990" spans="1:113">
       <c r="E990" s="2"/>
+      <c r="J990" t="s">
+        <v>3</v>
+      </c>
       <c r="L990" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="991" spans="1:111">
+      <c r="O990" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="991" spans="1:113">
       <c r="E991" s="2"/>
+      <c r="J991" t="s">
+        <v>3</v>
+      </c>
       <c r="L991" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="992" spans="1:111">
+      <c r="O991" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="992" spans="1:113">
       <c r="E992" s="2"/>
+      <c r="J992" t="s">
+        <v>3</v>
+      </c>
       <c r="L992" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="993" spans="1:111">
+      <c r="O992" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="993" spans="1:113">
       <c r="E993" s="2"/>
+      <c r="J993" t="s">
+        <v>3</v>
+      </c>
       <c r="L993" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="994" spans="1:111">
+      <c r="O993" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="994" spans="1:113">
       <c r="E994" s="2"/>
+      <c r="J994" t="s">
+        <v>3</v>
+      </c>
       <c r="L994" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="995" spans="1:111">
+      <c r="O994" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="995" spans="1:113">
       <c r="E995" s="2"/>
+      <c r="J995" t="s">
+        <v>3</v>
+      </c>
       <c r="L995" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="996" spans="1:111">
+      <c r="O995" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="996" spans="1:113">
       <c r="E996" s="2"/>
+      <c r="J996" t="s">
+        <v>3</v>
+      </c>
       <c r="L996" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="997" spans="1:111">
+      <c r="O996" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="997" spans="1:113">
       <c r="E997" s="2"/>
+      <c r="J997" t="s">
+        <v>3</v>
+      </c>
       <c r="L997" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="998" spans="1:111">
+      <c r="O997" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="998" spans="1:113">
       <c r="E998" s="2"/>
+      <c r="J998" t="s">
+        <v>3</v>
+      </c>
       <c r="L998" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="999" spans="1:111">
+      <c r="O998" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="999" spans="1:113">
       <c r="E999" s="2"/>
+      <c r="J999" t="s">
+        <v>3</v>
+      </c>
       <c r="L999" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="1000" spans="1:111">
+      <c r="O999" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="1000" spans="1:113">
       <c r="E1000" s="2"/>
+      <c r="J1000" t="s">
+        <v>3</v>
+      </c>
       <c r="L1000" t="s">
+        <v>3</v>
+      </c>
+      <c r="O1000" t="s">
         <v>3</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:CZ1"/>
     <mergeCell ref="A3:CZ3"/>
   </mergeCells>
-  <dataValidations count="7">
+  <dataValidations count="9">
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="D5:D1000">
       <formula1>'Worksheet'!$DA$1:$DA$3</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="F5:F1000">
-      <formula1>'Worksheet'!$DB$1:$DB$730</formula1>
+      <formula1>'Worksheet'!$DB$1:$DB$755</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="J5:J1000">
+      <formula1>'Worksheet'!$DC$1:$DC$2</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="L5:L1000">
-      <formula1>'Worksheet'!$DC$1:$DC$2</formula1>
-[...1 lines deleted...]
-    <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="M5:M1000">
       <formula1>'Worksheet'!$DD$1:$DD$2</formula1>
     </dataValidation>
-    <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="P5:P1000">
-      <formula1>'Worksheet'!$DE$1:$DE$8</formula1>
+    <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="O5:O1000">
+      <formula1>'Worksheet'!$DE$1:$DE$2</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="Q5:Q1000">
-      <formula1>'Worksheet'!$DF$1:$DF$24</formula1>
+      <formula1>'Worksheet'!$DF$1:$DF$2</formula1>
     </dataValidation>
-    <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="R5:R1000">
-      <formula1>'Worksheet'!$DG$1:$DG$37</formula1>
+    <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="S5:S1000">
+      <formula1>'Worksheet'!$DG$1:$DG$9</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="T5:T1000">
+      <formula1>'Worksheet'!$DH$1:$DH$26</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="U5:U1000">
+      <formula1>'Worksheet'!$DI$1:$DI$51</formula1>
     </dataValidation>
   </dataValidations>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>